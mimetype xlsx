--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -19,51 +19,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1271">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Цена, от 100 000 руб.</t>
   </si>
   <si>
     <t>Цена, до 100 000 руб.</t>
   </si>
   <si>
     <t>Трубы клеевые жесткие</t>
   </si>
   <si>
     <t>Д4265</t>
   </si>
   <si>
     <t>Труба д.110х2.7 мм 6,3 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>по запросу</t>
   </si>
   <si>
@@ -102,83 +102,86 @@
   <si>
     <t>Труба д.110х6.6 мм 16 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>AQUAVIVA</t>
   </si>
   <si>
     <t>Труба д.125х4.8 мм 10 Бар НПВХ клеевая с раструбом Aquaviva</t>
   </si>
   <si>
     <t>2 695,15 руб./м.п.</t>
   </si>
   <si>
     <t>Труба д.140х5.4 мм 10 Бар НПВХ клеевая с раструбом Aquaviva</t>
   </si>
   <si>
     <t>3 399,10 руб./м.п.</t>
   </si>
   <si>
     <t>Труба д.160х6.2 мм 10 Бар НПВХ клеевая с раструбом Aquaviva</t>
   </si>
   <si>
     <t>4 449,80 руб./м.п.</t>
   </si>
   <si>
+    <t>AQV316095R</t>
+  </si>
+  <si>
+    <t>Труба д.160х9.5 мм 16 Бар НПВХ клеевая с раструбом Aquaviva</t>
+  </si>
+  <si>
+    <t>6 496,10 руб./м.п.</t>
+  </si>
+  <si>
     <t>Д3121</t>
   </si>
   <si>
     <t>Труба д.16х1.5 мм 16 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>64,13 руб./м.п.</t>
   </si>
   <si>
     <t>Д1353</t>
   </si>
   <si>
     <t>Труба д.20х1.5 мм 16 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>76,96 руб./м.п.</t>
   </si>
   <si>
     <t>Д2094</t>
   </si>
   <si>
     <t>Труба д.25х1.9 мм 16 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>89,78 руб./м.п.</t>
   </si>
   <si>
-    <t>Труба д.315х12.1 мм 10 Бар НПВХ клеевая с раструбом Aquaviva</t>
-[...4 lines deleted...]
-  <si>
     <t>Д1356</t>
   </si>
   <si>
     <t>Труба д.32х1.9 мм 12,5 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>128,26 руб./м.п.</t>
   </si>
   <si>
     <t>Д2095</t>
   </si>
   <si>
     <t>Труба д.32х2.4 мм 16 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>147,50 руб./м.п.</t>
   </si>
   <si>
     <t>Д1357</t>
   </si>
   <si>
     <t>Труба д.40х1.9 мм 10 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>148,79 руб./м.п.</t>
@@ -321,3249 +324,3315 @@
   <si>
     <t>277,20 руб./м.п.</t>
   </si>
   <si>
     <t>Труба ПВХ техническая д.16x1,3 Дрим Пул</t>
   </si>
   <si>
     <t>28,51 руб./м.п.</t>
   </si>
   <si>
     <t>Д5774</t>
   </si>
   <si>
     <t>Труба ПВХ техническая д.20х1,3 Дрим Пул Черная по 2.5м</t>
   </si>
   <si>
     <t>34,32 руб./м.п.</t>
   </si>
   <si>
     <t>Труба ПВХ техническая д.25х1,2 Дрим Пул</t>
   </si>
   <si>
     <t>36,96 руб./м.п.</t>
   </si>
   <si>
+    <t>Труба ПВХ техническая д.50х1,2 Дрим Пул</t>
+  </si>
+  <si>
+    <t>74,98 руб./м.п.</t>
+  </si>
+  <si>
     <t>Труба ПВХ техническая д.50х1,5 Дрим Пул</t>
   </si>
   <si>
     <t>108,24 руб./м.п.</t>
   </si>
   <si>
     <t>Труба ПВХ техническая д.63х1,5 Дрим Пул</t>
   </si>
   <si>
     <t>118,80 руб./м.п.</t>
   </si>
   <si>
     <t>Труба ПВХ техническая д.75х1,5 Дрим Пул</t>
   </si>
   <si>
     <t>139,92 руб./м.п.</t>
   </si>
   <si>
     <t>Д1129</t>
   </si>
   <si>
     <t>Труба ПВХ техническая д.83х2,0 Дрим Пул по 2м/шт</t>
   </si>
   <si>
     <t>250,80 руб./м.п.</t>
   </si>
   <si>
+    <t>Труба ПВХ техническая д.90х1,6 Дрим Пул</t>
+  </si>
+  <si>
+    <t>176,88 руб./м.п.</t>
+  </si>
+  <si>
     <t>Краны и Обратные клапаны</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.110 Hidroten</t>
   </si>
   <si>
-    <t>13 593,00 руб./шт.</t>
+    <t>13 458,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112109</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.110 Plimat</t>
   </si>
   <si>
     <t>20 028,75 руб./шт.</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.20 Hidroten</t>
   </si>
   <si>
-    <t>726,00 руб./шт.</t>
+    <t>719,00 руб./шт.</t>
   </si>
   <si>
     <t>202 00 020 2</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.20 Pimtas</t>
   </si>
   <si>
-    <t>620,00 руб./шт.</t>
+    <t>696,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112101</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.20 Plimat</t>
   </si>
   <si>
     <t>1 041,60 руб./шт.</t>
   </si>
   <si>
     <t>T430020</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.20 TU-PiPE</t>
   </si>
   <si>
-    <t>320,45 руб./шт.</t>
+    <t>309,00 руб./шт.</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.25 Hidroten</t>
   </si>
   <si>
-    <t>824,00 руб./шт.</t>
+    <t>816,00 руб./шт.</t>
   </si>
   <si>
     <t>202 00 025 2</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.25 Pimtas</t>
   </si>
   <si>
-    <t>662,00 руб./шт.</t>
+    <t>744,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112102</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.25 Plimat</t>
   </si>
   <si>
     <t>1 335,60 руб./шт.</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.32 Hidroten</t>
   </si>
   <si>
+    <t>1 053,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>202 00 032 2</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.32 Pimtas</t>
+  </si>
+  <si>
+    <t>817,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 112103</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.32 Plimat</t>
+  </si>
+  <si>
+    <t>1 418,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.40 Hidroten</t>
+  </si>
+  <si>
+    <t>1 536,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>202 00 040 2</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.40 Pimtas</t>
+  </si>
+  <si>
+    <t>889,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 112104</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.40 Plimat</t>
+  </si>
+  <si>
+    <t>2 082,15 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.50 Hidroten</t>
+  </si>
+  <si>
+    <t>1 823,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>202 00 050 2</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.50 Pimtas</t>
+  </si>
+  <si>
+    <t>1 058,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 112105</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.50 Plimat</t>
+  </si>
+  <si>
+    <t>2 143,05 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>3 233,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>202 00 063 2</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.63 Pimtas</t>
+  </si>
+  <si>
+    <t>1 377,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 112106</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.63 Plimat</t>
+  </si>
+  <si>
+    <t>3 111,15 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.75 Hidroten</t>
+  </si>
+  <si>
+    <t>8 070,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>202 00 075 2</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.75 Pimtas</t>
+  </si>
+  <si>
+    <t>3 743,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 112107</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.75 Plimat</t>
+  </si>
+  <si>
+    <t>12 815,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>202 00 090 2</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.90 Pimtas</t>
+  </si>
+  <si>
+    <t>4 796,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 112108</t>
+  </si>
+  <si>
+    <t>Кран шаровый разъемный д.90 Plimat</t>
+  </si>
+  <si>
+    <t>16 153,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>214 00 020 2</t>
+  </si>
+  <si>
+    <t>Обратный клапан д.20 Pimtas пружинный</t>
+  </si>
+  <si>
+    <t>698,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>214 00 025 2</t>
+  </si>
+  <si>
+    <t>Обратный клапан д.25 Pimtas пружинный</t>
+  </si>
+  <si>
+    <t>784,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>214 00 032 2</t>
+  </si>
+  <si>
+    <t>Обратный клапан д.32 Pimtas пружинный</t>
+  </si>
+  <si>
+    <t>875,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>214 00 040 2</t>
+  </si>
+  <si>
+    <t>Обратный клапан д.40 Pimtas пружинный</t>
+  </si>
+  <si>
     <t>1 063,00 руб./шт.</t>
   </si>
   <si>
-    <t>202 00 032 2</t>
-[...17 lines deleted...]
-    <t>Кран шаровый разъемный д.40 Hidroten</t>
+    <t>214 00 050 2</t>
+  </si>
+  <si>
+    <t>Обратный клапан д.50 Pimtas пружинный</t>
+  </si>
+  <si>
+    <t>1 199,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>214 00 063 2</t>
+  </si>
+  <si>
+    <t>Обратный клапан д.63 Pimtas пружинный</t>
   </si>
   <si>
     <t>1 551,00 руб./шт.</t>
   </si>
   <si>
-    <t>202 00 040 2</t>
-[...160 lines deleted...]
-  <si>
     <t>214 00 075 2</t>
   </si>
   <si>
     <t>Обратный клапан д.75 Pimtas пружинный</t>
   </si>
   <si>
-    <t>3 417,00 руб./шт.</t>
+    <t>3 834,00 руб./шт.</t>
   </si>
   <si>
     <t>214 00 090 2</t>
   </si>
   <si>
     <t>Обратный клапан д.90 Pimtas пружинный</t>
   </si>
   <si>
+    <t>4 039,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Дренажные шланги</t>
+  </si>
+  <si>
+    <t>Шланг Дренажный д. 16 мм (15 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>787,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг Дренажный д. 16 мм (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 323,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг Дренажный д. 20 мм (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 918,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг Дренажный д. 25 мм (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 579,85 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг Дренажный д. 32 мм (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 255,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Семяпроводные шланги (12 АТМ)</t>
+  </si>
+  <si>
+    <t>Д13336</t>
+  </si>
+  <si>
+    <t>Шланг семяпроводной серый ПВХ д. 63 мм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>18 522,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Напорные шланги (4 АТМ - 16 АТМ)</t>
+  </si>
+  <si>
+    <t>Д13313</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 19 мм. 16 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 175,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13317</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 25 мм. 16 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>4 233,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13318</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 32 мм. 16 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>5 755,05 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13321</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 38 мм. 16 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>7 673,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13323</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 50 мм. 16 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>14 332,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13610</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 50 мм. 8 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>13 230,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13611</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 63 мм. 8 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Д16132</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 19 мм. 4 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>909,56 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д14173</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 19 мм. 4 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 182,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16133</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 25 мм. 4 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Д15758</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 25 мм. 4 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Д16134</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 32 мм. 4 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 653,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15759</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 32 мм. 4 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 969,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15760</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 38 мм. 4 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>4 630,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15761</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 50 мм. 4 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>6 835,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15763</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 63 мм. 4 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>11 907,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15767</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 75 мм. 4 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>16 978,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Слабонапорные шланги (3 АТМ)</t>
+  </si>
+  <si>
+    <t>Угольники</t>
+  </si>
+  <si>
+    <t>P 100742</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.12 Plimat</t>
+  </si>
+  <si>
+    <t>61,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.140 Hidroten</t>
+  </si>
+  <si>
+    <t>2 449,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110119</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.16 Plimat</t>
+  </si>
+  <si>
+    <t>58,80 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.20 Hidroten</t>
+  </si>
+  <si>
+    <t>61,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>502 00 040 2</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.40 Pimtas</t>
+  </si>
+  <si>
+    <t>104,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111901</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.40 Plimat</t>
+  </si>
+  <si>
+    <t>158,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.50 Hidroten</t>
+  </si>
+  <si>
+    <t>217,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>502 00 050 2</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.50 Pimtas</t>
+  </si>
+  <si>
+    <t>111,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>365,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110127</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.90 Plimat</t>
+  </si>
+  <si>
+    <t>911,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110105</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.16 Plimat</t>
+  </si>
+  <si>
+    <t>49,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.25 Hidroten</t>
+  </si>
+  <si>
+    <t>66,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111824</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.25 Plimat</t>
+  </si>
+  <si>
+    <t>70,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.32 Hidroten</t>
+  </si>
+  <si>
+    <t>98,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>500 00 040 2</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.40 Pimtas</t>
+  </si>
+  <si>
+    <t>115,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>500 00 050 2</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.50 Pimtas</t>
+  </si>
+  <si>
+    <t>P 110102</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.50 Plimat</t>
+  </si>
+  <si>
+    <t>170,10 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>374,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110103</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.63 Plimat</t>
+  </si>
+  <si>
+    <t>328,65 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110098</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.63х63х50 Plimat</t>
+  </si>
+  <si>
+    <t>594,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланцевые соединения</t>
+  </si>
+  <si>
+    <t>P 110911</t>
+  </si>
+  <si>
+    <t>Адаптер для фланца (бурт) д.250 Plimat</t>
+  </si>
+  <si>
+    <t>6 612,90 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111020</t>
+  </si>
+  <si>
+    <t>Фланец глухой д.20 Plimat</t>
+  </si>
+  <si>
+    <t>950,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111021</t>
+  </si>
+  <si>
+    <t>Фланец глухой д.25 Plimat</t>
+  </si>
+  <si>
+    <t>979,65 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланец свободный д.125 Hidroten</t>
+  </si>
+  <si>
+    <t>1 195,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланец свободный д.160 Hidroten</t>
+  </si>
+  <si>
+    <t>1 802,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланец свободный д.50 Hidroten</t>
+  </si>
+  <si>
+    <t>422,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланец свободный д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>538,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110943</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.110 Plimat</t>
+  </si>
+  <si>
+    <t>604,80 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110945</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.140 Plimat</t>
+  </si>
+  <si>
+    <t>805,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.160 EVA Hidroten</t>
+  </si>
+  <si>
+    <t>232,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.50 EVA Hidroten</t>
+  </si>
+  <si>
+    <t>75,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.75 EVA Hidroten</t>
+  </si>
+  <si>
+    <t>112,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110941</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.75 Plimat</t>
+  </si>
+  <si>
+    <t>546,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110942</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.90 Plimat</t>
+  </si>
+  <si>
+    <t>592,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройники и Крестовины</t>
+  </si>
+  <si>
+    <t>506 00 110 2</t>
+  </si>
+  <si>
+    <t>Крестовина д.110 Pimtas</t>
+  </si>
+  <si>
+    <t>2 361,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>506 00 050 2</t>
+  </si>
+  <si>
+    <t>Крестовина д.50 Pimtas</t>
+  </si>
+  <si>
+    <t>444,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>506 00 063 2</t>
+  </si>
+  <si>
+    <t>Крестовина д.63 Pimtas</t>
+  </si>
+  <si>
+    <t>762,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.110 Hidroten</t>
+  </si>
+  <si>
+    <t>6 905,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110270</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.20 Plimat</t>
+  </si>
+  <si>
+    <t>400,05 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110271</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.25 Plimat</t>
+  </si>
+  <si>
+    <t>458,85 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.32 Hidroten</t>
+  </si>
+  <si>
+    <t>376,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.40 Hidroten</t>
+  </si>
+  <si>
+    <t>428,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110274</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.50 Plimat</t>
+  </si>
+  <si>
+    <t>646,80 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110250</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.12 Plimat</t>
+  </si>
+  <si>
+    <t>52,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110251</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.16 Plimat</t>
+  </si>
+  <si>
+    <t>64,05 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.20 Hidroten</t>
+  </si>
+  <si>
+    <t>56,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111828</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.25 Plimat</t>
+  </si>
+  <si>
+    <t>87,15 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.32 Hidroten</t>
+  </si>
+  <si>
+    <t>109,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.40 Hidroten</t>
+  </si>
+  <si>
+    <t>167,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110246</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.40 Plimat</t>
+  </si>
+  <si>
+    <t>217,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110247</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.50 Plimat</t>
+  </si>
+  <si>
+    <t>287,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110258</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.75 Plimat</t>
+  </si>
+  <si>
+    <t>905,10 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубы клеевые гибкие</t>
+  </si>
+  <si>
+    <t>Д15573</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 110 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>4 158,00 руб.</t>
+  </si>
+  <si>
+    <t>Д16140</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 110 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>69 300,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15565</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 20 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>390,39 руб.</t>
+  </si>
+  <si>
+    <t>Д16141</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 20 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>6 496,88 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15566</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 25 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>546,32 руб.</t>
+  </si>
+  <si>
+    <t>Д16142</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 25 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>9 095,63 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15567</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 32 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>623,70 руб.</t>
+  </si>
+  <si>
+    <t>Д16143</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 32 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>10 395,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15568</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 40 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>1 012,94 руб.</t>
+  </si>
+  <si>
+    <t>Д16144</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 40 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>16 891,88 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15569</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 50 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>1 247,40 руб.</t>
+  </si>
+  <si>
+    <t>Д16145</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 50 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>20 790,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15570</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 63 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>1 715,18 руб.</t>
+  </si>
+  <si>
+    <t>Д16146</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 63 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>28 586,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15571</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 75 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>2 261,49 руб.</t>
+  </si>
+  <si>
+    <t>Д16147</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 75 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>37 681,88 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15572</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 90 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>3 742,20 руб.</t>
+  </si>
+  <si>
+    <t>Д16148</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 90 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>62 370,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубы смотровые</t>
+  </si>
+  <si>
+    <t>Д2151</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.110х3.4 мм 6 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>6 586,27 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2631</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.110х5.3 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>10 349,86 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2850</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.20х1.5 мм 16 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>492,23 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2851</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.25х1.5 мм 12.5 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>624,00 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2701</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.25х1.9 мм 16 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>759,32 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2852</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.32х1.9 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>991,28 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2853</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.40х1.9 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 251,55 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3384</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.40х3.0 мм 16 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 907,68 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3388</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.50х2.0 мм 8 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 689,88 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3389</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.50х2.4 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 975,19 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3391</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.63х2.0 мм 6 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 149,69 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3392</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.63х3.0 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 097,95 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3401</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.75х2.3 мм 6 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 902,19 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3397</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.75х3.6 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>4 349,47 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3423</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.90х4.3 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>6 969,60 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Муфты разъемные</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.20 Hidroten</t>
+  </si>
+  <si>
+    <t>P 109519</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.20 Plimat</t>
+  </si>
+  <si>
+    <t>270,90 руб./шт.</t>
+  </si>
+  <si>
+    <t>T408025016</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.25 TU-PiPE</t>
+  </si>
+  <si>
+    <t>117,34 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.32 Hidroten</t>
+  </si>
+  <si>
+    <t>301,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.40 Hidroten</t>
+  </si>
+  <si>
+    <t>420,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.50 Hidroten</t>
+  </si>
+  <si>
+    <t>515,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 109523</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.50 Plimat</t>
+  </si>
+  <si>
+    <t>714,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>653,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 109524</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.63 Plimat</t>
+  </si>
+  <si>
+    <t>913,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>T408063010</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.63 TU-PiPE</t>
+  </si>
+  <si>
+    <t>508,47 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.90 Hidroten</t>
+  </si>
+  <si>
+    <t>2 525,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>228 00 032 2</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с внутр. резьбой д.32х1" Pimtas</t>
+  </si>
+  <si>
+    <t>513,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>228 00 050 2</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с внутр. резьбой д.50х1 1/2" Pimtas</t>
+  </si>
+  <si>
+    <t>745,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>228 00 063 2</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с внутр. резьбой д.63х2" Pimtas</t>
+  </si>
+  <si>
+    <t>844,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой  д.40х1 1/4" Hidroten</t>
+  </si>
+  <si>
+    <t>443,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой  д.50х1 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>542,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой  д.50х2" Hidroten</t>
+  </si>
+  <si>
+    <t>937,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой  д.63х2'' Hidroten</t>
+  </si>
+  <si>
+    <t>802,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>242 00 050 2</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой д.50х11/2" (ПВХ/Латунь) Pimtas</t>
+  </si>
+  <si>
+    <t>6 276,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой д.75х2 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>2 561,00 руб./шт.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Муфты соединительные </t>
+  </si>
+  <si>
+    <t>511 00 110 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.110 Pimtas</t>
+  </si>
+  <si>
+    <t>409,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110659</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.12 Plimat</t>
+  </si>
+  <si>
+    <t>511 00 160 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.160 Pimtas</t>
+  </si>
+  <si>
+    <t>885,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>511 00 020 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.20 Pimtas</t>
+  </si>
+  <si>
+    <t>26,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.25 Hidroten</t>
+  </si>
+  <si>
+    <t>49,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>511 00 025 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.25 Pimtas</t>
+  </si>
+  <si>
+    <t>31,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.32 Hidroten</t>
+  </si>
+  <si>
+    <t>65,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110616</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.32 Plimat</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.40 Hidroten</t>
+  </si>
+  <si>
+    <t>106,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>511 00 040 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.40 Pimtas</t>
+  </si>
+  <si>
+    <t>58,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110617</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.40 Plimat</t>
+  </si>
+  <si>
+    <t>111,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>511 00 050 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.50 Pimtas</t>
+  </si>
+  <si>
+    <t>59,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>223,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110619</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.63 Plimat</t>
+  </si>
+  <si>
+    <t>206,85 руб./шт.</t>
+  </si>
+  <si>
+    <t>T401063010 нет в прайсе</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.63 TU-PiPE</t>
+  </si>
+  <si>
+    <t>102,48 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110652</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.75 Plimat</t>
+  </si>
+  <si>
+    <t>470,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушки</t>
+  </si>
+  <si>
+    <t>P 110596</t>
+  </si>
+  <si>
+    <t>Заглушка д.140 Plimat</t>
+  </si>
+  <si>
+    <t>3 237,15 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110585</t>
+  </si>
+  <si>
+    <t>Заглушка д.16 Plimat</t>
+  </si>
+  <si>
+    <t>56,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д.160 Hidroten</t>
+  </si>
+  <si>
+    <t>2 327,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д.20 Hidroten</t>
+  </si>
+  <si>
+    <t>38,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д.25 Hidroten</t>
+  </si>
+  <si>
+    <t>46,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д.40 Hidroten</t>
+  </si>
+  <si>
+    <t>92,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110589</t>
+  </si>
+  <si>
+    <t>Заглушка д.40 Plimat</t>
+  </si>
+  <si>
+    <t>113,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110590</t>
+  </si>
+  <si>
+    <t>Заглушка д.50 Plimat</t>
+  </si>
+  <si>
+    <t>168,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>178,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д.75 Hidroten</t>
+  </si>
+  <si>
+    <t>327,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110577</t>
+  </si>
+  <si>
+    <t>Заглушка с внутр. резьбой 1" Plimat</t>
+  </si>
+  <si>
+    <t>136,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110575</t>
+  </si>
+  <si>
+    <t>Заглушка с внутр. резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>88,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110584</t>
+  </si>
+  <si>
+    <t>Заглушка с внутр. резьбой 4" Plimat</t>
+  </si>
+  <si>
+    <t>2 308,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110605</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>221,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110604</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>156,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110603</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 1" Plimat</t>
+  </si>
+  <si>
+    <t>P 110601 (1/2")</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>65,10 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 101338</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>P 110606</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 2" Plimat</t>
+  </si>
+  <si>
+    <t>317,10 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110602</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 3/4" Plimat</t>
+  </si>
+  <si>
+    <t>P 110609</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 4" Plimat</t>
+  </si>
+  <si>
+    <t>1 892,10 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольца переходные</t>
+  </si>
+  <si>
+    <t>P 110757</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.110/50 Plimat</t>
+  </si>
+  <si>
+    <t>664,65 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.110/90 Hidroten</t>
+  </si>
+  <si>
+    <t>465,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110766</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.140/90 Plimat</t>
+  </si>
+  <si>
+    <t>1 575,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.160/110 Hidroten</t>
+  </si>
+  <si>
+    <t>1 534,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100797</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.20/10 Plimat</t>
+  </si>
+  <si>
+    <t>51,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100798</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.20/12 Plimat</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.20/16 Hidroten</t>
+  </si>
+  <si>
+    <t>53,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>509 00 020016 2</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.20/16 Pimtas</t>
+  </si>
+  <si>
+    <t>27,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110731</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.20/16 Plimat</t>
+  </si>
+  <si>
+    <t>43,05 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100281</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.200/110 Plimat</t>
+  </si>
+  <si>
+    <t>4 568,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100284</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.225/110 Plimat</t>
+  </si>
+  <si>
+    <t>6 137,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110732</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.25/16 Plimat</t>
+  </si>
+  <si>
+    <t>47,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.25/20 Hidroten</t>
+  </si>
+  <si>
+    <t>34,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>509 00 025020 2</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.25/20 Pimtas</t>
+  </si>
+  <si>
+    <t>15,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110733</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.25/20 Plimat</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.32/20 Hidroten</t>
+  </si>
+  <si>
+    <t>50,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.32/25 Hidroten</t>
+  </si>
+  <si>
+    <t>43,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.40/20 Hidroten</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.40/25 Hidroten</t>
+  </si>
+  <si>
+    <t>69,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.50/20 Hidroten</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.50/25 Hidroten</t>
+  </si>
+  <si>
+    <t>81,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.63/32 Hidroten</t>
+  </si>
+  <si>
+    <t>132,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110746</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.63/32 Plimat</t>
+  </si>
+  <si>
+    <t>153,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>509 00 063032 2</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.63/40 Pimtas</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.75/50 Hidroten</t>
+  </si>
+  <si>
+    <t>194,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.75/63 Hidroten</t>
+  </si>
+  <si>
+    <t>188,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.90/50 Hidroten</t>
+  </si>
+  <si>
+    <t>310,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>509 00 090050 2</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.90/50 Pimtas</t>
+  </si>
+  <si>
+    <t>177,00 руб./шт.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ниппеля с наруж. резьбой </t>
+  </si>
+  <si>
+    <t>P 110540</t>
+  </si>
+  <si>
+    <t>Ниппель 1 1/2"х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>312,90 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100180</t>
+  </si>
+  <si>
+    <t>Ниппель 1 1/2"х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>320,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100179</t>
+  </si>
+  <si>
+    <t>Ниппель 1 1/2"х1" Plimat</t>
+  </si>
+  <si>
+    <t>P 110538</t>
+  </si>
+  <si>
+    <t>Ниппель 1"х1" Plimat</t>
+  </si>
+  <si>
+    <t>159,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100174</t>
+  </si>
+  <si>
+    <t>Ниппель 1"х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>166,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110536</t>
+  </si>
+  <si>
+    <t>Ниппель 1/2"х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>94,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100185</t>
+  </si>
+  <si>
+    <t>Ниппель 2 1/2"х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>579,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110542</t>
+  </si>
+  <si>
+    <t>Ниппель 2 1/2"х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>598,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110541</t>
+  </si>
+  <si>
+    <t>Ниппель 2"х2" Plimat</t>
+  </si>
+  <si>
+    <t>497,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100187</t>
+  </si>
+  <si>
+    <t>Ниппель 3"х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>792,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100189</t>
+  </si>
+  <si>
+    <t>Ниппель 3"х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>764,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110537</t>
+  </si>
+  <si>
+    <t>Ниппель 3/4"х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>112,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111206</t>
+  </si>
+  <si>
+    <t>Ниппель д.125/110х3" Plimat</t>
+  </si>
+  <si>
+    <t>1 161,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111207</t>
+  </si>
+  <si>
+    <t>Ниппель д.125/110х4" Plimat</t>
+  </si>
+  <si>
+    <t>1 496,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110447</t>
+  </si>
+  <si>
+    <t>Ниппель д.20/16х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>Ниппель д.20/16х3/8" Hidroten</t>
+  </si>
+  <si>
+    <t>P 110449</t>
+  </si>
+  <si>
+    <t>Ниппель д.25/20х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>P 110444</t>
+  </si>
+  <si>
+    <t>Ниппель д.25/20х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>82,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.32/25х1" Hidroten</t>
+  </si>
+  <si>
+    <t>76,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.32/25х1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>Ниппель д.32/25х3/4" Hidroten</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х1 1/4" Hidroten</t>
+  </si>
+  <si>
+    <t>96,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110456</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>135,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х1" Hidroten</t>
+  </si>
+  <si>
+    <t>107,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110455</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х1" Plimat</t>
+  </si>
+  <si>
+    <t>P 110453</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>106,05 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110454</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>Ниппель д.50/40х1 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>136,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110459</t>
+  </si>
+  <si>
+    <t>Ниппель д.50/40х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>191,10 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.50/40х1 1/4" Hidroten</t>
+  </si>
+  <si>
+    <t>P 110458</t>
+  </si>
+  <si>
+    <t>Ниппель д.50/40х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>P 110457</t>
+  </si>
+  <si>
+    <t>Ниппель д.50/40х1" Plimat</t>
+  </si>
+  <si>
+    <t>Ниппель д.63/50х1 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>P 110461</t>
+  </si>
+  <si>
+    <t>Ниппель д.63/50х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>283,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110460</t>
+  </si>
+  <si>
+    <t>Ниппель д.63/50х1" Plimat</t>
+  </si>
+  <si>
+    <t>295,05 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.63/50х2" Hidroten</t>
+  </si>
+  <si>
+    <t>208,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110463</t>
+  </si>
+  <si>
+    <t>Ниппель д.63/50х2" Plimat</t>
+  </si>
+  <si>
+    <t>207,90 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х1 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>355,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110465</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>472,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110464</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х1" Hidroten</t>
+  </si>
+  <si>
+    <t>342,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х2 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>403,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110466</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х2" Plimat</t>
+  </si>
+  <si>
+    <t>Ниппель д.90/75х2 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>600,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111201</t>
+  </si>
+  <si>
+    <t>Ниппель д.90/75х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>P 111200</t>
+  </si>
+  <si>
+    <t>Ниппель д.90/75х2" Plimat</t>
+  </si>
+  <si>
+    <t>P 111202</t>
+  </si>
+  <si>
+    <t>Ниппель д.90/75х3" Plimat</t>
+  </si>
+  <si>
+    <t>Штуцеры для шланга</t>
+  </si>
+  <si>
+    <t>P 111007</t>
+  </si>
+  <si>
+    <t>Штуцер для шланга д.63/50х55 Plimat</t>
+  </si>
+  <si>
+    <t>404,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111043</t>
+  </si>
+  <si>
+    <t>Штуцер конический д.40/32x29-37 Plimat</t>
+  </si>
+  <si>
+    <t>259,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111044</t>
+  </si>
+  <si>
+    <t>Штуцер конический д.50/40x31-47 Plimat</t>
+  </si>
+  <si>
+    <t>292,95 руб./шт.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Муфты с внутр. резьбой </t>
+  </si>
+  <si>
+    <t>Р 100251</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.25/16х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>100,80 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100255</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.25/20х1" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100253</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.25/20х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100254</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.25/20х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100257</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.32/25х1" Plimat</t>
+  </si>
+  <si>
+    <t>130,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 110255</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.32/25х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100256</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.32/25х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>124,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100361</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.32/25х3/4" и метал. кольцом Plimat</t>
+  </si>
+  <si>
+    <t>Р 100261</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.40/32х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>264,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100260</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.40/32х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>Р 111556</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.40/32х1 1/4" и метал. кольцом Plimat</t>
+  </si>
+  <si>
+    <t>Р 100259</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.40/32х1" Plimat</t>
+  </si>
+  <si>
+    <t>190,05 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 111258</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.40/32х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100263</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.50/40х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>334,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100262</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.50/40х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>347,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100265</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.63/50х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100267</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.63/50х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>700,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100266</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.63/50х2" Plimat</t>
+  </si>
+  <si>
+    <t>475,65 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100269</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.75/63х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100268</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.75/63х2" Plimat</t>
+  </si>
+  <si>
+    <t>617,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 101377</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.90/75х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>1 365,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 101378</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.90/75х3" Plimat</t>
+  </si>
+  <si>
+    <t>1 417,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110524</t>
+  </si>
+  <si>
+    <t>Муфта с двойной внутр. резьбой 1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>298,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 110523</t>
+  </si>
+  <si>
+    <t>Муфта с двойной внутр. резьбой 1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>Р 110520</t>
+  </si>
+  <si>
+    <t>Муфта с двойной внутр. резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>99,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 110525</t>
+  </si>
+  <si>
+    <t>Муфта с двойной внутр. резьбой 2" Plimat</t>
+  </si>
+  <si>
+    <t>531,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110784</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.25 и внутр.резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>246,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110783</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.25 и внутр.резьбой 3/8" Plimat</t>
+  </si>
+  <si>
+    <t>242,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110785</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.32 и внутр.резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>P 110786</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.32 и внутр.резьбой 3/4" Plimat</t>
+  </si>
+  <si>
+    <t>P 110789</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.40 и внутр.резьбой 1" Plimat</t>
+  </si>
+  <si>
+    <t>360,15 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110787</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.40 и внутр.резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>P 110795</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.63 и внутр.резьбой 1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>471,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара</t>
+  </si>
+  <si>
+    <t>P 111154</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара 1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>1 155,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111153</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара 1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>884,10 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111152</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара 1" Plimat</t>
+  </si>
+  <si>
+    <t>851,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111150</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>462,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111151</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара 3/4" Plimat</t>
+  </si>
+  <si>
+    <t>494,55 руб./шт.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Муфты переходные </t>
+  </si>
+  <si>
+    <t>P 100791</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.110/90x63/50 Plimat</t>
+  </si>
+  <si>
+    <t>812,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110723</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.110/90x75/63 Plimat</t>
+  </si>
+  <si>
+    <t>557,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100792</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.110/90x90/75 Plimat</t>
+  </si>
+  <si>
+    <t>488,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.110/90х63 Hidroten</t>
+  </si>
+  <si>
+    <t>878,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004110090</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.110x90 Era</t>
+  </si>
+  <si>
+    <t>774,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110725</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.125/110x106/90 Plimat</t>
+  </si>
+  <si>
+    <t>1 434,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110675</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.125/110x92/75 Plimat</t>
+  </si>
+  <si>
+    <t>1 381,80 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004125110</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.125x110 Era</t>
+  </si>
+  <si>
+    <t>898,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004140110</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.140x110 Era</t>
+  </si>
+  <si>
+    <t>983,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004140090</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.140x90 Era</t>
+  </si>
+  <si>
+    <t>US004160110</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.160x110 Era</t>
+  </si>
+  <si>
+    <t>2 165,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004160125</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.160x125 Era</t>
+  </si>
+  <si>
+    <t>1 549,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004160140</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.160x140 Era</t>
+  </si>
+  <si>
+    <t>1 899,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004200160</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.200x160 Era</t>
+  </si>
+  <si>
+    <t>4 773,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110705</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.32/25x25/20 Plimat</t>
+  </si>
+  <si>
+    <t>77,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004032020</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.32x20 Era</t>
+  </si>
+  <si>
+    <t>37,06 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004032025</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.32x25 Era</t>
+  </si>
+  <si>
+    <t>51,34 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.40/32x25 Hidroten</t>
+  </si>
+  <si>
+    <t>113,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110707</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.40/32x25/20 Plimat</t>
+  </si>
+  <si>
+    <t>P 110708</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.40/32x32/25 Plimat</t>
+  </si>
+  <si>
+    <t>US004040032</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.40x32 Era</t>
+  </si>
+  <si>
+    <t>43,58 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.50/40x20 Hidroten</t>
+  </si>
+  <si>
+    <t>127,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.50/40x32 Hidroten</t>
+  </si>
+  <si>
+    <t>150,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110710</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.50/40x32/25 Plimat</t>
+  </si>
+  <si>
+    <t>US004050032</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.50x32 Era</t>
+  </si>
+  <si>
+    <t>52,24 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004050040</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.50x40 Era</t>
+  </si>
+  <si>
+    <t>87,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.63/50x25 Hidroten</t>
+  </si>
+  <si>
+    <t>225,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110712</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.63/50x25/20 Plimat</t>
+  </si>
+  <si>
+    <t>258,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110714</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.63/50x40/32 Plimat</t>
+  </si>
+  <si>
+    <t>US004063040</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.63x40 Era</t>
+  </si>
+  <si>
+    <t>90,73 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004063050</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.63x50 Era</t>
+  </si>
+  <si>
+    <t>163,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110718</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75/63x39/32 Plimat</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75/63х32 Hidroten</t>
+  </si>
+  <si>
+    <t>269,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75/63х40 Hidroten</t>
+  </si>
+  <si>
+    <t>280,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75/63х50 Hidroten</t>
+  </si>
+  <si>
+    <t>386,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004075050</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75x50 Era</t>
+  </si>
+  <si>
+    <t>176,52 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004075063</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75x63 Era</t>
+  </si>
+  <si>
+    <t>304,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100790</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90/75x50/40 Plimat</t>
+  </si>
+  <si>
+    <t>534,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90/75x63 Hidroten</t>
+  </si>
+  <si>
+    <t>413,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90/75х50 Hidroten</t>
+  </si>
+  <si>
+    <t>392,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004090050</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90x50 Era</t>
+  </si>
+  <si>
+    <t>396,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004090063</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90x63 Era</t>
+  </si>
+  <si>
+    <t>447,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004090075</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90x75 Era</t>
+  </si>
+  <si>
+    <t>527,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Сопутствующие товары для монтажа</t>
+  </si>
+  <si>
+    <t>Клей СН Coraplax 1 л. (упак. 12шт.)</t>
+  </si>
+  <si>
+    <t>2 270,11 руб./шт.</t>
+  </si>
+  <si>
+    <t>Лента PTFE 19 мм х 15 м х 0,2 мм, пл 0,4 для большого диаметра Geb</t>
+  </si>
+  <si>
+    <t>110,99 руб./шт.</t>
+  </si>
+  <si>
+    <t>Очиститель (Праймер) 237 мл P-1050 Bailey</t>
+  </si>
+  <si>
+    <t>389,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Очиститель (Праймер) 473 мл P-1050 Bailey</t>
+  </si>
+  <si>
+    <t>675,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>Очиститель (Праймер) 946 мл P-1050 Bailey</t>
+  </si>
+  <si>
+    <t>1 077,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>Очиститель Griffon Cleaner 1 л.</t>
+  </si>
+  <si>
+    <t>3 039,10 руб./шт.</t>
+  </si>
+  <si>
+    <t>CH 7630075</t>
+  </si>
+  <si>
+    <t>Фум. лента 12 м. Coraplax</t>
+  </si>
+  <si>
+    <t>104,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>CH 7630150</t>
+  </si>
+  <si>
+    <t>Фум. лента 50 м. Coraplax</t>
+  </si>
+  <si>
+    <t>1 222,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>Смотровые окна</t>
+  </si>
+  <si>
+    <t>Смотровое окно д.110 NETVITC SYSTEM Hidroten</t>
+  </si>
+  <si>
+    <t>14 333,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15555</t>
+  </si>
+  <si>
+    <t>Смотровое окно разборное д.50 Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 600,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубы цветные</t>
+  </si>
+  <si>
+    <t>Труба прозрачная ЗЕЛЕНАЯ д.32х1.0 мм Дрим Пул</t>
+  </si>
+  <si>
+    <t>588,06 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Труба прозрачная ЗЕЛЕНАЯ д.40х1.0 мм Дрим Пул</t>
+  </si>
+  <si>
+    <t>790,61 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Трубки кальянные</t>
+  </si>
+  <si>
+    <t>Шланг мягкий ПВХ 12х18мм, 1,5м белый</t>
+  </si>
+  <si>
+    <t>300,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг мягкий ПВХ 12х18мм, 1,5м зеленый</t>
+  </si>
+  <si>
+    <t>Шланг мягкий ПВХ 12х18мм, 1,5м красный</t>
+  </si>
+  <si>
+    <t>Шланг мягкий ПВХ 12х18мм, 1,5м синий</t>
+  </si>
+  <si>
+    <t>Шланг мягкий ПВХ 12х18мм, 1,5м черный</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Армированные трубки ПВХ </t>
+  </si>
+  <si>
+    <t>Неармированные трубки ПВХ</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  10х12 мм (10 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>768,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  10х12 мм (5 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>576,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  10х12 мм (50 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 400,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  10х14 мм (1 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>252,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  4х6 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>336,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  4х6 ( 200м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 360,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  4х6 ( 25м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>630,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  4х6 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 050,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  4х6 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  5х7 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>384,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  5х7 ( 25м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>720,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  5х7 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>288,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х8 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>432,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х8 ( 1м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>108,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х8 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 350,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х8 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>324,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х9 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х9 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 800,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х9 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  7х12 ( 100м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>11 520,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  7х12 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 152,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  7х12 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
     <t>3 600,00 руб./шт.</t>
   </si>
   <si>
-    <t>Дренажные шланги</t>
-[...1214 lines deleted...]
-    <t>Заглушка д.63 Hidroten</t>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  7х12 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>864,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х10 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х10 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 500,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х10 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>360,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х11 ( 25м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 260,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х11 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 100,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х11 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>504,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х11 (10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Армированные трубки ПВХ морозостойкие</t>
+  </si>
+  <si>
+    <t>Неармированные трубки ПВХ морозостойкие</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 6х9 (50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 8х10 (50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 250,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ-СИЛИКОН 6х8 (50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ-СИЛИКОН 8х11 (50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Армированные трубки МБС</t>
+  </si>
+  <si>
+    <t>Неармированные трубки МБС</t>
+  </si>
+  <si>
+    <t>Д13407</t>
+  </si>
+  <si>
+    <t>Трубка 10х14 (50м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>4 074,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13398</t>
+  </si>
+  <si>
+    <t>Трубка 4х6 (50м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>840,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13405</t>
+  </si>
+  <si>
+    <t>Трубка 6х9 (50м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 722,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13406</t>
+  </si>
+  <si>
+    <t>Трубка 8х11 (50м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 352,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубки ТЭП</t>
+  </si>
+  <si>
+    <t>Трубки термоусадочные</t>
+  </si>
+  <si>
+    <t>Трубки для капельного полива</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 3х5 черная для полива 100 м Дрим Пул</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 3х5 черная для полива 10м Дрим Пул</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 3х5 черная для полива 1м Дрим Пул</t>
+  </si>
+  <si>
+    <t>72,00 руб.</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 3х5 черная для полива 200м Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 880,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 3х5 черная для полива 20м Дрим Пул</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 3х5 черная для полива 5 м Дрим Пул</t>
   </si>
   <si>
     <t>180,00 руб./шт.</t>
-  </si>
-[...1666 lines deleted...]
-    <t>Микротрубка ПВХ 3х5 черная для полива 5 м Дрим Пул</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 3х5 черная для полива 50м Дрим Пул</t>
   </si>
   <si>
     <t>900,00 руб./шт.</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 4х6 черная для полива 100м Дрим Пул</t>
   </si>
   <si>
     <t>1 848,00 руб./шт.</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 4х6 черная для полива 10м Дрим Пул</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 4х6 черная для полива 200м Дрим Пул</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 4х6 черная для полива 20м Дрим Пул</t>
   </si>
   <si>
     <t>588,00 руб./шт.</t>
   </si>
@@ -3964,51 +4033,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31e2405c3398e07ec5537a6696d921de2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028c575f2dd13b04f9f695943eee52bd3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cfb4a9f3330e852b9110b6a65c3408b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc64ab80a99228bb8a4f229e92da4af75.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acca98be01fbdacf86abc64370fe81766.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9c0bc9800b589c1bae3dd349273c7787.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b09e9259143c9c5d85c1b095c566d7448.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e1d89ac0ad00763a8ac90fd36c966b9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f82c29b24be91cf8a221888f957e3d8910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b2a8b88527ddd9f3f0e4b69adf1a4d11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f1fdf22f456d9af0e97a6297b24cd5212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5d5d728b93933fc8bf5f58bb396dca213.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6686fb8de6760ebdf3dd3f05aa5a3e414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfe816692da09b5e47c5a3727c04c84915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bd7290b11c283ef1a0ad7a87f04a8f316.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2072189807a635ed5bcad2275f7ab617.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b3c6d43a40568fa182d765cb3e1dfa618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9887f1697d0e5f08decca378c180640519.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9879f4d3edebd8dac709d07f11e5368420.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75d58133519dd9f0d87c96059d343fbf21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/689197ec3d496d13972ca4f6e8bf498c22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3a6117c9cf1136331bd1b08409d8e523.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85edfbeb007258dd8f60480b36f61fdf24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbc14fe10e86cbbe325f5a4b27381b725.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e40695ad65145479cedc70ecb7f6c6826.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae92bbcfdde6539496f2781b062299527.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b64efb42805dd7dc04c21321baa793d28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa9a75b6398322fb0a3b293292654ce729.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f7c6357c451e9a0e20961f2b5092c0c30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2e7934cc0bc51379870bd7e0159f1031.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/693eea5455938f8fbe5d2ec3e6659f2d32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a06500824a8e9b8d77b74d13382833133.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a17db578926a67938221704e0a2890734.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a386c4ab62a971f8d5c1c2141acc2cb35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70f09bac7cc1fc45c544840faaf2a8db36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/629dba2f225fc2ab79546e112f6664b237.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7501b5352e000283d2bae67937e4fe1838.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b8d98cb5ca291cb23be1791d0a2eec539.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90a9c0053776639794d4ec35ddc7b22940.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e26de873174af0b72e88b93f8e06fd441.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e593d0efd3e3d35a6a05bed82d1881442.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9e252a9d4e54b93a08297e22f95baa243.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc1603cf3edc69e2f258eff3b2b497044.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fee35900aa7e6d7d10cd77838583b9745.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4d8cbbae5ea16cd28c6b9b97010282446.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d371ae1d24752192f18ff2d35cf823747.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6682f11c0eec9553afd033d63194bb248.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e2be57777f0f4652aa861150a539e2349.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60131ac2ef87823f69d66fb375bf2ef22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c9fe73ee8e6e41a9148c493a489b08b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af90b7aca49ad69c3c6eb39db2ceba714.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48cbd3aec582212201fd02c09e5ee7565.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4bd8a29906e441272b5b325701c25176.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c769bcccdae0a62878c8f94b8a23cff77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2abbe06f352c68a31ee2d000d029c3a68.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f168069d72f4a7a28d091c0fd124a69.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af32fa7ecdf722a6154e707826b247610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6da9f72e9233bb3a8eecad2e2df06c711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f1ef066561b3453626711df624448af12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef12da5815fb01835a1736885241550713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45d0556eaf5836761f25a64ed88b1db914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341c8f5b9eb75aa18658d55d58a96b3d15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3783b10c12564851e5417232d610287216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d1b2778bb8fb474cdfbe70523702fa117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4302662dc9ab762e1262c3b804bcab2218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6a556f1b83ce4a90afa6a56928fd1119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aa821bcace92ac04004d1e3264778d620.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fb625c8819705854722255b81e180e621.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd2e833c8450c39342d0d79dd66c411422.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e064ed78b66c463006648e3294b339f323.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c81386984db55540cb7c6812482241fd24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee12dfd34f85d3195477e7e1e5f3e0525.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa01fde3c8418b62d883e625d1449a526.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/204b44eb47d642014aeade072371792427.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cc3a7a85443748e9053898c0198a7a628.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d76d37331f8440e0f4960ca40d54c47229.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777e05d748eeed5821497bbf96dc398730.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e567826e9fe6fe33488c1383e2aad5031.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1e7e38a1256c7939ab7993819e1a632.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d6935877bc755e9aa39d1f76364f15c33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae4b551fd03d6288165fef9ecded5ea934.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/774900ac7c0bbf10abc95a928908f62f35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5490f3dd2af3d27cf8e9b73c0b2b32e36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d62a90069be43627783bf73508a38ad37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/783086f6f81c1e6b39b4184841050b6838.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50ad8696290aa3e7bcc9cfcf62d0f90239.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba6c3a70bb9989b52ce307113157cd1640.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f77b24d3f4fb751574966d740610abb41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f373ee267d5f68322b04d819f6c2a2a742.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21b220d3749267b8e31bed46f774e8c843.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652b557e5667c728f7e575d16fae56244.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f8062e0a16e4102a12da161c6b6879645.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37c2ddb10bf28ad82626bbac60ca6fff46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f807c937240a186e76b8f0b6627576bf47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d04431ec59fd3f118b5d296b872d50548.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa81a9519ecdfad422e6ac7baafe257e49.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="9620250" cy="628650"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рисунок 6" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4063,1401 +4132,1401 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>147</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>167</xdr:row>
+      <xdr:row>171</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>187</xdr:row>
+      <xdr:row>191</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>204</xdr:row>
+      <xdr:row>208</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>226</xdr:row>
+      <xdr:row>230</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>242</xdr:row>
+      <xdr:row>248</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>264</xdr:row>
+      <xdr:row>271</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>293</xdr:row>
+      <xdr:row>301</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>342</xdr:row>
+      <xdr:row>350</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>319088</xdr:colOff>
-      <xdr:row>347</xdr:row>
+      <xdr:row>355</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="790575" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>342900</xdr:colOff>
-      <xdr:row>381</xdr:row>
+      <xdr:row>390</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="742950" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>388</xdr:row>
+      <xdr:row>397</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>433</xdr:row>
+      <xdr:row>442</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>444</xdr:row>
+      <xdr:row>452</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>448</xdr:row>
+      <xdr:row>456</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>238125</xdr:colOff>
-      <xdr:row>452</xdr:row>
+      <xdr:row>460</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>459</xdr:row>
+      <xdr:row>467</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>462</xdr:row>
+      <xdr:row>470</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>494</xdr:row>
+      <xdr:row>502</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>497</xdr:row>
+      <xdr:row>505</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>503</xdr:row>
+      <xdr:row>511</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>506</xdr:row>
+      <xdr:row>514</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
-      <xdr:row>512</xdr:row>
+      <xdr:row>520</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="838200" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>515</xdr:row>
+      <xdr:row>523</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>518</xdr:row>
+      <xdr:row>526</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>539</xdr:row>
+      <xdr:row>547</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>542</xdr:row>
+      <xdr:row>550</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>545</xdr:row>
+      <xdr:row>553</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>548</xdr:row>
+      <xdr:row>556</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>552</xdr:row>
+      <xdr:row>560</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>555</xdr:row>
+      <xdr:row>563</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>204788</xdr:colOff>
-      <xdr:row>569</xdr:row>
+      <xdr:row>577</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>573</xdr:row>
+      <xdr:row>581</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>576</xdr:row>
+      <xdr:row>584</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>579</xdr:row>
+      <xdr:row>587</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>582</xdr:row>
+      <xdr:row>590</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>247650</xdr:colOff>
-      <xdr:row>585</xdr:row>
+      <xdr:row>593</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="933450" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>588</xdr:row>
+      <xdr:row>596</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>271463</xdr:colOff>
-      <xdr:row>591</xdr:row>
+      <xdr:row>599</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5744,54 +5813,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:WVO593"/>
+  <dimension ref="A1:WVO601"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D593" sqref="D593"/>
+      <selection activeCell="D601" sqref="D601"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="2"/>
     <col min="2" max="2" width="7" customWidth="true" style="2"/>
     <col min="3" max="3" width="7.140625" customWidth="true" style="2"/>
     <col min="4" max="4" width="9.140625" customWidth="true" style="2"/>
     <col min="5" max="5" width="70.85546875" customWidth="true" style="2"/>
     <col min="6" max="6" width="21.140625" customWidth="true" style="2"/>
     <col min="7" max="7" width="21.85546875" customWidth="true" style="2"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="2"/>
     <col min="9" max="9" width="9.140625" customWidth="true" style="2"/>
     <col min="10" max="10" width="9.140625" customWidth="true" style="2"/>
     <col min="11" max="11" width="9.140625" customWidth="true" style="2"/>
     <col min="12" max="12" width="9.140625" customWidth="true" style="2"/>
     <col min="13" max="13" width="9.140625" customWidth="true" style="2"/>
     <col min="14" max="14" width="9.140625" customWidth="true" style="2"/>
     <col min="15" max="15" width="9.140625" customWidth="true" style="2"/>
     <col min="16" max="16" width="9.140625" customWidth="true" style="2"/>
     <col min="17" max="17" width="9.140625" customWidth="true" style="2"/>
     <col min="18" max="18" width="9.140625" customWidth="true" style="2"/>
     <col min="19" max="19" width="9.140625" customWidth="true" style="2"/>
     <col min="20" max="20" width="9.140625" customWidth="true" style="2"/>
     <col min="21" max="21" width="9.140625" customWidth="true" style="2"/>
@@ -22115,6005 +22184,6024 @@
         <v>7</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:16135">
       <c r="A14" s="11" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="12" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="10"/>
       <c r="F14" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:16135">
       <c r="A15" s="11" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E15" s="10"/>
       <c r="F15" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G15" s="11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:16135">
       <c r="A16" s="11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="10"/>
       <c r="D16" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E16" s="10"/>
       <c r="F16" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G16" s="11" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:16135">
       <c r="A17" s="11" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E17" s="10"/>
       <c r="F17" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G17" s="11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:16135">
       <c r="A18" s="11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B18" s="10"/>
       <c r="C18" s="10"/>
       <c r="D18" s="12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E18" s="10"/>
       <c r="F18" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G18" s="11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:16135">
       <c r="A19" s="11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="12" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E19" s="10"/>
       <c r="F19" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G19" s="11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:16135">
       <c r="A20" s="11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E20" s="10"/>
       <c r="F20" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G20" s="11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:16135">
       <c r="A21" s="11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E21" s="10"/>
       <c r="F21" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G21" s="11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:16135">
       <c r="A22" s="11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E22" s="10"/>
       <c r="F22" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G22" s="11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:16135">
       <c r="A23" s="11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E23" s="10"/>
       <c r="F23" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G23" s="11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:16135">
       <c r="A24" s="11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B24" s="10"/>
       <c r="C24" s="10"/>
       <c r="D24" s="12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E24" s="10"/>
       <c r="F24" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G24" s="11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:16135">
       <c r="A25" s="11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B25" s="10"/>
       <c r="C25" s="10"/>
       <c r="D25" s="12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E25" s="10"/>
       <c r="F25" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G25" s="11" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:16135">
       <c r="A26" s="11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B26" s="10"/>
       <c r="C26" s="10"/>
       <c r="D26" s="12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E26" s="10"/>
       <c r="F26" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G26" s="11" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:16135">
       <c r="A27" s="11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B27" s="10"/>
       <c r="C27" s="10"/>
       <c r="D27" s="12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E27" s="10"/>
       <c r="F27" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G27" s="11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:16135">
       <c r="A28" s="11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B28" s="10"/>
       <c r="C28" s="10"/>
       <c r="D28" s="12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E28" s="10"/>
       <c r="F28" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G28" s="11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:16135">
       <c r="A29" s="11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B29" s="10"/>
       <c r="C29" s="10"/>
       <c r="D29" s="12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E29" s="10"/>
       <c r="F29" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G29" s="11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:16135">
       <c r="A30" s="11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B30" s="10"/>
       <c r="C30" s="10"/>
       <c r="D30" s="12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E30" s="10"/>
       <c r="F30" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G30" s="11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:16135">
       <c r="A31" s="11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B31" s="10"/>
       <c r="C31" s="10"/>
       <c r="D31" s="12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E31" s="10"/>
       <c r="F31" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G31" s="11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:16135">
       <c r="A32" s="11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B32" s="10"/>
       <c r="C32" s="10"/>
       <c r="D32" s="12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E32" s="10"/>
       <c r="F32" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G32" s="11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="34" spans="1:16135" customHeight="1" ht="60">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E34" s="8"/>
       <c r="F34" s="8"/>
       <c r="G34" s="8"/>
     </row>
     <row r="35" spans="1:16135">
       <c r="A35" s="11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B35" s="10"/>
       <c r="C35" s="10"/>
       <c r="D35" s="12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E35" s="10"/>
       <c r="F35" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G35" s="11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="36" spans="1:16135">
       <c r="A36" s="11"/>
       <c r="B36" s="10"/>
       <c r="C36" s="10"/>
       <c r="D36" s="12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E36" s="10"/>
       <c r="F36" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G36" s="11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:16135">
       <c r="A37" s="11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B37" s="10"/>
       <c r="C37" s="10"/>
       <c r="D37" s="12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E37" s="10"/>
       <c r="F37" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G37" s="11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="38" spans="1:16135">
       <c r="A38" s="11"/>
       <c r="B38" s="10"/>
       <c r="C38" s="10"/>
       <c r="D38" s="12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E38" s="10"/>
       <c r="F38" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G38" s="11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:16135">
       <c r="A39" s="11"/>
       <c r="B39" s="10"/>
       <c r="C39" s="10"/>
       <c r="D39" s="12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E39" s="10"/>
       <c r="F39" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G39" s="11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="40" spans="1:16135">
       <c r="A40" s="11"/>
       <c r="B40" s="10"/>
       <c r="C40" s="10"/>
       <c r="D40" s="12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E40" s="10"/>
       <c r="F40" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G40" s="11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="41" spans="1:16135">
       <c r="A41" s="11"/>
       <c r="B41" s="10"/>
       <c r="C41" s="10"/>
       <c r="D41" s="12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E41" s="10"/>
       <c r="F41" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G41" s="11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="42" spans="1:16135">
-      <c r="A42" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A42" s="11"/>
       <c r="B42" s="10"/>
       <c r="C42" s="10"/>
       <c r="D42" s="12" t="s">
         <v>107</v>
       </c>
       <c r="E42" s="10"/>
       <c r="F42" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G42" s="11" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="44" spans="1:16135" customHeight="1" ht="60">
-[...3 lines deleted...]
-      <c r="D44" s="9" t="s">
+    <row r="43" spans="1:16135">
+      <c r="A43" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="E44" s="8"/>
-[...9 lines deleted...]
-      <c r="D45" s="12" t="s">
+      <c r="B43" s="10"/>
+      <c r="C43" s="10"/>
+      <c r="D43" s="12" t="s">
         <v>110</v>
       </c>
-      <c r="E45" s="10"/>
-[...3 lines deleted...]
-      <c r="G45" s="11" t="s">
+      <c r="E43" s="10"/>
+      <c r="F43" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G43" s="11" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="46" spans="1:16135">
-      <c r="A46" s="11" t="s">
+    <row r="44" spans="1:16135">
+      <c r="A44" s="11"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="10"/>
+      <c r="D44" s="12" t="s">
         <v>112</v>
       </c>
-      <c r="B46" s="10"/>
-[...1 lines deleted...]
-      <c r="D46" s="12" t="s">
+      <c r="E44" s="10"/>
+      <c r="F44" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G44" s="11" t="s">
         <v>113</v>
       </c>
-      <c r="E46" s="10"/>
-[...3 lines deleted...]
-      <c r="G46" s="11" t="s">
+    </row>
+    <row r="46" spans="1:16135" customHeight="1" ht="60">
+      <c r="A46" s="2"/>
+      <c r="B46" s="2"/>
+      <c r="C46" s="2"/>
+      <c r="D46" s="9" t="s">
         <v>114</v>
       </c>
+      <c r="E46" s="8"/>
+      <c r="F46" s="8"/>
+      <c r="G46" s="8"/>
     </row>
     <row r="47" spans="1:16135">
       <c r="A47" s="11">
-        <v>1011074</v>
+        <v>1011682</v>
       </c>
       <c r="B47" s="10"/>
       <c r="C47" s="10"/>
       <c r="D47" s="12" t="s">
         <v>115</v>
       </c>
       <c r="E47" s="10"/>
       <c r="F47" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="48" spans="1:16135">
       <c r="A48" s="11" t="s">
         <v>117</v>
       </c>
       <c r="B48" s="10"/>
       <c r="C48" s="10"/>
       <c r="D48" s="12" t="s">
         <v>118</v>
       </c>
       <c r="E48" s="10"/>
       <c r="F48" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G48" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="49" spans="1:16135">
-      <c r="A49" s="11" t="s">
-        <v>120</v>
+      <c r="A49" s="11">
+        <v>1011074</v>
       </c>
       <c r="B49" s="10"/>
       <c r="C49" s="10"/>
       <c r="D49" s="12" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E49" s="10"/>
       <c r="F49" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G49" s="11" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:16135">
       <c r="A50" s="11" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B50" s="10"/>
       <c r="C50" s="10"/>
       <c r="D50" s="12" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="E50" s="10"/>
       <c r="F50" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G50" s="11" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16135">
+      <c r="A51" s="11" t="s">
         <v>125</v>
-      </c>
-[...3 lines deleted...]
-        <v>1011075</v>
       </c>
       <c r="B51" s="10"/>
       <c r="C51" s="10"/>
       <c r="D51" s="12" t="s">
         <v>126</v>
       </c>
       <c r="E51" s="10"/>
       <c r="F51" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G51" s="11" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="52" spans="1:16135">
       <c r="A52" s="11" t="s">
         <v>128</v>
       </c>
       <c r="B52" s="10"/>
       <c r="C52" s="10"/>
       <c r="D52" s="12" t="s">
         <v>129</v>
       </c>
       <c r="E52" s="10"/>
       <c r="F52" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G52" s="11" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:16135">
-      <c r="A53" s="11" t="s">
-        <v>131</v>
+      <c r="A53" s="11">
+        <v>1011075</v>
       </c>
       <c r="B53" s="10"/>
       <c r="C53" s="10"/>
       <c r="D53" s="12" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="E53" s="10"/>
       <c r="F53" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G53" s="11" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16135">
+      <c r="A54" s="11" t="s">
         <v>133</v>
-      </c>
-[...3 lines deleted...]
-        <v>1011076</v>
       </c>
       <c r="B54" s="10"/>
       <c r="C54" s="10"/>
       <c r="D54" s="12" t="s">
         <v>134</v>
       </c>
       <c r="E54" s="10"/>
       <c r="F54" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G54" s="11" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="55" spans="1:16135">
       <c r="A55" s="11" t="s">
         <v>136</v>
       </c>
       <c r="B55" s="10"/>
       <c r="C55" s="10"/>
       <c r="D55" s="12" t="s">
         <v>137</v>
       </c>
       <c r="E55" s="10"/>
       <c r="F55" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G55" s="11" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="56" spans="1:16135">
-      <c r="A56" s="11" t="s">
-        <v>139</v>
+      <c r="A56" s="11">
+        <v>1011076</v>
       </c>
       <c r="B56" s="10"/>
       <c r="C56" s="10"/>
       <c r="D56" s="12" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E56" s="10"/>
       <c r="F56" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G56" s="11" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16135">
+      <c r="A57" s="11" t="s">
         <v>141</v>
-      </c>
-[...3 lines deleted...]
-        <v>1011077</v>
       </c>
       <c r="B57" s="10"/>
       <c r="C57" s="10"/>
       <c r="D57" s="12" t="s">
         <v>142</v>
       </c>
       <c r="E57" s="10"/>
       <c r="F57" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G57" s="11" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="58" spans="1:16135">
       <c r="A58" s="11" t="s">
         <v>144</v>
       </c>
       <c r="B58" s="10"/>
       <c r="C58" s="10"/>
       <c r="D58" s="12" t="s">
         <v>145</v>
       </c>
       <c r="E58" s="10"/>
       <c r="F58" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G58" s="11" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="59" spans="1:16135">
-      <c r="A59" s="11" t="s">
-        <v>147</v>
+      <c r="A59" s="11">
+        <v>1011077</v>
       </c>
       <c r="B59" s="10"/>
       <c r="C59" s="10"/>
       <c r="D59" s="12" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E59" s="10"/>
       <c r="F59" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G59" s="11" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16135">
+      <c r="A60" s="11" t="s">
         <v>149</v>
-      </c>
-[...3 lines deleted...]
-        <v>1011078</v>
       </c>
       <c r="B60" s="10"/>
       <c r="C60" s="10"/>
       <c r="D60" s="12" t="s">
         <v>150</v>
       </c>
       <c r="E60" s="10"/>
       <c r="F60" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G60" s="11" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="61" spans="1:16135">
       <c r="A61" s="11" t="s">
         <v>152</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="12" t="s">
         <v>153</v>
       </c>
       <c r="E61" s="10"/>
       <c r="F61" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G61" s="11" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="62" spans="1:16135">
-      <c r="A62" s="11" t="s">
-        <v>155</v>
+      <c r="A62" s="11">
+        <v>1011078</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="12" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E62" s="10"/>
       <c r="F62" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G62" s="11" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16135">
+      <c r="A63" s="11" t="s">
         <v>157</v>
-      </c>
-[...3 lines deleted...]
-        <v>1011079</v>
       </c>
       <c r="B63" s="10"/>
       <c r="C63" s="10"/>
       <c r="D63" s="12" t="s">
         <v>158</v>
       </c>
       <c r="E63" s="10"/>
       <c r="F63" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G63" s="11" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="64" spans="1:16135">
       <c r="A64" s="11" t="s">
         <v>160</v>
       </c>
       <c r="B64" s="10"/>
       <c r="C64" s="10"/>
       <c r="D64" s="12" t="s">
         <v>161</v>
       </c>
       <c r="E64" s="10"/>
       <c r="F64" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G64" s="11" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="65" spans="1:16135">
-      <c r="A65" s="11" t="s">
-        <v>163</v>
+      <c r="A65" s="11">
+        <v>1011079</v>
       </c>
       <c r="B65" s="10"/>
       <c r="C65" s="10"/>
       <c r="D65" s="12" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E65" s="10"/>
       <c r="F65" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G65" s="11" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16135">
+      <c r="A66" s="11" t="s">
         <v>165</v>
-      </c>
-[...3 lines deleted...]
-        <v>1011080</v>
       </c>
       <c r="B66" s="10"/>
       <c r="C66" s="10"/>
       <c r="D66" s="12" t="s">
         <v>166</v>
       </c>
       <c r="E66" s="10"/>
       <c r="F66" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G66" s="11" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="67" spans="1:16135">
       <c r="A67" s="11" t="s">
         <v>168</v>
       </c>
       <c r="B67" s="10"/>
       <c r="C67" s="10"/>
       <c r="D67" s="12" t="s">
         <v>169</v>
       </c>
       <c r="E67" s="10"/>
       <c r="F67" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G67" s="11" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="68" spans="1:16135">
-      <c r="A68" s="11" t="s">
-        <v>171</v>
+      <c r="A68" s="11">
+        <v>1011080</v>
       </c>
       <c r="B68" s="10"/>
       <c r="C68" s="10"/>
       <c r="D68" s="12" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E68" s="10"/>
       <c r="F68" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G68" s="11" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
     </row>
     <row r="69" spans="1:16135">
       <c r="A69" s="11" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B69" s="10"/>
       <c r="C69" s="10"/>
       <c r="D69" s="12" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="E69" s="10"/>
       <c r="F69" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G69" s="11" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:16135">
       <c r="A70" s="11" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B70" s="10"/>
       <c r="C70" s="10"/>
       <c r="D70" s="12" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E70" s="10"/>
       <c r="F70" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G70" s="11" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="71" spans="1:16135">
       <c r="A71" s="11" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B71" s="10"/>
       <c r="C71" s="10"/>
       <c r="D71" s="12" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="E71" s="10"/>
       <c r="F71" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G71" s="11" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="72" spans="1:16135">
       <c r="A72" s="11" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B72" s="10"/>
       <c r="C72" s="10"/>
       <c r="D72" s="12" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E72" s="10"/>
       <c r="F72" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G72" s="11" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="73" spans="1:16135">
       <c r="A73" s="11" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B73" s="10"/>
       <c r="C73" s="10"/>
       <c r="D73" s="12" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="E73" s="10"/>
       <c r="F73" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G73" s="11" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="74" spans="1:16135">
       <c r="A74" s="11" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B74" s="10"/>
       <c r="C74" s="10"/>
       <c r="D74" s="12" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E74" s="10"/>
       <c r="F74" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G74" s="11" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:16135">
       <c r="A75" s="11" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B75" s="10"/>
       <c r="C75" s="10"/>
       <c r="D75" s="12" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E75" s="10"/>
       <c r="F75" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G75" s="11" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="76" spans="1:16135">
       <c r="A76" s="11" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="12" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E76" s="10"/>
       <c r="F76" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G76" s="11" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
     </row>
     <row r="77" spans="1:16135">
       <c r="A77" s="11" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B77" s="10"/>
       <c r="C77" s="10"/>
       <c r="D77" s="12" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="E77" s="10"/>
       <c r="F77" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G77" s="11" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="78" spans="1:16135">
       <c r="A78" s="11" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B78" s="10"/>
       <c r="C78" s="10"/>
       <c r="D78" s="12" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E78" s="10"/>
       <c r="F78" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G78" s="11" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16135">
+      <c r="A79" s="11" t="s">
         <v>203</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D80" s="9" t="s">
+      <c r="B79" s="10"/>
+      <c r="C79" s="10"/>
+      <c r="D79" s="12" t="s">
         <v>204</v>
       </c>
-      <c r="E80" s="8"/>
-[...9 lines deleted...]
-      <c r="D81" s="12" t="s">
+      <c r="E79" s="10"/>
+      <c r="F79" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G79" s="11" t="s">
         <v>205</v>
       </c>
-      <c r="E81" s="10"/>
-[...3 lines deleted...]
-      <c r="G81" s="11" t="s">
+    </row>
+    <row r="80" spans="1:16135">
+      <c r="A80" s="11" t="s">
         <v>206</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="D82" s="12" t="s">
+      <c r="B80" s="10"/>
+      <c r="C80" s="10"/>
+      <c r="D80" s="12" t="s">
         <v>207</v>
       </c>
-      <c r="E82" s="10"/>
-[...3 lines deleted...]
-      <c r="G82" s="11" t="s">
+      <c r="E80" s="10"/>
+      <c r="F80" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G80" s="11" t="s">
         <v>208</v>
       </c>
+    </row>
+    <row r="82" spans="1:16135" customHeight="1" ht="60">
+      <c r="A82" s="2"/>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="9" t="s">
+        <v>209</v>
+      </c>
+      <c r="E82" s="8"/>
+      <c r="F82" s="8"/>
+      <c r="G82" s="8"/>
     </row>
     <row r="83" spans="1:16135">
       <c r="A83" s="11">
-        <v>6588</v>
+        <v>8947</v>
       </c>
       <c r="B83" s="10"/>
       <c r="C83" s="10"/>
       <c r="D83" s="12" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E83" s="10"/>
       <c r="F83" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G83" s="11" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="84" spans="1:16135">
       <c r="A84" s="11">
-        <v>7668</v>
+        <v>6492</v>
       </c>
       <c r="B84" s="10"/>
       <c r="C84" s="10"/>
       <c r="D84" s="12" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E84" s="10"/>
       <c r="F84" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G84" s="11" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="85" spans="1:16135">
       <c r="A85" s="11">
-        <v>7669</v>
+        <v>6588</v>
       </c>
       <c r="B85" s="10"/>
       <c r="C85" s="10"/>
       <c r="D85" s="12" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E85" s="10"/>
       <c r="F85" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G85" s="11" t="s">
-        <v>214</v>
-[...6 lines deleted...]
-      <c r="D87" s="9" t="s">
         <v>215</v>
       </c>
-      <c r="E87" s="8"/>
-[...4 lines deleted...]
-      <c r="A88" s="11" t="s">
+    </row>
+    <row r="86" spans="1:16135">
+      <c r="A86" s="11">
+        <v>7668</v>
+      </c>
+      <c r="B86" s="10"/>
+      <c r="C86" s="10"/>
+      <c r="D86" s="12" t="s">
         <v>216</v>
       </c>
-      <c r="B88" s="10"/>
-[...1 lines deleted...]
-      <c r="D88" s="12" t="s">
+      <c r="E86" s="10"/>
+      <c r="F86" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G86" s="11" t="s">
         <v>217</v>
       </c>
-      <c r="E88" s="10"/>
-[...3 lines deleted...]
-      <c r="G88" s="11" t="s">
+    </row>
+    <row r="87" spans="1:16135">
+      <c r="A87" s="11">
+        <v>7669</v>
+      </c>
+      <c r="B87" s="10"/>
+      <c r="C87" s="10"/>
+      <c r="D87" s="12" t="s">
         <v>218</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D90" s="9" t="s">
+      <c r="E87" s="10"/>
+      <c r="F87" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G87" s="11" t="s">
         <v>219</v>
       </c>
-      <c r="E90" s="8"/>
-[...4 lines deleted...]
-      <c r="A91" s="11" t="s">
+    </row>
+    <row r="89" spans="1:16135" customHeight="1" ht="60">
+      <c r="A89" s="2"/>
+      <c r="B89" s="2"/>
+      <c r="C89" s="2"/>
+      <c r="D89" s="9" t="s">
         <v>220</v>
       </c>
-      <c r="B91" s="10"/>
-[...1 lines deleted...]
-      <c r="D91" s="12" t="s">
+      <c r="E89" s="8"/>
+      <c r="F89" s="8"/>
+      <c r="G89" s="8"/>
+    </row>
+    <row r="90" spans="1:16135">
+      <c r="A90" s="11" t="s">
         <v>221</v>
       </c>
-      <c r="E91" s="10"/>
-[...3 lines deleted...]
-      <c r="G91" s="11" t="s">
+      <c r="B90" s="10"/>
+      <c r="C90" s="10"/>
+      <c r="D90" s="12" t="s">
         <v>222</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A92" s="11" t="s">
+      <c r="E90" s="10"/>
+      <c r="F90" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G90" s="11" t="s">
         <v>223</v>
       </c>
-      <c r="B92" s="10"/>
-[...1 lines deleted...]
-      <c r="D92" s="12" t="s">
+    </row>
+    <row r="92" spans="1:16135" customHeight="1" ht="60">
+      <c r="A92" s="2"/>
+      <c r="B92" s="2"/>
+      <c r="C92" s="2"/>
+      <c r="D92" s="9" t="s">
         <v>224</v>
       </c>
-      <c r="E92" s="10"/>
-[...5 lines deleted...]
-      </c>
+      <c r="E92" s="8"/>
+      <c r="F92" s="8"/>
+      <c r="G92" s="8"/>
     </row>
     <row r="93" spans="1:16135">
       <c r="A93" s="11" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B93" s="10"/>
       <c r="C93" s="10"/>
       <c r="D93" s="12" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="E93" s="10"/>
       <c r="F93" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G93" s="11" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="94" spans="1:16135">
       <c r="A94" s="11" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B94" s="10"/>
       <c r="C94" s="10"/>
       <c r="D94" s="12" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="E94" s="10"/>
       <c r="F94" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G94" s="11" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="95" spans="1:16135">
       <c r="A95" s="11" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B95" s="10"/>
       <c r="C95" s="10"/>
       <c r="D95" s="12" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="E95" s="10"/>
       <c r="F95" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G95" s="11" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="96" spans="1:16135">
       <c r="A96" s="11" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B96" s="10"/>
       <c r="C96" s="10"/>
       <c r="D96" s="12" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="E96" s="10"/>
       <c r="F96" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G96" s="11" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
     </row>
     <row r="97" spans="1:16135">
       <c r="A97" s="11" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B97" s="10"/>
       <c r="C97" s="10"/>
       <c r="D97" s="12" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="E97" s="10"/>
       <c r="F97" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G97" s="11" t="s">
-        <v>218</v>
+        <v>239</v>
       </c>
     </row>
     <row r="98" spans="1:16135">
       <c r="A98" s="11" t="s">
         <v>240</v>
       </c>
       <c r="B98" s="10"/>
       <c r="C98" s="10"/>
       <c r="D98" s="12" t="s">
         <v>241</v>
       </c>
       <c r="E98" s="10"/>
       <c r="F98" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G98" s="11" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="99" spans="1:16135">
       <c r="A99" s="11" t="s">
         <v>243</v>
       </c>
       <c r="B99" s="10"/>
       <c r="C99" s="10"/>
       <c r="D99" s="12" t="s">
         <v>244</v>
       </c>
       <c r="E99" s="10"/>
       <c r="F99" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G99" s="11" t="s">
-        <v>245</v>
+        <v>223</v>
       </c>
     </row>
     <row r="100" spans="1:16135">
       <c r="A100" s="11" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B100" s="10"/>
       <c r="C100" s="10"/>
       <c r="D100" s="12" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E100" s="10"/>
       <c r="F100" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G100" s="11" t="s">
-        <v>208</v>
+        <v>247</v>
       </c>
     </row>
     <row r="101" spans="1:16135">
       <c r="A101" s="11" t="s">
         <v>248</v>
       </c>
       <c r="B101" s="10"/>
       <c r="C101" s="10"/>
       <c r="D101" s="12" t="s">
         <v>249</v>
       </c>
       <c r="E101" s="10"/>
       <c r="F101" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G101" s="11" t="s">
-        <v>222</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:16135">
       <c r="A102" s="11" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B102" s="10"/>
       <c r="C102" s="10"/>
       <c r="D102" s="12" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E102" s="10"/>
       <c r="F102" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G102" s="11" t="s">
-        <v>252</v>
+        <v>213</v>
       </c>
     </row>
     <row r="103" spans="1:16135">
       <c r="A103" s="11" t="s">
         <v>253</v>
       </c>
       <c r="B103" s="10"/>
       <c r="C103" s="10"/>
       <c r="D103" s="12" t="s">
         <v>254</v>
       </c>
       <c r="E103" s="10"/>
       <c r="F103" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G103" s="11" t="s">
-        <v>255</v>
+        <v>227</v>
       </c>
     </row>
     <row r="104" spans="1:16135">
       <c r="A104" s="11" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B104" s="10"/>
       <c r="C104" s="10"/>
       <c r="D104" s="12" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="E104" s="10"/>
       <c r="F104" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G104" s="11" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
     </row>
     <row r="105" spans="1:16135">
       <c r="A105" s="11" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B105" s="10"/>
       <c r="C105" s="10"/>
       <c r="D105" s="12" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="E105" s="10"/>
       <c r="F105" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G105" s="11" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
     </row>
     <row r="106" spans="1:16135">
       <c r="A106" s="11" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B106" s="10"/>
       <c r="C106" s="10"/>
       <c r="D106" s="12" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E106" s="10"/>
       <c r="F106" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G106" s="11" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="107" spans="1:16135">
       <c r="A107" s="11" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B107" s="10"/>
       <c r="C107" s="10"/>
       <c r="D107" s="12" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="E107" s="10"/>
       <c r="F107" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G107" s="11" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16135">
+      <c r="A108" s="11" t="s">
         <v>267</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D109" s="9" t="s">
+      <c r="B108" s="10"/>
+      <c r="C108" s="10"/>
+      <c r="D108" s="12" t="s">
         <v>268</v>
       </c>
-      <c r="E109" s="8"/>
-[...22 lines deleted...]
-      <c r="D112" s="9" t="s">
+      <c r="E108" s="10"/>
+      <c r="F108" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G108" s="11" t="s">
         <v>269</v>
       </c>
-      <c r="E112" s="8"/>
-[...4 lines deleted...]
-      <c r="A113" s="11" t="s">
+    </row>
+    <row r="109" spans="1:16135">
+      <c r="A109" s="11" t="s">
         <v>270</v>
       </c>
-      <c r="B113" s="10"/>
-[...1 lines deleted...]
-      <c r="D113" s="12" t="s">
+      <c r="B109" s="10"/>
+      <c r="C109" s="10"/>
+      <c r="D109" s="12" t="s">
         <v>271</v>
       </c>
-      <c r="E113" s="10"/>
-[...3 lines deleted...]
-      <c r="G113" s="11" t="s">
+      <c r="E109" s="10"/>
+      <c r="F109" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G109" s="11" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="114" spans="1:16135">
-[...5 lines deleted...]
-      <c r="D114" s="12" t="s">
+    <row r="111" spans="1:16135" customHeight="1" ht="60">
+      <c r="A111" s="2"/>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="9" t="s">
         <v>273</v>
       </c>
-      <c r="E114" s="10"/>
-[...3 lines deleted...]
-      <c r="G114" s="11" t="s">
+      <c r="E111" s="8"/>
+      <c r="F111" s="8"/>
+      <c r="G111" s="8"/>
+    </row>
+    <row r="112" spans="1:16135">
+      <c r="A112" s="11"/>
+      <c r="B112" s="10"/>
+      <c r="C112" s="10"/>
+      <c r="D112" s="12" t="s">
+        <v>273</v>
+      </c>
+      <c r="E112" s="10"/>
+      <c r="F112" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G112" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16135" customHeight="1" ht="60">
+      <c r="A114" s="2"/>
+      <c r="B114" s="2"/>
+      <c r="C114" s="2"/>
+      <c r="D114" s="9" t="s">
         <v>274</v>
       </c>
+      <c r="E114" s="8"/>
+      <c r="F114" s="8"/>
+      <c r="G114" s="8"/>
     </row>
     <row r="115" spans="1:16135">
       <c r="A115" s="11" t="s">
         <v>275</v>
       </c>
       <c r="B115" s="10"/>
       <c r="C115" s="10"/>
       <c r="D115" s="12" t="s">
         <v>276</v>
       </c>
       <c r="E115" s="10"/>
       <c r="F115" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G115" s="11" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="116" spans="1:16135">
       <c r="A116" s="11">
-        <v>1001073</v>
+        <v>1001022</v>
       </c>
       <c r="B116" s="10"/>
       <c r="C116" s="10"/>
       <c r="D116" s="12" t="s">
         <v>278</v>
       </c>
       <c r="E116" s="10"/>
       <c r="F116" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G116" s="11" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="117" spans="1:16135">
       <c r="A117" s="11" t="s">
         <v>280</v>
       </c>
       <c r="B117" s="10"/>
       <c r="C117" s="10"/>
       <c r="D117" s="12" t="s">
         <v>281</v>
       </c>
       <c r="E117" s="10"/>
       <c r="F117" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G117" s="11" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="118" spans="1:16135">
-      <c r="A118" s="11" t="s">
-        <v>283</v>
+      <c r="A118" s="11">
+        <v>1001073</v>
       </c>
       <c r="B118" s="10"/>
       <c r="C118" s="10"/>
       <c r="D118" s="12" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="E118" s="10"/>
       <c r="F118" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G118" s="11" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16135">
+      <c r="A119" s="11" t="s">
         <v>285</v>
-      </c>
-[...3 lines deleted...]
-        <v>1001017</v>
       </c>
       <c r="B119" s="10"/>
       <c r="C119" s="10"/>
       <c r="D119" s="12" t="s">
         <v>286</v>
       </c>
       <c r="E119" s="10"/>
       <c r="F119" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G119" s="11" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="120" spans="1:16135">
       <c r="A120" s="11" t="s">
         <v>288</v>
       </c>
       <c r="B120" s="10"/>
       <c r="C120" s="10"/>
       <c r="D120" s="12" t="s">
         <v>289</v>
       </c>
       <c r="E120" s="10"/>
       <c r="F120" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G120" s="11" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="121" spans="1:16135">
       <c r="A121" s="11">
-        <v>1001010</v>
+        <v>1001016</v>
       </c>
       <c r="B121" s="10"/>
       <c r="C121" s="10"/>
       <c r="D121" s="12" t="s">
         <v>291</v>
       </c>
       <c r="E121" s="10"/>
       <c r="F121" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G121" s="11" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="122" spans="1:16135">
       <c r="A122" s="11" t="s">
         <v>293</v>
       </c>
       <c r="B122" s="10"/>
       <c r="C122" s="10"/>
       <c r="D122" s="12" t="s">
         <v>294</v>
       </c>
       <c r="E122" s="10"/>
       <c r="F122" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G122" s="11" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="123" spans="1:16135">
       <c r="A123" s="11">
-        <v>1001001</v>
+        <v>1001017</v>
       </c>
       <c r="B123" s="10"/>
       <c r="C123" s="10"/>
       <c r="D123" s="12" t="s">
         <v>296</v>
       </c>
       <c r="E123" s="10"/>
       <c r="F123" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G123" s="11" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="124" spans="1:16135">
       <c r="A124" s="11" t="s">
         <v>298</v>
       </c>
       <c r="B124" s="10"/>
       <c r="C124" s="10"/>
       <c r="D124" s="12" t="s">
         <v>299</v>
       </c>
       <c r="E124" s="10"/>
       <c r="F124" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G124" s="11" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:16135">
       <c r="A125" s="11" t="s">
         <v>301</v>
       </c>
       <c r="B125" s="10"/>
       <c r="C125" s="10"/>
       <c r="D125" s="12" t="s">
         <v>302</v>
       </c>
       <c r="E125" s="10"/>
       <c r="F125" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G125" s="11" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="126" spans="1:16135">
-      <c r="A126" s="11" t="s">
-        <v>304</v>
+      <c r="A126" s="11">
+        <v>1001001</v>
       </c>
       <c r="B126" s="10"/>
       <c r="C126" s="10"/>
       <c r="D126" s="12" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="E126" s="10"/>
       <c r="F126" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G126" s="11" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="127" spans="1:16135">
       <c r="A127" s="11" t="s">
         <v>306</v>
       </c>
       <c r="B127" s="10"/>
       <c r="C127" s="10"/>
       <c r="D127" s="12" t="s">
         <v>307</v>
       </c>
       <c r="E127" s="10"/>
       <c r="F127" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G127" s="11" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="128" spans="1:16135">
       <c r="A128" s="11">
-        <v>1001005</v>
+        <v>1001002</v>
       </c>
       <c r="B128" s="10"/>
       <c r="C128" s="10"/>
       <c r="D128" s="12" t="s">
         <v>309</v>
       </c>
       <c r="E128" s="10"/>
       <c r="F128" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G128" s="11" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="129" spans="1:16135">
       <c r="A129" s="11" t="s">
         <v>311</v>
       </c>
       <c r="B129" s="10"/>
       <c r="C129" s="10"/>
       <c r="D129" s="12" t="s">
         <v>312</v>
       </c>
       <c r="E129" s="10"/>
       <c r="F129" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G129" s="11" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="130" spans="1:16135">
       <c r="A130" s="11" t="s">
         <v>314</v>
       </c>
       <c r="B130" s="10"/>
       <c r="C130" s="10"/>
       <c r="D130" s="12" t="s">
         <v>315</v>
       </c>
       <c r="E130" s="10"/>
       <c r="F130" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G130" s="11" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16135">
+      <c r="A131" s="11" t="s">
         <v>316</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D132" s="9" t="s">
+      <c r="B131" s="10"/>
+      <c r="C131" s="10"/>
+      <c r="D131" s="12" t="s">
         <v>317</v>
       </c>
-      <c r="E132" s="8"/>
-[...1 lines deleted...]
-      <c r="G132" s="8"/>
+      <c r="E131" s="10"/>
+      <c r="F131" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G131" s="11" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16135">
+      <c r="A132" s="11">
+        <v>1001005</v>
+      </c>
+      <c r="B132" s="10"/>
+      <c r="C132" s="10"/>
+      <c r="D132" s="12" t="s">
+        <v>319</v>
+      </c>
+      <c r="E132" s="10"/>
+      <c r="F132" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G132" s="11" t="s">
+        <v>320</v>
+      </c>
     </row>
     <row r="133" spans="1:16135">
       <c r="A133" s="11" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B133" s="10"/>
       <c r="C133" s="10"/>
       <c r="D133" s="12" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="E133" s="10"/>
       <c r="F133" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G133" s="11" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="134" spans="1:16135">
       <c r="A134" s="11" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B134" s="10"/>
       <c r="C134" s="10"/>
       <c r="D134" s="12" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="E134" s="10"/>
       <c r="F134" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G134" s="11" t="s">
-        <v>323</v>
-[...15 lines deleted...]
-      <c r="G135" s="11" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="136" spans="1:16135">
-[...5 lines deleted...]
-      <c r="D136" s="12" t="s">
+    <row r="136" spans="1:16135" customHeight="1" ht="60">
+      <c r="A136" s="2"/>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="9" t="s">
         <v>327</v>
       </c>
-      <c r="E136" s="10"/>
-[...3 lines deleted...]
-      <c r="G136" s="11" t="s">
+      <c r="E136" s="8"/>
+      <c r="F136" s="8"/>
+      <c r="G136" s="8"/>
+    </row>
+    <row r="137" spans="1:16135">
+      <c r="A137" s="11" t="s">
         <v>328</v>
-      </c>
-[...3 lines deleted...]
-        <v>1010032</v>
       </c>
       <c r="B137" s="10"/>
       <c r="C137" s="10"/>
       <c r="D137" s="12" t="s">
         <v>329</v>
       </c>
       <c r="E137" s="10"/>
       <c r="F137" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G137" s="11" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="138" spans="1:16135">
-      <c r="A138" s="11">
-        <v>1010025</v>
+      <c r="A138" s="11" t="s">
+        <v>331</v>
       </c>
       <c r="B138" s="10"/>
       <c r="C138" s="10"/>
       <c r="D138" s="12" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E138" s="10"/>
       <c r="F138" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G138" s="11" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="139" spans="1:16135">
-      <c r="A139" s="11">
-        <v>1010026</v>
+      <c r="A139" s="11" t="s">
+        <v>334</v>
       </c>
       <c r="B139" s="10"/>
       <c r="C139" s="10"/>
       <c r="D139" s="12" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E139" s="10"/>
       <c r="F139" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G139" s="11" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="140" spans="1:16135">
-      <c r="A140" s="11" t="s">
-        <v>335</v>
+      <c r="A140" s="11">
+        <v>1010030</v>
       </c>
       <c r="B140" s="10"/>
       <c r="C140" s="10"/>
       <c r="D140" s="12" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E140" s="10"/>
       <c r="F140" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G140" s="11" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="141" spans="1:16135">
-      <c r="A141" s="11" t="s">
-        <v>338</v>
+      <c r="A141" s="11">
+        <v>1010032</v>
       </c>
       <c r="B141" s="10"/>
       <c r="C141" s="10"/>
       <c r="D141" s="12" t="s">
         <v>339</v>
       </c>
       <c r="E141" s="10"/>
       <c r="F141" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G141" s="11" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="142" spans="1:16135">
       <c r="A142" s="11">
-        <v>1010125</v>
+        <v>1010025</v>
       </c>
       <c r="B142" s="10"/>
       <c r="C142" s="10"/>
       <c r="D142" s="12" t="s">
         <v>341</v>
       </c>
       <c r="E142" s="10"/>
       <c r="F142" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G142" s="11" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="143" spans="1:16135">
       <c r="A143" s="11">
-        <v>1010159</v>
+        <v>1010026</v>
       </c>
       <c r="B143" s="10"/>
       <c r="C143" s="10"/>
       <c r="D143" s="12" t="s">
         <v>343</v>
       </c>
       <c r="E143" s="10"/>
       <c r="F143" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G143" s="11" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="144" spans="1:16135">
-      <c r="A144" s="11">
-        <v>1010161</v>
+      <c r="A144" s="11" t="s">
+        <v>345</v>
       </c>
       <c r="B144" s="10"/>
       <c r="C144" s="10"/>
       <c r="D144" s="12" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E144" s="10"/>
       <c r="F144" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G144" s="11" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="145" spans="1:16135">
       <c r="A145" s="11" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B145" s="10"/>
       <c r="C145" s="10"/>
       <c r="D145" s="12" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E145" s="10"/>
       <c r="F145" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G145" s="11" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="146" spans="1:16135">
-      <c r="A146" s="11" t="s">
-        <v>350</v>
+      <c r="A146" s="11">
+        <v>1010125</v>
       </c>
       <c r="B146" s="10"/>
       <c r="C146" s="10"/>
       <c r="D146" s="12" t="s">
         <v>351</v>
       </c>
       <c r="E146" s="10"/>
       <c r="F146" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G146" s="11" t="s">
         <v>352</v>
       </c>
     </row>
-    <row r="148" spans="1:16135" customHeight="1" ht="60">
-[...3 lines deleted...]
-      <c r="D148" s="9" t="s">
+    <row r="147" spans="1:16135">
+      <c r="A147" s="11">
+        <v>1010159</v>
+      </c>
+      <c r="B147" s="10"/>
+      <c r="C147" s="10"/>
+      <c r="D147" s="12" t="s">
         <v>353</v>
       </c>
-      <c r="E148" s="8"/>
-[...1 lines deleted...]
-      <c r="G148" s="8"/>
+      <c r="E147" s="10"/>
+      <c r="F147" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G147" s="11" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16135">
+      <c r="A148" s="11">
+        <v>1010161</v>
+      </c>
+      <c r="B148" s="10"/>
+      <c r="C148" s="10"/>
+      <c r="D148" s="12" t="s">
+        <v>355</v>
+      </c>
+      <c r="E148" s="10"/>
+      <c r="F148" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G148" s="11" t="s">
+        <v>356</v>
+      </c>
     </row>
     <row r="149" spans="1:16135">
       <c r="A149" s="11" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B149" s="10"/>
       <c r="C149" s="10"/>
       <c r="D149" s="12" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="E149" s="10"/>
       <c r="F149" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G149" s="11" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
     </row>
     <row r="150" spans="1:16135">
       <c r="A150" s="11" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B150" s="10"/>
       <c r="C150" s="10"/>
       <c r="D150" s="12" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="E150" s="10"/>
       <c r="F150" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G150" s="11" t="s">
-        <v>359</v>
-[...15 lines deleted...]
-      <c r="G151" s="11" t="s">
         <v>362</v>
       </c>
     </row>
-    <row r="152" spans="1:16135">
-[...5 lines deleted...]
-      <c r="D152" s="12" t="s">
+    <row r="152" spans="1:16135" customHeight="1" ht="60">
+      <c r="A152" s="2"/>
+      <c r="B152" s="2"/>
+      <c r="C152" s="2"/>
+      <c r="D152" s="9" t="s">
         <v>363</v>
       </c>
-      <c r="E152" s="10"/>
-[...5 lines deleted...]
-      </c>
+      <c r="E152" s="8"/>
+      <c r="F152" s="8"/>
+      <c r="G152" s="8"/>
     </row>
     <row r="153" spans="1:16135">
       <c r="A153" s="11" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B153" s="10"/>
       <c r="C153" s="10"/>
       <c r="D153" s="12" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="E153" s="10"/>
       <c r="F153" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G153" s="11" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
     </row>
     <row r="154" spans="1:16135">
       <c r="A154" s="11" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="B154" s="10"/>
       <c r="C154" s="10"/>
       <c r="D154" s="12" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="E154" s="10"/>
       <c r="F154" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G154" s="11" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16135">
+      <c r="A155" s="11" t="s">
         <v>370</v>
-      </c>
-[...3 lines deleted...]
-        <v>1001343</v>
       </c>
       <c r="B155" s="10"/>
       <c r="C155" s="10"/>
       <c r="D155" s="12" t="s">
         <v>371</v>
       </c>
       <c r="E155" s="10"/>
       <c r="F155" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G155" s="11" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="156" spans="1:16135">
       <c r="A156" s="11">
-        <v>1001344</v>
+        <v>1001349</v>
       </c>
       <c r="B156" s="10"/>
       <c r="C156" s="10"/>
       <c r="D156" s="12" t="s">
         <v>373</v>
       </c>
       <c r="E156" s="10"/>
       <c r="F156" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G156" s="11" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="157" spans="1:16135">
       <c r="A157" s="11" t="s">
         <v>375</v>
       </c>
       <c r="B157" s="10"/>
       <c r="C157" s="10"/>
       <c r="D157" s="12" t="s">
         <v>376</v>
       </c>
       <c r="E157" s="10"/>
       <c r="F157" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G157" s="11" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="158" spans="1:16135">
       <c r="A158" s="11" t="s">
         <v>378</v>
       </c>
       <c r="B158" s="10"/>
       <c r="C158" s="10"/>
       <c r="D158" s="12" t="s">
         <v>379</v>
       </c>
       <c r="E158" s="10"/>
       <c r="F158" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G158" s="11" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="159" spans="1:16135">
-      <c r="A159" s="11" t="s">
-        <v>381</v>
+      <c r="A159" s="11">
+        <v>1001343</v>
       </c>
       <c r="B159" s="10"/>
       <c r="C159" s="10"/>
       <c r="D159" s="12" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="E159" s="10"/>
       <c r="F159" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G159" s="11" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
     </row>
     <row r="160" spans="1:16135">
       <c r="A160" s="11">
-        <v>1001075</v>
+        <v>1001344</v>
       </c>
       <c r="B160" s="10"/>
       <c r="C160" s="10"/>
       <c r="D160" s="12" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="E160" s="10"/>
       <c r="F160" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G160" s="11" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
     </row>
     <row r="161" spans="1:16135">
       <c r="A161" s="11" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B161" s="10"/>
       <c r="C161" s="10"/>
       <c r="D161" s="12" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="E161" s="10"/>
       <c r="F161" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G161" s="11" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16135">
+      <c r="A162" s="11" t="s">
         <v>388</v>
-      </c>
-[...3 lines deleted...]
-        <v>1001026</v>
       </c>
       <c r="B162" s="10"/>
       <c r="C162" s="10"/>
       <c r="D162" s="12" t="s">
         <v>389</v>
       </c>
       <c r="E162" s="10"/>
       <c r="F162" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G162" s="11" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="163" spans="1:16135">
-      <c r="A163" s="11">
-        <v>1001027</v>
+      <c r="A163" s="11" t="s">
+        <v>391</v>
       </c>
       <c r="B163" s="10"/>
       <c r="C163" s="10"/>
       <c r="D163" s="12" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E163" s="10"/>
       <c r="F163" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G163" s="11" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="164" spans="1:16135">
-      <c r="A164" s="11" t="s">
-        <v>393</v>
+      <c r="A164" s="11">
+        <v>1001075</v>
       </c>
       <c r="B164" s="10"/>
       <c r="C164" s="10"/>
       <c r="D164" s="12" t="s">
         <v>394</v>
       </c>
       <c r="E164" s="10"/>
       <c r="F164" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G164" s="11" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="165" spans="1:16135">
       <c r="A165" s="11" t="s">
         <v>396</v>
       </c>
       <c r="B165" s="10"/>
       <c r="C165" s="10"/>
       <c r="D165" s="12" t="s">
         <v>397</v>
       </c>
       <c r="E165" s="10"/>
       <c r="F165" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G165" s="11" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="166" spans="1:16135">
-      <c r="A166" s="11" t="s">
-        <v>399</v>
+      <c r="A166" s="11">
+        <v>1001026</v>
       </c>
       <c r="B166" s="10"/>
       <c r="C166" s="10"/>
       <c r="D166" s="12" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="E166" s="10"/>
       <c r="F166" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G166" s="11" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16135">
+      <c r="A167" s="11">
+        <v>1001027</v>
+      </c>
+      <c r="B167" s="10"/>
+      <c r="C167" s="10"/>
+      <c r="D167" s="12" t="s">
         <v>401</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D168" s="9" t="s">
+      <c r="E167" s="10"/>
+      <c r="F167" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G167" s="11" t="s">
         <v>402</v>
       </c>
-      <c r="E168" s="8"/>
-[...1 lines deleted...]
-      <c r="G168" s="8"/>
+    </row>
+    <row r="168" spans="1:16135">
+      <c r="A168" s="11" t="s">
+        <v>403</v>
+      </c>
+      <c r="B168" s="10"/>
+      <c r="C168" s="10"/>
+      <c r="D168" s="12" t="s">
+        <v>404</v>
+      </c>
+      <c r="E168" s="10"/>
+      <c r="F168" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G168" s="11" t="s">
+        <v>405</v>
+      </c>
     </row>
     <row r="169" spans="1:16135">
       <c r="A169" s="11" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B169" s="10"/>
       <c r="C169" s="10"/>
       <c r="D169" s="12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="E169" s="10"/>
       <c r="F169" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G169" s="11" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
     </row>
     <row r="170" spans="1:16135">
       <c r="A170" s="11" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B170" s="10"/>
       <c r="C170" s="10"/>
       <c r="D170" s="12" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="E170" s="10"/>
       <c r="F170" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G170" s="11" t="s">
-        <v>408</v>
-[...15 lines deleted...]
-      <c r="G171" s="11" t="s">
         <v>411</v>
       </c>
     </row>
-    <row r="172" spans="1:16135">
-      <c r="A172" s="11" t="s">
+    <row r="172" spans="1:16135" customHeight="1" ht="60">
+      <c r="A172" s="2"/>
+      <c r="B172" s="2"/>
+      <c r="C172" s="2"/>
+      <c r="D172" s="9" t="s">
         <v>412</v>
       </c>
-      <c r="B172" s="10"/>
-[...10 lines deleted...]
-      </c>
+      <c r="E172" s="8"/>
+      <c r="F172" s="8"/>
+      <c r="G172" s="8"/>
     </row>
     <row r="173" spans="1:16135">
       <c r="A173" s="11" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B173" s="10"/>
       <c r="C173" s="10"/>
       <c r="D173" s="12" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="E173" s="10"/>
       <c r="F173" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G173" s="11" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
     </row>
     <row r="174" spans="1:16135">
       <c r="A174" s="11" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B174" s="10"/>
       <c r="C174" s="10"/>
       <c r="D174" s="12" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="E174" s="10"/>
       <c r="F174" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G174" s="11" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
     </row>
     <row r="175" spans="1:16135">
       <c r="A175" s="11" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="B175" s="10"/>
       <c r="C175" s="10"/>
       <c r="D175" s="12" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="E175" s="10"/>
       <c r="F175" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G175" s="11" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
     </row>
     <row r="176" spans="1:16135">
       <c r="A176" s="11" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="B176" s="10"/>
       <c r="C176" s="10"/>
       <c r="D176" s="12" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="E176" s="10"/>
       <c r="F176" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G176" s="11" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
     </row>
     <row r="177" spans="1:16135">
       <c r="A177" s="11" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B177" s="10"/>
       <c r="C177" s="10"/>
       <c r="D177" s="12" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="E177" s="10"/>
       <c r="F177" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G177" s="11" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
     </row>
     <row r="178" spans="1:16135">
       <c r="A178" s="11" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="B178" s="10"/>
       <c r="C178" s="10"/>
       <c r="D178" s="12" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="E178" s="10"/>
       <c r="F178" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G178" s="11" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
     </row>
     <row r="179" spans="1:16135">
       <c r="A179" s="11" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B179" s="10"/>
       <c r="C179" s="10"/>
       <c r="D179" s="12" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="E179" s="10"/>
       <c r="F179" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G179" s="11" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
     </row>
     <row r="180" spans="1:16135">
       <c r="A180" s="11" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="B180" s="10"/>
       <c r="C180" s="10"/>
       <c r="D180" s="12" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="E180" s="10"/>
       <c r="F180" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G180" s="11" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
     </row>
     <row r="181" spans="1:16135">
       <c r="A181" s="11" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B181" s="10"/>
       <c r="C181" s="10"/>
       <c r="D181" s="12" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="E181" s="10"/>
       <c r="F181" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G181" s="11" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
     </row>
     <row r="182" spans="1:16135">
       <c r="A182" s="11" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B182" s="10"/>
       <c r="C182" s="10"/>
       <c r="D182" s="12" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="E182" s="10"/>
       <c r="F182" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G182" s="11" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
     </row>
     <row r="183" spans="1:16135">
       <c r="A183" s="11" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B183" s="10"/>
       <c r="C183" s="10"/>
       <c r="D183" s="12" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="E183" s="10"/>
       <c r="F183" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G183" s="11" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
     </row>
     <row r="184" spans="1:16135">
       <c r="A184" s="11" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B184" s="10"/>
       <c r="C184" s="10"/>
       <c r="D184" s="12" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="E184" s="10"/>
       <c r="F184" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G184" s="11" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
     </row>
     <row r="185" spans="1:16135">
       <c r="A185" s="11" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="B185" s="10"/>
       <c r="C185" s="10"/>
       <c r="D185" s="12" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="E185" s="10"/>
       <c r="F185" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G185" s="11" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
     </row>
     <row r="186" spans="1:16135">
       <c r="A186" s="11" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="B186" s="10"/>
       <c r="C186" s="10"/>
       <c r="D186" s="12" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="E186" s="10"/>
       <c r="F186" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G186" s="11" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16135">
+      <c r="A187" s="11" t="s">
+        <v>455</v>
+      </c>
+      <c r="B187" s="10"/>
+      <c r="C187" s="10"/>
+      <c r="D187" s="12" t="s">
         <v>456</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D188" s="9" t="s">
+      <c r="E187" s="10"/>
+      <c r="F187" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G187" s="11" t="s">
         <v>457</v>
       </c>
-      <c r="E188" s="8"/>
-[...1 lines deleted...]
-      <c r="G188" s="8"/>
+    </row>
+    <row r="188" spans="1:16135">
+      <c r="A188" s="11" t="s">
+        <v>458</v>
+      </c>
+      <c r="B188" s="10"/>
+      <c r="C188" s="10"/>
+      <c r="D188" s="12" t="s">
+        <v>459</v>
+      </c>
+      <c r="E188" s="10"/>
+      <c r="F188" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G188" s="11" t="s">
+        <v>460</v>
+      </c>
     </row>
     <row r="189" spans="1:16135">
       <c r="A189" s="11" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B189" s="10"/>
       <c r="C189" s="10"/>
       <c r="D189" s="12" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="E189" s="10"/>
       <c r="F189" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G189" s="11" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
     </row>
     <row r="190" spans="1:16135">
       <c r="A190" s="11" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B190" s="10"/>
       <c r="C190" s="10"/>
       <c r="D190" s="12" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="E190" s="10"/>
       <c r="F190" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G190" s="11" t="s">
-        <v>463</v>
-[...15 lines deleted...]
-      <c r="G191" s="11" t="s">
         <v>466</v>
       </c>
     </row>
-    <row r="192" spans="1:16135">
-      <c r="A192" s="11" t="s">
+    <row r="192" spans="1:16135" customHeight="1" ht="60">
+      <c r="A192" s="2"/>
+      <c r="B192" s="2"/>
+      <c r="C192" s="2"/>
+      <c r="D192" s="9" t="s">
         <v>467</v>
       </c>
-      <c r="B192" s="10"/>
-[...10 lines deleted...]
-      </c>
+      <c r="E192" s="8"/>
+      <c r="F192" s="8"/>
+      <c r="G192" s="8"/>
     </row>
     <row r="193" spans="1:16135">
       <c r="A193" s="11" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="B193" s="10"/>
       <c r="C193" s="10"/>
       <c r="D193" s="12" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="E193" s="10"/>
       <c r="F193" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G193" s="11" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
     </row>
     <row r="194" spans="1:16135">
       <c r="A194" s="11" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B194" s="10"/>
       <c r="C194" s="10"/>
       <c r="D194" s="12" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="E194" s="10"/>
       <c r="F194" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G194" s="11" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
     </row>
     <row r="195" spans="1:16135">
       <c r="A195" s="11" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B195" s="10"/>
       <c r="C195" s="10"/>
       <c r="D195" s="12" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="E195" s="10"/>
       <c r="F195" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G195" s="11" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
     </row>
     <row r="196" spans="1:16135">
       <c r="A196" s="11" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B196" s="10"/>
       <c r="C196" s="10"/>
       <c r="D196" s="12" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="E196" s="10"/>
       <c r="F196" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G196" s="11" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
     </row>
     <row r="197" spans="1:16135">
       <c r="A197" s="11" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B197" s="10"/>
       <c r="C197" s="10"/>
       <c r="D197" s="12" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="E197" s="10"/>
       <c r="F197" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G197" s="11" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
     </row>
     <row r="198" spans="1:16135">
       <c r="A198" s="11" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B198" s="10"/>
       <c r="C198" s="10"/>
       <c r="D198" s="12" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="E198" s="10"/>
       <c r="F198" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G198" s="11" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
     </row>
     <row r="199" spans="1:16135">
       <c r="A199" s="11" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="B199" s="10"/>
       <c r="C199" s="10"/>
       <c r="D199" s="12" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="E199" s="10"/>
       <c r="F199" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G199" s="11" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
     </row>
     <row r="200" spans="1:16135">
       <c r="A200" s="11" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="B200" s="10"/>
       <c r="C200" s="10"/>
       <c r="D200" s="12" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="E200" s="10"/>
       <c r="F200" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G200" s="11" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
     </row>
     <row r="201" spans="1:16135">
       <c r="A201" s="11" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="B201" s="10"/>
       <c r="C201" s="10"/>
       <c r="D201" s="12" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="E201" s="10"/>
       <c r="F201" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G201" s="11" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
     </row>
     <row r="202" spans="1:16135">
       <c r="A202" s="11" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="B202" s="10"/>
       <c r="C202" s="10"/>
       <c r="D202" s="12" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E202" s="10"/>
       <c r="F202" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G202" s="11" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
     </row>
     <row r="203" spans="1:16135">
       <c r="A203" s="11" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="B203" s="10"/>
       <c r="C203" s="10"/>
       <c r="D203" s="12" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="E203" s="10"/>
       <c r="F203" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G203" s="11" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16135">
+      <c r="A204" s="11" t="s">
+        <v>501</v>
+      </c>
+      <c r="B204" s="10"/>
+      <c r="C204" s="10"/>
+      <c r="D204" s="12" t="s">
         <v>502</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D205" s="9" t="s">
+      <c r="E204" s="10"/>
+      <c r="F204" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G204" s="11" t="s">
         <v>503</v>
       </c>
-      <c r="E205" s="8"/>
-[...1 lines deleted...]
-      <c r="G205" s="8"/>
+    </row>
+    <row r="205" spans="1:16135">
+      <c r="A205" s="11" t="s">
+        <v>504</v>
+      </c>
+      <c r="B205" s="10"/>
+      <c r="C205" s="10"/>
+      <c r="D205" s="12" t="s">
+        <v>505</v>
+      </c>
+      <c r="E205" s="10"/>
+      <c r="F205" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G205" s="11" t="s">
+        <v>506</v>
+      </c>
     </row>
     <row r="206" spans="1:16135">
-      <c r="A206" s="11">
-        <v>1001079</v>
+      <c r="A206" s="11" t="s">
+        <v>507</v>
       </c>
       <c r="B206" s="10"/>
       <c r="C206" s="10"/>
       <c r="D206" s="12" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="E206" s="10"/>
       <c r="F206" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G206" s="11" t="s">
-        <v>392</v>
+        <v>509</v>
       </c>
     </row>
     <row r="207" spans="1:16135">
       <c r="A207" s="11" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="B207" s="10"/>
       <c r="C207" s="10"/>
       <c r="D207" s="12" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="E207" s="10"/>
       <c r="F207" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G207" s="11" t="s">
-        <v>507</v>
-[...32 lines deleted...]
-      <c r="G209" s="11" t="s">
         <v>512</v>
       </c>
+    </row>
+    <row r="209" spans="1:16135" customHeight="1" ht="60">
+      <c r="A209" s="2"/>
+      <c r="B209" s="2"/>
+      <c r="C209" s="2"/>
+      <c r="D209" s="9" t="s">
+        <v>513</v>
+      </c>
+      <c r="E209" s="8"/>
+      <c r="F209" s="8"/>
+      <c r="G209" s="8"/>
     </row>
     <row r="210" spans="1:16135">
       <c r="A210" s="11">
-        <v>1001082</v>
+        <v>1001079</v>
       </c>
       <c r="B210" s="10"/>
       <c r="C210" s="10"/>
       <c r="D210" s="12" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E210" s="10"/>
       <c r="F210" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G210" s="11" t="s">
-        <v>514</v>
+        <v>402</v>
       </c>
     </row>
     <row r="211" spans="1:16135">
-      <c r="A211" s="11">
-        <v>1001083</v>
+      <c r="A211" s="11" t="s">
+        <v>515</v>
       </c>
       <c r="B211" s="10"/>
       <c r="C211" s="10"/>
       <c r="D211" s="12" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="E211" s="10"/>
       <c r="F211" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G211" s="11" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="212" spans="1:16135">
       <c r="A212" s="11" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B212" s="10"/>
       <c r="C212" s="10"/>
       <c r="D212" s="12" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E212" s="10"/>
       <c r="F212" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G212" s="11" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="213" spans="1:16135">
       <c r="A213" s="11">
-        <v>1001084</v>
+        <v>1001081</v>
       </c>
       <c r="B213" s="10"/>
       <c r="C213" s="10"/>
       <c r="D213" s="12" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E213" s="10"/>
       <c r="F213" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G213" s="11" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="214" spans="1:16135">
-      <c r="A214" s="11" t="s">
-        <v>522</v>
+      <c r="A214" s="11">
+        <v>1001082</v>
       </c>
       <c r="B214" s="10"/>
       <c r="C214" s="10"/>
       <c r="D214" s="12" t="s">
         <v>523</v>
       </c>
       <c r="E214" s="10"/>
       <c r="F214" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G214" s="11" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="215" spans="1:16135">
-      <c r="A215" s="11" t="s">
-        <v>525</v>
+      <c r="A215" s="11">
+        <v>1001083</v>
       </c>
       <c r="B215" s="10"/>
       <c r="C215" s="10"/>
       <c r="D215" s="12" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="E215" s="10"/>
       <c r="F215" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G215" s="11" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16135">
+      <c r="A216" s="11" t="s">
         <v>527</v>
-      </c>
-[...3 lines deleted...]
-        <v>1001086</v>
       </c>
       <c r="B216" s="10"/>
       <c r="C216" s="10"/>
       <c r="D216" s="12" t="s">
         <v>528</v>
       </c>
       <c r="E216" s="10"/>
       <c r="F216" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G216" s="11" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="217" spans="1:16135">
-      <c r="A217" s="11" t="s">
-        <v>530</v>
+      <c r="A217" s="11">
+        <v>1001084</v>
       </c>
       <c r="B217" s="10"/>
       <c r="C217" s="10"/>
       <c r="D217" s="12" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="E217" s="10"/>
       <c r="F217" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G217" s="11" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
     </row>
     <row r="218" spans="1:16135">
       <c r="A218" s="11" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="B218" s="10"/>
       <c r="C218" s="10"/>
       <c r="D218" s="12" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="E218" s="10"/>
       <c r="F218" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G218" s="11" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
     </row>
     <row r="219" spans="1:16135">
       <c r="A219" s="11" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="B219" s="10"/>
       <c r="C219" s="10"/>
       <c r="D219" s="12" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="E219" s="10"/>
       <c r="F219" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G219" s="11" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
     </row>
     <row r="220" spans="1:16135">
       <c r="A220" s="11">
-        <v>1002076</v>
+        <v>1001086</v>
       </c>
       <c r="B220" s="10"/>
       <c r="C220" s="10"/>
       <c r="D220" s="12" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="E220" s="10"/>
       <c r="F220" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G220" s="11" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16135">
+      <c r="A221" s="11" t="s">
         <v>540</v>
-      </c>
-[...3 lines deleted...]
-        <v>1002077</v>
       </c>
       <c r="B221" s="10"/>
       <c r="C221" s="10"/>
       <c r="D221" s="12" t="s">
         <v>541</v>
       </c>
       <c r="E221" s="10"/>
       <c r="F221" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G221" s="11" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="222" spans="1:16135">
-      <c r="A222" s="11">
-        <v>1002060</v>
+      <c r="A222" s="11" t="s">
+        <v>543</v>
       </c>
       <c r="B222" s="10"/>
       <c r="C222" s="10"/>
       <c r="D222" s="12" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="E222" s="10"/>
       <c r="F222" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G222" s="11" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="223" spans="1:16135">
-      <c r="A223" s="11">
-        <v>1002078</v>
+      <c r="A223" s="11" t="s">
+        <v>546</v>
       </c>
       <c r="B223" s="10"/>
       <c r="C223" s="10"/>
       <c r="D223" s="12" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E223" s="10"/>
       <c r="F223" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G223" s="11" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="224" spans="1:16135">
-      <c r="A224" s="11" t="s">
-        <v>547</v>
+      <c r="A224" s="11">
+        <v>1002076</v>
       </c>
       <c r="B224" s="10"/>
       <c r="C224" s="10"/>
       <c r="D224" s="12" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E224" s="10"/>
       <c r="F224" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G224" s="11" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="225" spans="1:16135">
       <c r="A225" s="11">
-        <v>1002079</v>
+        <v>1002077</v>
       </c>
       <c r="B225" s="10"/>
       <c r="C225" s="10"/>
       <c r="D225" s="12" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="E225" s="10"/>
       <c r="F225" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G225" s="11" t="s">
-        <v>551</v>
-[...6 lines deleted...]
-      <c r="D227" s="9" t="s">
         <v>552</v>
       </c>
-      <c r="E227" s="8"/>
-[...1 lines deleted...]
-      <c r="G227" s="8"/>
+    </row>
+    <row r="226" spans="1:16135">
+      <c r="A226" s="11">
+        <v>1002060</v>
+      </c>
+      <c r="B226" s="10"/>
+      <c r="C226" s="10"/>
+      <c r="D226" s="12" t="s">
+        <v>553</v>
+      </c>
+      <c r="E226" s="10"/>
+      <c r="F226" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G226" s="11" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16135">
+      <c r="A227" s="11">
+        <v>1002078</v>
+      </c>
+      <c r="B227" s="10"/>
+      <c r="C227" s="10"/>
+      <c r="D227" s="12" t="s">
+        <v>555</v>
+      </c>
+      <c r="E227" s="10"/>
+      <c r="F227" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G227" s="11" t="s">
+        <v>556</v>
+      </c>
     </row>
     <row r="228" spans="1:16135">
       <c r="A228" s="11" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="B228" s="10"/>
       <c r="C228" s="10"/>
       <c r="D228" s="12" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="E228" s="10"/>
       <c r="F228" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G228" s="11" t="s">
-        <v>380</v>
+        <v>559</v>
       </c>
     </row>
     <row r="229" spans="1:16135">
-      <c r="A229" s="11" t="s">
-        <v>555</v>
+      <c r="A229" s="11">
+        <v>1002079</v>
       </c>
       <c r="B229" s="10"/>
       <c r="C229" s="10"/>
       <c r="D229" s="12" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="E229" s="10"/>
       <c r="F229" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G229" s="11" t="s">
-        <v>557</v>
-[...25 lines deleted...]
-      <c r="D231" s="12" t="s">
         <v>561</v>
       </c>
-      <c r="E231" s="10"/>
-[...3 lines deleted...]
-      <c r="G231" s="11" t="s">
+    </row>
+    <row r="231" spans="1:16135" customHeight="1" ht="60">
+      <c r="A231" s="2"/>
+      <c r="B231" s="2"/>
+      <c r="C231" s="2"/>
+      <c r="D231" s="9" t="s">
         <v>562</v>
       </c>
+      <c r="E231" s="8"/>
+      <c r="F231" s="8"/>
+      <c r="G231" s="8"/>
     </row>
     <row r="232" spans="1:16135">
-      <c r="A232" s="11">
-        <v>1001038</v>
+      <c r="A232" s="11" t="s">
+        <v>563</v>
       </c>
       <c r="B232" s="10"/>
       <c r="C232" s="10"/>
       <c r="D232" s="12" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E232" s="10"/>
       <c r="F232" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G232" s="11" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="233" spans="1:16135">
       <c r="A233" s="11" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B233" s="10"/>
       <c r="C233" s="10"/>
       <c r="D233" s="12" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="E233" s="10"/>
       <c r="F233" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G233" s="11" t="s">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="234" spans="1:16135">
-      <c r="A234" s="11">
-        <v>1001039</v>
+      <c r="A234" s="11" t="s">
+        <v>568</v>
       </c>
       <c r="B234" s="10"/>
       <c r="C234" s="10"/>
       <c r="D234" s="12" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="E234" s="10"/>
       <c r="F234" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G234" s="11" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
     </row>
     <row r="235" spans="1:16135">
       <c r="A235" s="11" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B235" s="10"/>
       <c r="C235" s="10"/>
       <c r="D235" s="12" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="E235" s="10"/>
       <c r="F235" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G235" s="11" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="236" spans="1:16135">
-      <c r="A236" s="11" t="s">
-        <v>572</v>
+      <c r="A236" s="11">
+        <v>1001037</v>
       </c>
       <c r="B236" s="10"/>
       <c r="C236" s="10"/>
       <c r="D236" s="12" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E236" s="10"/>
       <c r="F236" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G236" s="11" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="237" spans="1:16135">
       <c r="A237" s="11" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B237" s="10"/>
       <c r="C237" s="10"/>
       <c r="D237" s="12" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="E237" s="10"/>
       <c r="F237" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G237" s="11" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="238" spans="1:16135">
       <c r="A238" s="11">
-        <v>1001041</v>
+        <v>1001038</v>
       </c>
       <c r="B238" s="10"/>
       <c r="C238" s="10"/>
       <c r="D238" s="12" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E238" s="10"/>
       <c r="F238" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G238" s="11" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="239" spans="1:16135">
       <c r="A239" s="11" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B239" s="10"/>
       <c r="C239" s="10"/>
       <c r="D239" s="12" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E239" s="10"/>
       <c r="F239" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G239" s="11" t="s">
-        <v>582</v>
+        <v>308</v>
       </c>
     </row>
     <row r="240" spans="1:16135">
-      <c r="A240" s="11" t="s">
-        <v>583</v>
+      <c r="A240" s="11">
+        <v>1001039</v>
       </c>
       <c r="B240" s="10"/>
       <c r="C240" s="10"/>
       <c r="D240" s="12" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="E240" s="10"/>
       <c r="F240" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G240" s="11" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
     </row>
     <row r="241" spans="1:16135">
       <c r="A241" s="11" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="B241" s="10"/>
       <c r="C241" s="10"/>
       <c r="D241" s="12" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="E241" s="10"/>
       <c r="F241" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G241" s="11" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16135">
+      <c r="A242" s="11" t="s">
         <v>588</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D243" s="9" t="s">
+      <c r="B242" s="10"/>
+      <c r="C242" s="10"/>
+      <c r="D242" s="12" t="s">
         <v>589</v>
       </c>
-      <c r="E243" s="8"/>
-[...1 lines deleted...]
-      <c r="G243" s="8"/>
+      <c r="E242" s="10"/>
+      <c r="F242" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G242" s="11" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16135">
+      <c r="A243" s="11" t="s">
+        <v>591</v>
+      </c>
+      <c r="B243" s="10"/>
+      <c r="C243" s="10"/>
+      <c r="D243" s="12" t="s">
+        <v>592</v>
+      </c>
+      <c r="E243" s="10"/>
+      <c r="F243" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G243" s="11" t="s">
+        <v>593</v>
+      </c>
     </row>
     <row r="244" spans="1:16135">
-      <c r="A244" s="11" t="s">
-        <v>590</v>
+      <c r="A244" s="11">
+        <v>1001041</v>
       </c>
       <c r="B244" s="10"/>
       <c r="C244" s="10"/>
       <c r="D244" s="12" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="E244" s="10"/>
       <c r="F244" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G244" s="11" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
     </row>
     <row r="245" spans="1:16135">
       <c r="A245" s="11" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="B245" s="10"/>
       <c r="C245" s="10"/>
       <c r="D245" s="12" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="E245" s="10"/>
       <c r="F245" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G245" s="11" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
     </row>
     <row r="246" spans="1:16135">
-      <c r="A246" s="11">
-        <v>1001059</v>
+      <c r="A246" s="11" t="s">
+        <v>599</v>
       </c>
       <c r="B246" s="10"/>
       <c r="C246" s="10"/>
       <c r="D246" s="12" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="E246" s="10"/>
       <c r="F246" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G246" s="11" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
     </row>
     <row r="247" spans="1:16135">
-      <c r="A247" s="11">
-        <v>1001077</v>
+      <c r="A247" s="11" t="s">
+        <v>602</v>
       </c>
       <c r="B247" s="10"/>
       <c r="C247" s="10"/>
       <c r="D247" s="12" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="E247" s="10"/>
       <c r="F247" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G247" s="11" t="s">
-        <v>599</v>
-[...34 lines deleted...]
-      </c>
+        <v>604</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16135" customHeight="1" ht="60">
+      <c r="A249" s="2"/>
+      <c r="B249" s="2"/>
+      <c r="C249" s="2"/>
+      <c r="D249" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="E249" s="8"/>
+      <c r="F249" s="8"/>
+      <c r="G249" s="8"/>
     </row>
     <row r="250" spans="1:16135">
       <c r="A250" s="11" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B250" s="10"/>
       <c r="C250" s="10"/>
       <c r="D250" s="12" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="E250" s="10"/>
       <c r="F250" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G250" s="11" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
     </row>
     <row r="251" spans="1:16135">
       <c r="A251" s="11" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B251" s="10"/>
       <c r="C251" s="10"/>
       <c r="D251" s="12" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="E251" s="10"/>
       <c r="F251" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G251" s="11" t="s">
-        <v>392</v>
+        <v>611</v>
       </c>
     </row>
     <row r="252" spans="1:16135">
       <c r="A252" s="11">
-        <v>1001053</v>
+        <v>1001059</v>
       </c>
       <c r="B252" s="10"/>
       <c r="C252" s="10"/>
       <c r="D252" s="12" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="E252" s="10"/>
       <c r="F252" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G252" s="11" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
     </row>
     <row r="253" spans="1:16135">
       <c r="A253" s="11">
-        <v>1001054</v>
+        <v>1001077</v>
       </c>
       <c r="B253" s="10"/>
       <c r="C253" s="10"/>
       <c r="D253" s="12" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="E253" s="10"/>
       <c r="F253" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G253" s="11" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
     </row>
     <row r="254" spans="1:16135">
-      <c r="A254" s="11" t="s">
-        <v>613</v>
+      <c r="A254" s="11">
+        <v>1001049</v>
       </c>
       <c r="B254" s="10"/>
       <c r="C254" s="10"/>
       <c r="D254" s="12" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="E254" s="10"/>
       <c r="F254" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G254" s="11" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="255" spans="1:16135">
-      <c r="A255" s="11" t="s">
-        <v>616</v>
+      <c r="A255" s="11">
+        <v>1001051</v>
       </c>
       <c r="B255" s="10"/>
       <c r="C255" s="10"/>
       <c r="D255" s="12" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="E255" s="10"/>
       <c r="F255" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G255" s="11" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="256" spans="1:16135">
       <c r="A256" s="11" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B256" s="10"/>
       <c r="C256" s="10"/>
       <c r="D256" s="12" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E256" s="10"/>
       <c r="F256" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G256" s="11" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="257" spans="1:16135">
       <c r="A257" s="11" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B257" s="10"/>
       <c r="C257" s="10"/>
       <c r="D257" s="12" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="E257" s="10"/>
       <c r="F257" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G257" s="11" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="258" spans="1:16135">
-      <c r="A258" s="11" t="s">
-        <v>625</v>
+      <c r="A258" s="11">
+        <v>1001053</v>
       </c>
       <c r="B258" s="10"/>
       <c r="C258" s="10"/>
       <c r="D258" s="12" t="s">
         <v>626</v>
       </c>
       <c r="E258" s="10"/>
       <c r="F258" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G258" s="11" t="s">
-        <v>606</v>
+        <v>627</v>
       </c>
     </row>
     <row r="259" spans="1:16135">
-      <c r="A259" s="11" t="s">
-        <v>627</v>
+      <c r="A259" s="11">
+        <v>1001054</v>
       </c>
       <c r="B259" s="10"/>
       <c r="C259" s="10"/>
       <c r="D259" s="12" t="s">
         <v>628</v>
       </c>
       <c r="E259" s="10"/>
       <c r="F259" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G259" s="11" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="260" spans="1:16135">
       <c r="A260" s="11" t="s">
         <v>630</v>
       </c>
       <c r="B260" s="10"/>
       <c r="C260" s="10"/>
       <c r="D260" s="12" t="s">
         <v>631</v>
       </c>
       <c r="E260" s="10"/>
       <c r="F260" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G260" s="11" t="s">
-        <v>380</v>
+        <v>632</v>
       </c>
     </row>
     <row r="261" spans="1:16135">
       <c r="A261" s="11" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B261" s="10"/>
       <c r="C261" s="10"/>
       <c r="D261" s="12" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="E261" s="10"/>
       <c r="F261" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G261" s="11" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="262" spans="1:16135">
       <c r="A262" s="11" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B262" s="10"/>
       <c r="C262" s="10"/>
       <c r="D262" s="12" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E262" s="10"/>
       <c r="F262" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G262" s="11" t="s">
-        <v>618</v>
+        <v>638</v>
       </c>
     </row>
     <row r="263" spans="1:16135">
       <c r="A263" s="11" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="B263" s="10"/>
       <c r="C263" s="10"/>
       <c r="D263" s="12" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="E263" s="10"/>
       <c r="F263" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G263" s="11" t="s">
-        <v>639</v>
-[...11 lines deleted...]
-      <c r="G265" s="8"/>
+        <v>641</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16135">
+      <c r="A264" s="11" t="s">
+        <v>642</v>
+      </c>
+      <c r="B264" s="10"/>
+      <c r="C264" s="10"/>
+      <c r="D264" s="12" t="s">
+        <v>643</v>
+      </c>
+      <c r="E264" s="10"/>
+      <c r="F264" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G264" s="11" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16135">
+      <c r="A265" s="11" t="s">
+        <v>645</v>
+      </c>
+      <c r="B265" s="10"/>
+      <c r="C265" s="10"/>
+      <c r="D265" s="12" t="s">
+        <v>646</v>
+      </c>
+      <c r="E265" s="10"/>
+      <c r="F265" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G265" s="11" t="s">
+        <v>622</v>
+      </c>
     </row>
     <row r="266" spans="1:16135">
       <c r="A266" s="11" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="B266" s="10"/>
       <c r="C266" s="10"/>
       <c r="D266" s="12" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="E266" s="10"/>
       <c r="F266" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G266" s="11" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
     </row>
     <row r="267" spans="1:16135">
-      <c r="A267" s="11">
-        <v>1001068</v>
+      <c r="A267" s="11" t="s">
+        <v>650</v>
       </c>
       <c r="B267" s="10"/>
       <c r="C267" s="10"/>
       <c r="D267" s="12" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="E267" s="10"/>
       <c r="F267" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G267" s="11" t="s">
-        <v>645</v>
+        <v>390</v>
       </c>
     </row>
     <row r="268" spans="1:16135">
       <c r="A268" s="11" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="B268" s="10"/>
       <c r="C268" s="10"/>
       <c r="D268" s="12" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="E268" s="10"/>
       <c r="F268" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G268" s="11" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
     </row>
     <row r="269" spans="1:16135">
-      <c r="A269" s="11">
-        <v>1001125</v>
+      <c r="A269" s="11" t="s">
+        <v>655</v>
       </c>
       <c r="B269" s="10"/>
       <c r="C269" s="10"/>
       <c r="D269" s="12" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="E269" s="10"/>
       <c r="F269" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G269" s="11" t="s">
-        <v>650</v>
+        <v>635</v>
       </c>
     </row>
     <row r="270" spans="1:16135">
       <c r="A270" s="11" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="B270" s="10"/>
       <c r="C270" s="10"/>
       <c r="D270" s="12" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="E270" s="10"/>
       <c r="F270" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G270" s="11" t="s">
-        <v>653</v>
-[...34 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16135" customHeight="1" ht="60">
+      <c r="A272" s="2"/>
+      <c r="B272" s="2"/>
+      <c r="C272" s="2"/>
+      <c r="D272" s="9" t="s">
+        <v>660</v>
+      </c>
+      <c r="E272" s="8"/>
+      <c r="F272" s="8"/>
+      <c r="G272" s="8"/>
     </row>
     <row r="273" spans="1:16135">
       <c r="A273" s="11" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B273" s="10"/>
       <c r="C273" s="10"/>
       <c r="D273" s="12" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="E273" s="10"/>
       <c r="F273" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G273" s="11" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
     </row>
     <row r="274" spans="1:16135">
-      <c r="A274" s="11" t="s">
-        <v>661</v>
+      <c r="A274" s="11">
+        <v>1001068</v>
       </c>
       <c r="B274" s="10"/>
       <c r="C274" s="10"/>
       <c r="D274" s="12" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="E274" s="10"/>
       <c r="F274" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G274" s="11" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="275" spans="1:16135">
       <c r="A275" s="11" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B275" s="10"/>
       <c r="C275" s="10"/>
       <c r="D275" s="12" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="E275" s="10"/>
       <c r="F275" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G275" s="11" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="276" spans="1:16135">
-      <c r="A276" s="11" t="s">
-        <v>667</v>
+      <c r="A276" s="11">
+        <v>1001125</v>
       </c>
       <c r="B276" s="10"/>
       <c r="C276" s="10"/>
       <c r="D276" s="12" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="E276" s="10"/>
       <c r="F276" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G276" s="11" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="277" spans="1:16135">
       <c r="A277" s="11" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B277" s="10"/>
       <c r="C277" s="10"/>
       <c r="D277" s="12" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="E277" s="10"/>
       <c r="F277" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G277" s="11" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="278" spans="1:16135">
-      <c r="A278" s="11">
-        <v>1001061</v>
+      <c r="A278" s="11" t="s">
+        <v>674</v>
       </c>
       <c r="B278" s="10"/>
       <c r="C278" s="10"/>
       <c r="D278" s="12" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="E278" s="10"/>
       <c r="F278" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G278" s="11" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
     </row>
     <row r="279" spans="1:16135">
-      <c r="A279" s="11" t="s">
-        <v>675</v>
+      <c r="A279" s="11">
+        <v>1001144</v>
       </c>
       <c r="B279" s="10"/>
       <c r="C279" s="10"/>
       <c r="D279" s="12" t="s">
         <v>676</v>
       </c>
       <c r="E279" s="10"/>
       <c r="F279" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G279" s="11" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="280" spans="1:16135">
       <c r="A280" s="11" t="s">
         <v>678</v>
       </c>
       <c r="B280" s="10"/>
       <c r="C280" s="10"/>
       <c r="D280" s="12" t="s">
         <v>679</v>
       </c>
       <c r="E280" s="10"/>
       <c r="F280" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G280" s="11" t="s">
-        <v>653</v>
+        <v>680</v>
       </c>
     </row>
     <row r="281" spans="1:16135">
-      <c r="A281" s="11">
-        <v>1001170</v>
+      <c r="A281" s="11" t="s">
+        <v>681</v>
       </c>
       <c r="B281" s="10"/>
       <c r="C281" s="10"/>
       <c r="D281" s="12" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="E281" s="10"/>
       <c r="F281" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G281" s="11" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
     </row>
     <row r="282" spans="1:16135">
-      <c r="A282" s="11">
-        <v>1001171</v>
+      <c r="A282" s="11" t="s">
+        <v>684</v>
       </c>
       <c r="B282" s="10"/>
       <c r="C282" s="10"/>
       <c r="D282" s="12" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="E282" s="10"/>
       <c r="F282" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G282" s="11" t="s">
-        <v>279</v>
+        <v>686</v>
       </c>
     </row>
     <row r="283" spans="1:16135">
-      <c r="A283" s="11">
-        <v>1001172</v>
+      <c r="A283" s="11" t="s">
+        <v>687</v>
       </c>
       <c r="B283" s="10"/>
       <c r="C283" s="10"/>
       <c r="D283" s="12" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="E283" s="10"/>
       <c r="F283" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G283" s="11" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
     </row>
     <row r="284" spans="1:16135">
-      <c r="A284" s="11">
-        <v>1001173</v>
+      <c r="A284" s="11" t="s">
+        <v>690</v>
       </c>
       <c r="B284" s="10"/>
       <c r="C284" s="10"/>
       <c r="D284" s="12" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="E284" s="10"/>
       <c r="F284" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G284" s="11" t="s">
-        <v>282</v>
+        <v>692</v>
       </c>
     </row>
     <row r="285" spans="1:16135">
       <c r="A285" s="11">
-        <v>1001174</v>
+        <v>1001061</v>
       </c>
       <c r="B285" s="10"/>
       <c r="C285" s="10"/>
       <c r="D285" s="12" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="E285" s="10"/>
       <c r="F285" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G285" s="11" t="s">
-        <v>603</v>
+        <v>694</v>
       </c>
     </row>
     <row r="286" spans="1:16135">
-      <c r="A286" s="11">
-        <v>1001178</v>
+      <c r="A286" s="11" t="s">
+        <v>695</v>
       </c>
       <c r="B286" s="10"/>
       <c r="C286" s="10"/>
       <c r="D286" s="12" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="E286" s="10"/>
       <c r="F286" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G286" s="11" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
     </row>
     <row r="287" spans="1:16135">
       <c r="A287" s="11" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="B287" s="10"/>
       <c r="C287" s="10"/>
       <c r="D287" s="12" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="E287" s="10"/>
       <c r="F287" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G287" s="11" t="s">
-        <v>691</v>
+        <v>673</v>
       </c>
     </row>
     <row r="288" spans="1:16135">
-      <c r="A288" s="11" t="s">
-        <v>692</v>
+      <c r="A288" s="11">
+        <v>1001170</v>
       </c>
       <c r="B288" s="10"/>
       <c r="C288" s="10"/>
       <c r="D288" s="12" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="E288" s="10"/>
       <c r="F288" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G288" s="11" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
     </row>
     <row r="289" spans="1:16135">
       <c r="A289" s="11">
-        <v>1001184</v>
+        <v>1001062</v>
       </c>
       <c r="B289" s="10"/>
       <c r="C289" s="10"/>
       <c r="D289" s="12" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="E289" s="10"/>
       <c r="F289" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G289" s="11" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
     </row>
     <row r="290" spans="1:16135">
       <c r="A290" s="11">
-        <v>1001066</v>
+        <v>1001171</v>
       </c>
       <c r="B290" s="10"/>
       <c r="C290" s="10"/>
       <c r="D290" s="12" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="E290" s="10"/>
       <c r="F290" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G290" s="11" t="s">
-        <v>698</v>
+        <v>284</v>
       </c>
     </row>
     <row r="291" spans="1:16135">
       <c r="A291" s="11">
-        <v>1001189</v>
+        <v>1001172</v>
       </c>
       <c r="B291" s="10"/>
       <c r="C291" s="10"/>
       <c r="D291" s="12" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="E291" s="10"/>
       <c r="F291" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G291" s="11" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
     </row>
     <row r="292" spans="1:16135">
-      <c r="A292" s="11" t="s">
-        <v>701</v>
+      <c r="A292" s="11">
+        <v>1001173</v>
       </c>
       <c r="B292" s="10"/>
       <c r="C292" s="10"/>
       <c r="D292" s="12" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="E292" s="10"/>
       <c r="F292" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G292" s="11" t="s">
-        <v>703</v>
-[...11 lines deleted...]
-      <c r="G294" s="8"/>
+        <v>619</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16135">
+      <c r="A293" s="11">
+        <v>1001174</v>
+      </c>
+      <c r="B293" s="10"/>
+      <c r="C293" s="10"/>
+      <c r="D293" s="12" t="s">
+        <v>708</v>
+      </c>
+      <c r="E293" s="10"/>
+      <c r="F293" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G293" s="11" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16135">
+      <c r="A294" s="11">
+        <v>1001178</v>
+      </c>
+      <c r="B294" s="10"/>
+      <c r="C294" s="10"/>
+      <c r="D294" s="12" t="s">
+        <v>710</v>
+      </c>
+      <c r="E294" s="10"/>
+      <c r="F294" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G294" s="11" t="s">
+        <v>711</v>
+      </c>
     </row>
     <row r="295" spans="1:16135">
       <c r="A295" s="11" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="B295" s="10"/>
       <c r="C295" s="10"/>
       <c r="D295" s="12" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="E295" s="10"/>
       <c r="F295" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G295" s="11" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
     </row>
     <row r="296" spans="1:16135">
       <c r="A296" s="11" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="B296" s="10"/>
       <c r="C296" s="10"/>
       <c r="D296" s="12" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="E296" s="10"/>
       <c r="F296" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G296" s="11" t="s">
-        <v>710</v>
+        <v>295</v>
       </c>
     </row>
     <row r="297" spans="1:16135">
-      <c r="A297" s="11" t="s">
-        <v>711</v>
+      <c r="A297" s="11">
+        <v>1001184</v>
       </c>
       <c r="B297" s="10"/>
       <c r="C297" s="10"/>
       <c r="D297" s="12" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="E297" s="10"/>
       <c r="F297" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G297" s="11" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
     </row>
     <row r="298" spans="1:16135">
-      <c r="A298" s="11" t="s">
-        <v>713</v>
+      <c r="A298" s="11">
+        <v>1001066</v>
       </c>
       <c r="B298" s="10"/>
       <c r="C298" s="10"/>
       <c r="D298" s="12" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="E298" s="10"/>
       <c r="F298" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G298" s="11" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
     </row>
     <row r="299" spans="1:16135">
-      <c r="A299" s="11" t="s">
-        <v>716</v>
+      <c r="A299" s="11">
+        <v>1001189</v>
       </c>
       <c r="B299" s="10"/>
       <c r="C299" s="10"/>
       <c r="D299" s="12" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="E299" s="10"/>
       <c r="F299" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G299" s="11" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
     </row>
     <row r="300" spans="1:16135">
       <c r="A300" s="11" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="B300" s="10"/>
       <c r="C300" s="10"/>
       <c r="D300" s="12" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="E300" s="10"/>
       <c r="F300" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G300" s="11" t="s">
-        <v>721</v>
-[...20 lines deleted...]
-      <c r="A302" s="11" t="s">
         <v>725</v>
       </c>
-      <c r="B302" s="10"/>
-[...1 lines deleted...]
-      <c r="D302" s="12" t="s">
+    </row>
+    <row r="302" spans="1:16135" customHeight="1" ht="60">
+      <c r="A302" s="2"/>
+      <c r="B302" s="2"/>
+      <c r="C302" s="2"/>
+      <c r="D302" s="9" t="s">
         <v>726</v>
       </c>
-      <c r="E302" s="10"/>
-[...5 lines deleted...]
-      </c>
+      <c r="E302" s="8"/>
+      <c r="F302" s="8"/>
+      <c r="G302" s="8"/>
     </row>
     <row r="303" spans="1:16135">
       <c r="A303" s="11" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B303" s="10"/>
       <c r="C303" s="10"/>
       <c r="D303" s="12" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="E303" s="10"/>
       <c r="F303" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G303" s="11" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
     </row>
     <row r="304" spans="1:16135">
       <c r="A304" s="11" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="B304" s="10"/>
       <c r="C304" s="10"/>
       <c r="D304" s="12" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="E304" s="10"/>
       <c r="F304" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G304" s="11" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
     </row>
     <row r="305" spans="1:16135">
       <c r="A305" s="11" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="B305" s="10"/>
       <c r="C305" s="10"/>
       <c r="D305" s="12" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="E305" s="10"/>
       <c r="F305" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G305" s="11" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
     </row>
     <row r="306" spans="1:16135">
       <c r="A306" s="11" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="B306" s="10"/>
       <c r="C306" s="10"/>
       <c r="D306" s="12" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="E306" s="10"/>
       <c r="F306" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G306" s="11" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
     </row>
     <row r="307" spans="1:16135">
       <c r="A307" s="11" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="B307" s="10"/>
       <c r="C307" s="10"/>
       <c r="D307" s="12" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="E307" s="10"/>
       <c r="F307" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G307" s="11" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
     </row>
     <row r="308" spans="1:16135">
       <c r="A308" s="11" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="B308" s="10"/>
       <c r="C308" s="10"/>
       <c r="D308" s="12" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="E308" s="10"/>
       <c r="F308" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G308" s="11" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
     </row>
     <row r="309" spans="1:16135">
       <c r="A309" s="11" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="B309" s="10"/>
       <c r="C309" s="10"/>
       <c r="D309" s="12" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="E309" s="10"/>
       <c r="F309" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G309" s="11" t="s">
-        <v>618</v>
+        <v>746</v>
       </c>
     </row>
     <row r="310" spans="1:16135">
-      <c r="A310" s="11">
-        <v>1002000</v>
+      <c r="A310" s="11" t="s">
+        <v>747</v>
       </c>
       <c r="B310" s="10"/>
       <c r="C310" s="10"/>
       <c r="D310" s="12" t="s">
         <v>748</v>
       </c>
       <c r="E310" s="10"/>
       <c r="F310" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G310" s="11" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="311" spans="1:16135">
       <c r="A311" s="11" t="s">
         <v>750</v>
       </c>
       <c r="B311" s="10"/>
       <c r="C311" s="10"/>
       <c r="D311" s="12" t="s">
         <v>751</v>
       </c>
       <c r="E311" s="10"/>
       <c r="F311" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G311" s="11" t="s">
-        <v>618</v>
+        <v>752</v>
       </c>
     </row>
     <row r="312" spans="1:16135">
       <c r="A312" s="11" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B312" s="10"/>
       <c r="C312" s="10"/>
       <c r="D312" s="12" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="E312" s="10"/>
       <c r="F312" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G312" s="11" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="313" spans="1:16135">
-      <c r="A313" s="11">
-        <v>1002729</v>
+      <c r="A313" s="11" t="s">
+        <v>756</v>
       </c>
       <c r="B313" s="10"/>
       <c r="C313" s="10"/>
       <c r="D313" s="12" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="E313" s="10"/>
       <c r="F313" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G313" s="11" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
     </row>
     <row r="314" spans="1:16135">
-      <c r="A314" s="11">
-        <v>1002728</v>
+      <c r="A314" s="11" t="s">
+        <v>759</v>
       </c>
       <c r="B314" s="10"/>
       <c r="C314" s="10"/>
       <c r="D314" s="12" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="E314" s="10"/>
       <c r="F314" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G314" s="11" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
     </row>
     <row r="315" spans="1:16135">
-      <c r="A315" s="11">
-        <v>1002002</v>
+      <c r="A315" s="11" t="s">
+        <v>762</v>
       </c>
       <c r="B315" s="10"/>
       <c r="C315" s="10"/>
       <c r="D315" s="12" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="E315" s="10"/>
       <c r="F315" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G315" s="11" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
     </row>
     <row r="316" spans="1:16135">
-      <c r="A316" s="11">
-        <v>1002733</v>
+      <c r="A316" s="11" t="s">
+        <v>765</v>
       </c>
       <c r="B316" s="10"/>
       <c r="C316" s="10"/>
       <c r="D316" s="12" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="E316" s="10"/>
       <c r="F316" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G316" s="11" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
     </row>
     <row r="317" spans="1:16135">
       <c r="A317" s="11" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="B317" s="10"/>
       <c r="C317" s="10"/>
       <c r="D317" s="12" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="E317" s="10"/>
       <c r="F317" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G317" s="11" t="s">
-        <v>764</v>
+        <v>635</v>
       </c>
     </row>
     <row r="318" spans="1:16135">
       <c r="A318" s="11">
-        <v>1002732</v>
+        <v>1002000</v>
       </c>
       <c r="B318" s="10"/>
       <c r="C318" s="10"/>
       <c r="D318" s="12" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="E318" s="10"/>
       <c r="F318" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G318" s="11" t="s">
-        <v>766</v>
+        <v>587</v>
       </c>
     </row>
     <row r="319" spans="1:16135">
       <c r="A319" s="11" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="B319" s="10"/>
       <c r="C319" s="10"/>
       <c r="D319" s="12" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="E319" s="10"/>
       <c r="F319" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G319" s="11" t="s">
-        <v>739</v>
+        <v>635</v>
       </c>
     </row>
     <row r="320" spans="1:16135">
       <c r="A320" s="11" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="B320" s="10"/>
       <c r="C320" s="10"/>
       <c r="D320" s="12" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="E320" s="10"/>
       <c r="F320" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G320" s="11" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
     </row>
     <row r="321" spans="1:16135">
-      <c r="A321" s="11" t="s">
-        <v>772</v>
+      <c r="A321" s="11">
+        <v>1002729</v>
       </c>
       <c r="B321" s="10"/>
       <c r="C321" s="10"/>
       <c r="D321" s="12" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="E321" s="10"/>
       <c r="F321" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G321" s="11" t="s">
-        <v>739</v>
+        <v>777</v>
       </c>
     </row>
     <row r="322" spans="1:16135">
       <c r="A322" s="11">
-        <v>1002743</v>
+        <v>1002728</v>
       </c>
       <c r="B322" s="10"/>
       <c r="C322" s="10"/>
       <c r="D322" s="12" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="E322" s="10"/>
       <c r="F322" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G322" s="11" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
     </row>
     <row r="323" spans="1:16135">
-      <c r="A323" s="11" t="s">
-        <v>776</v>
+      <c r="A323" s="11">
+        <v>1002002</v>
       </c>
       <c r="B323" s="10"/>
       <c r="C323" s="10"/>
       <c r="D323" s="12" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="E323" s="10"/>
       <c r="F323" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G323" s="11" t="s">
-        <v>778</v>
+        <v>354</v>
       </c>
     </row>
     <row r="324" spans="1:16135">
       <c r="A324" s="11">
-        <v>1002742</v>
+        <v>1002733</v>
       </c>
       <c r="B324" s="10"/>
       <c r="C324" s="10"/>
       <c r="D324" s="12" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="E324" s="10"/>
       <c r="F324" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G324" s="11" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
     </row>
     <row r="325" spans="1:16135">
       <c r="A325" s="11" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B325" s="10"/>
       <c r="C325" s="10"/>
       <c r="D325" s="12" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="E325" s="10"/>
       <c r="F325" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G325" s="11" t="s">
-        <v>715</v>
+        <v>784</v>
       </c>
     </row>
     <row r="326" spans="1:16135">
-      <c r="A326" s="11" t="s">
-        <v>782</v>
+      <c r="A326" s="11">
+        <v>1002732</v>
       </c>
       <c r="B326" s="10"/>
       <c r="C326" s="10"/>
       <c r="D326" s="12" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="E326" s="10"/>
       <c r="F326" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G326" s="11" t="s">
-        <v>715</v>
+        <v>786</v>
       </c>
     </row>
     <row r="327" spans="1:16135">
-      <c r="A327" s="11">
-        <v>1002753</v>
+      <c r="A327" s="11" t="s">
+        <v>787</v>
       </c>
       <c r="B327" s="10"/>
       <c r="C327" s="10"/>
       <c r="D327" s="12" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="E327" s="10"/>
       <c r="F327" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G327" s="11" t="s">
-        <v>785</v>
+        <v>761</v>
       </c>
     </row>
     <row r="328" spans="1:16135">
       <c r="A328" s="11" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="B328" s="10"/>
       <c r="C328" s="10"/>
       <c r="D328" s="12" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="E328" s="10"/>
       <c r="F328" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G328" s="11" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
     </row>
     <row r="329" spans="1:16135">
       <c r="A329" s="11" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="B329" s="10"/>
       <c r="C329" s="10"/>
       <c r="D329" s="12" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="E329" s="10"/>
       <c r="F329" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G329" s="11" t="s">
-        <v>791</v>
+        <v>761</v>
       </c>
     </row>
     <row r="330" spans="1:16135">
       <c r="A330" s="11">
-        <v>1002754</v>
+        <v>1002743</v>
       </c>
       <c r="B330" s="10"/>
       <c r="C330" s="10"/>
       <c r="D330" s="12" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="E330" s="10"/>
       <c r="F330" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G330" s="11" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="331" spans="1:16135">
       <c r="A331" s="11" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="B331" s="10"/>
       <c r="C331" s="10"/>
       <c r="D331" s="12" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="E331" s="10"/>
       <c r="F331" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G331" s="11" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
     </row>
     <row r="332" spans="1:16135">
       <c r="A332" s="11">
-        <v>1002763</v>
+        <v>1002742</v>
       </c>
       <c r="B332" s="10"/>
       <c r="C332" s="10"/>
       <c r="D332" s="12" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="E332" s="10"/>
       <c r="F332" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G332" s="11" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
     </row>
     <row r="333" spans="1:16135">
       <c r="A333" s="11" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B333" s="10"/>
       <c r="C333" s="10"/>
       <c r="D333" s="12" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="E333" s="10"/>
       <c r="F333" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G333" s="11" t="s">
-        <v>801</v>
+        <v>737</v>
       </c>
     </row>
     <row r="334" spans="1:16135">
       <c r="A334" s="11" t="s">
         <v>802</v>
       </c>
       <c r="B334" s="10"/>
       <c r="C334" s="10"/>
       <c r="D334" s="12" t="s">
         <v>803</v>
       </c>
       <c r="E334" s="10"/>
       <c r="F334" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G334" s="11" t="s">
-        <v>801</v>
+        <v>737</v>
       </c>
     </row>
     <row r="335" spans="1:16135">
       <c r="A335" s="11">
-        <v>1002761</v>
+        <v>1002753</v>
       </c>
       <c r="B335" s="10"/>
       <c r="C335" s="10"/>
       <c r="D335" s="12" t="s">
         <v>804</v>
       </c>
       <c r="E335" s="10"/>
       <c r="F335" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G335" s="11" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="336" spans="1:16135">
+      <c r="A336" s="11" t="s">
         <v>805</v>
-      </c>
-[...3 lines deleted...]
-        <v>1002765</v>
       </c>
       <c r="B336" s="10"/>
       <c r="C336" s="10"/>
       <c r="D336" s="12" t="s">
         <v>806</v>
       </c>
       <c r="E336" s="10"/>
       <c r="F336" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G336" s="11" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="337" spans="1:16135">
       <c r="A337" s="11" t="s">
         <v>808</v>
       </c>
       <c r="B337" s="10"/>
       <c r="C337" s="10"/>
       <c r="D337" s="12" t="s">
         <v>809</v>
       </c>
       <c r="E337" s="10"/>
       <c r="F337" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G337" s="11" t="s">
-        <v>730</v>
+        <v>810</v>
       </c>
     </row>
     <row r="338" spans="1:16135">
       <c r="A338" s="11">
-        <v>1002766</v>
+        <v>1002754</v>
       </c>
       <c r="B338" s="10"/>
       <c r="C338" s="10"/>
       <c r="D338" s="12" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="E338" s="10"/>
       <c r="F338" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G338" s="11" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="339" spans="1:16135">
       <c r="A339" s="11" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B339" s="10"/>
       <c r="C339" s="10"/>
       <c r="D339" s="12" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="E339" s="10"/>
       <c r="F339" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G339" s="11" t="s">
-        <v>733</v>
+        <v>815</v>
       </c>
     </row>
     <row r="340" spans="1:16135">
-      <c r="A340" s="11" t="s">
-        <v>814</v>
+      <c r="A340" s="11">
+        <v>1002763</v>
       </c>
       <c r="B340" s="10"/>
       <c r="C340" s="10"/>
       <c r="D340" s="12" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="E340" s="10"/>
       <c r="F340" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G340" s="11" t="s">
-        <v>733</v>
+        <v>817</v>
       </c>
     </row>
     <row r="341" spans="1:16135">
       <c r="A341" s="11" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="B341" s="10"/>
       <c r="C341" s="10"/>
       <c r="D341" s="12" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="E341" s="10"/>
       <c r="F341" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G341" s="11" t="s">
-        <v>733</v>
-[...11 lines deleted...]
-      <c r="G343" s="8"/>
+        <v>820</v>
+      </c>
+    </row>
+    <row r="342" spans="1:16135">
+      <c r="A342" s="11" t="s">
+        <v>821</v>
+      </c>
+      <c r="B342" s="10"/>
+      <c r="C342" s="10"/>
+      <c r="D342" s="12" t="s">
+        <v>822</v>
+      </c>
+      <c r="E342" s="10"/>
+      <c r="F342" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G342" s="11" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="343" spans="1:16135">
+      <c r="A343" s="11">
+        <v>1002761</v>
+      </c>
+      <c r="B343" s="10"/>
+      <c r="C343" s="10"/>
+      <c r="D343" s="12" t="s">
+        <v>823</v>
+      </c>
+      <c r="E343" s="10"/>
+      <c r="F343" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G343" s="11" t="s">
+        <v>824</v>
+      </c>
     </row>
     <row r="344" spans="1:16135">
-      <c r="A344" s="11" t="s">
-        <v>819</v>
+      <c r="A344" s="11">
+        <v>1002765</v>
       </c>
       <c r="B344" s="10"/>
       <c r="C344" s="10"/>
       <c r="D344" s="12" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="E344" s="10"/>
       <c r="F344" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G344" s="11" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
     </row>
     <row r="345" spans="1:16135">
       <c r="A345" s="11" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="B345" s="10"/>
       <c r="C345" s="10"/>
       <c r="D345" s="12" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="E345" s="10"/>
       <c r="F345" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G345" s="11" t="s">
-        <v>824</v>
+        <v>752</v>
       </c>
     </row>
     <row r="346" spans="1:16135">
-      <c r="A346" s="11" t="s">
-        <v>825</v>
+      <c r="A346" s="11">
+        <v>1002766</v>
       </c>
       <c r="B346" s="10"/>
       <c r="C346" s="10"/>
       <c r="D346" s="12" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="E346" s="10"/>
       <c r="F346" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G346" s="11" t="s">
-        <v>827</v>
-[...11 lines deleted...]
-      <c r="G348" s="8"/>
+        <v>830</v>
+      </c>
+    </row>
+    <row r="347" spans="1:16135">
+      <c r="A347" s="11" t="s">
+        <v>831</v>
+      </c>
+      <c r="B347" s="10"/>
+      <c r="C347" s="10"/>
+      <c r="D347" s="12" t="s">
+        <v>832</v>
+      </c>
+      <c r="E347" s="10"/>
+      <c r="F347" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G347" s="11" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="348" spans="1:16135">
+      <c r="A348" s="11" t="s">
+        <v>833</v>
+      </c>
+      <c r="B348" s="10"/>
+      <c r="C348" s="10"/>
+      <c r="D348" s="12" t="s">
+        <v>834</v>
+      </c>
+      <c r="E348" s="10"/>
+      <c r="F348" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G348" s="11" t="s">
+        <v>755</v>
+      </c>
     </row>
     <row r="349" spans="1:16135">
       <c r="A349" s="11" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="B349" s="10"/>
       <c r="C349" s="10"/>
       <c r="D349" s="12" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="E349" s="10"/>
       <c r="F349" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G349" s="11" t="s">
-        <v>831</v>
-[...34 lines deleted...]
-      </c>
+        <v>755</v>
+      </c>
+    </row>
+    <row r="351" spans="1:16135" customHeight="1" ht="60">
+      <c r="A351" s="2"/>
+      <c r="B351" s="2"/>
+      <c r="C351" s="2"/>
+      <c r="D351" s="9" t="s">
+        <v>837</v>
+      </c>
+      <c r="E351" s="8"/>
+      <c r="F351" s="8"/>
+      <c r="G351" s="8"/>
     </row>
     <row r="352" spans="1:16135">
       <c r="A352" s="11" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B352" s="10"/>
       <c r="C352" s="10"/>
       <c r="D352" s="12" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="E352" s="10"/>
       <c r="F352" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G352" s="11" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
     </row>
     <row r="353" spans="1:16135">
       <c r="A353" s="11" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="B353" s="10"/>
       <c r="C353" s="10"/>
       <c r="D353" s="12" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="E353" s="10"/>
       <c r="F353" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G353" s="11" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
     </row>
     <row r="354" spans="1:16135">
       <c r="A354" s="11" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="B354" s="10"/>
       <c r="C354" s="10"/>
       <c r="D354" s="12" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="E354" s="10"/>
       <c r="F354" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G354" s="11" t="s">
-        <v>840</v>
-[...20 lines deleted...]
-      <c r="A356" s="11" t="s">
         <v>846</v>
       </c>
-      <c r="B356" s="10"/>
-[...1 lines deleted...]
-      <c r="D356" s="12" t="s">
+    </row>
+    <row r="356" spans="1:16135" customHeight="1" ht="60">
+      <c r="A356" s="2"/>
+      <c r="B356" s="2"/>
+      <c r="C356" s="2"/>
+      <c r="D356" s="9" t="s">
         <v>847</v>
       </c>
-      <c r="E356" s="10"/>
-[...5 lines deleted...]
-      </c>
+      <c r="E356" s="8"/>
+      <c r="F356" s="8"/>
+      <c r="G356" s="8"/>
     </row>
     <row r="357" spans="1:16135">
       <c r="A357" s="11" t="s">
         <v>848</v>
       </c>
       <c r="B357" s="10"/>
       <c r="C357" s="10"/>
       <c r="D357" s="12" t="s">
         <v>849</v>
       </c>
       <c r="E357" s="10"/>
       <c r="F357" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G357" s="11" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="358" spans="1:16135">
       <c r="A358" s="11" t="s">
         <v>851</v>
       </c>
       <c r="B358" s="10"/>
       <c r="C358" s="10"/>
       <c r="D358" s="12" t="s">
         <v>852</v>
       </c>
       <c r="E358" s="10"/>
       <c r="F358" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G358" s="11" t="s">
-        <v>582</v>
+        <v>850</v>
       </c>
     </row>
     <row r="359" spans="1:16135">
       <c r="A359" s="11" t="s">
         <v>853</v>
       </c>
       <c r="B359" s="10"/>
       <c r="C359" s="10"/>
       <c r="D359" s="12" t="s">
         <v>854</v>
       </c>
       <c r="E359" s="10"/>
       <c r="F359" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G359" s="11" t="s">
-        <v>398</v>
+        <v>850</v>
       </c>
     </row>
     <row r="360" spans="1:16135">
       <c r="A360" s="11" t="s">
         <v>855</v>
       </c>
       <c r="B360" s="10"/>
       <c r="C360" s="10"/>
       <c r="D360" s="12" t="s">
         <v>856</v>
       </c>
       <c r="E360" s="10"/>
       <c r="F360" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G360" s="11" t="s">
-        <v>857</v>
+        <v>850</v>
       </c>
     </row>
     <row r="361" spans="1:16135">
       <c r="A361" s="11" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B361" s="10"/>
       <c r="C361" s="10"/>
       <c r="D361" s="12" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="E361" s="10"/>
       <c r="F361" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G361" s="11" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
     </row>
     <row r="362" spans="1:16135">
       <c r="A362" s="11" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="B362" s="10"/>
       <c r="C362" s="10"/>
       <c r="D362" s="12" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="E362" s="10"/>
       <c r="F362" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G362" s="11" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
     </row>
     <row r="363" spans="1:16135">
       <c r="A363" s="11" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="B363" s="10"/>
       <c r="C363" s="10"/>
       <c r="D363" s="12" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="E363" s="10"/>
       <c r="F363" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G363" s="11" t="s">
-        <v>370</v>
+        <v>864</v>
       </c>
     </row>
     <row r="364" spans="1:16135">
       <c r="A364" s="11" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="B364" s="10"/>
       <c r="C364" s="10"/>
       <c r="D364" s="12" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="E364" s="10"/>
       <c r="F364" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G364" s="11" t="s">
-        <v>868</v>
+        <v>405</v>
       </c>
     </row>
     <row r="365" spans="1:16135">
       <c r="A365" s="11" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="B365" s="10"/>
       <c r="C365" s="10"/>
       <c r="D365" s="12" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
       <c r="E365" s="10"/>
       <c r="F365" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G365" s="11" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
     </row>
     <row r="366" spans="1:16135">
       <c r="A366" s="11" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="B366" s="10"/>
       <c r="C366" s="10"/>
       <c r="D366" s="12" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="E366" s="10"/>
       <c r="F366" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G366" s="11" t="s">
-        <v>290</v>
+        <v>598</v>
       </c>
     </row>
     <row r="367" spans="1:16135">
       <c r="A367" s="11" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B367" s="10"/>
       <c r="C367" s="10"/>
       <c r="D367" s="12" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="E367" s="10"/>
       <c r="F367" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G367" s="11" t="s">
-        <v>876</v>
+        <v>408</v>
       </c>
     </row>
     <row r="368" spans="1:16135">
       <c r="A368" s="11" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="B368" s="10"/>
       <c r="C368" s="10"/>
       <c r="D368" s="12" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="E368" s="10"/>
       <c r="F368" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G368" s="11" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
     </row>
     <row r="369" spans="1:16135">
       <c r="A369" s="11" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="B369" s="10"/>
       <c r="C369" s="10"/>
       <c r="D369" s="12" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="E369" s="10"/>
       <c r="F369" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G369" s="11" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
     </row>
     <row r="370" spans="1:16135">
       <c r="A370" s="11" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
       <c r="B370" s="10"/>
       <c r="C370" s="10"/>
       <c r="D370" s="12" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
       <c r="E370" s="10"/>
       <c r="F370" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G370" s="11" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
     </row>
     <row r="371" spans="1:16135">
       <c r="A371" s="11" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="B371" s="10"/>
       <c r="C371" s="10"/>
       <c r="D371" s="12" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="E371" s="10"/>
       <c r="F371" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G371" s="11" t="s">
-        <v>395</v>
+        <v>884</v>
       </c>
     </row>
     <row r="372" spans="1:16135">
       <c r="A372" s="11" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="B372" s="10"/>
       <c r="C372" s="10"/>
       <c r="D372" s="12" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="E372" s="10"/>
       <c r="F372" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G372" s="11" t="s">
-        <v>890</v>
+        <v>380</v>
       </c>
     </row>
     <row r="373" spans="1:16135">
       <c r="A373" s="11" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="B373" s="10"/>
       <c r="C373" s="10"/>
       <c r="D373" s="12" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
       <c r="E373" s="10"/>
       <c r="F373" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G373" s="11" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
     </row>
     <row r="374" spans="1:16135">
       <c r="A374" s="11" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="B374" s="10"/>
       <c r="C374" s="10"/>
       <c r="D374" s="12" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
       <c r="E374" s="10"/>
       <c r="F374" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G374" s="11" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
     </row>
     <row r="375" spans="1:16135">
       <c r="A375" s="11" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="B375" s="10"/>
       <c r="C375" s="10"/>
       <c r="D375" s="12" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="E375" s="10"/>
       <c r="F375" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G375" s="11" t="s">
-        <v>899</v>
+        <v>300</v>
       </c>
     </row>
     <row r="376" spans="1:16135">
       <c r="A376" s="11" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
       <c r="B376" s="10"/>
       <c r="C376" s="10"/>
       <c r="D376" s="12" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="E376" s="10"/>
       <c r="F376" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G376" s="11" t="s">
-        <v>507</v>
+        <v>897</v>
       </c>
     </row>
     <row r="377" spans="1:16135">
       <c r="A377" s="11" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="B377" s="10"/>
       <c r="C377" s="10"/>
       <c r="D377" s="12" t="s">
-        <v>903</v>
+        <v>899</v>
       </c>
       <c r="E377" s="10"/>
       <c r="F377" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G377" s="11" t="s">
-        <v>507</v>
+        <v>900</v>
       </c>
     </row>
     <row r="378" spans="1:16135">
       <c r="A378" s="11" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="B378" s="10"/>
       <c r="C378" s="10"/>
       <c r="D378" s="12" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="E378" s="10"/>
       <c r="F378" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G378" s="11" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
     </row>
     <row r="379" spans="1:16135">
       <c r="A379" s="11" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="B379" s="10"/>
       <c r="C379" s="10"/>
       <c r="D379" s="12" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="E379" s="10"/>
       <c r="F379" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G379" s="11" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="380" spans="1:16135">
       <c r="A380" s="11" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="B380" s="10"/>
       <c r="C380" s="10"/>
       <c r="D380" s="12" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="E380" s="10"/>
       <c r="F380" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G380" s="11" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="381" spans="1:16135">
+      <c r="A381" s="11" t="s">
+        <v>909</v>
+      </c>
+      <c r="B381" s="10"/>
+      <c r="C381" s="10"/>
+      <c r="D381" s="12" t="s">
+        <v>910</v>
+      </c>
+      <c r="E381" s="10"/>
+      <c r="F381" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G381" s="11" t="s">
         <v>911</v>
       </c>
     </row>
-    <row r="382" spans="1:16135" customHeight="1" ht="60">
-[...3 lines deleted...]
-      <c r="D382" s="9" t="s">
+    <row r="382" spans="1:16135">
+      <c r="A382" s="11" t="s">
         <v>912</v>
       </c>
-      <c r="E382" s="8"/>
-[...1 lines deleted...]
-      <c r="G382" s="8"/>
+      <c r="B382" s="10"/>
+      <c r="C382" s="10"/>
+      <c r="D382" s="12" t="s">
+        <v>913</v>
+      </c>
+      <c r="E382" s="10"/>
+      <c r="F382" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G382" s="11" t="s">
+        <v>914</v>
+      </c>
     </row>
     <row r="383" spans="1:16135">
       <c r="A383" s="11" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="B383" s="10"/>
       <c r="C383" s="10"/>
       <c r="D383" s="12" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="E383" s="10"/>
       <c r="F383" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G383" s="11" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
     </row>
     <row r="384" spans="1:16135">
       <c r="A384" s="11" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="B384" s="10"/>
       <c r="C384" s="10"/>
       <c r="D384" s="12" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="E384" s="10"/>
       <c r="F384" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G384" s="11" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
     </row>
     <row r="385" spans="1:16135">
       <c r="A385" s="11" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="B385" s="10"/>
       <c r="C385" s="10"/>
       <c r="D385" s="12" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="E385" s="10"/>
       <c r="F385" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G385" s="11" t="s">
-        <v>921</v>
+        <v>517</v>
       </c>
     </row>
     <row r="386" spans="1:16135">
       <c r="A386" s="11" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="B386" s="10"/>
       <c r="C386" s="10"/>
       <c r="D386" s="12" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="E386" s="10"/>
       <c r="F386" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G386" s="11" t="s">
-        <v>924</v>
+        <v>517</v>
       </c>
     </row>
     <row r="387" spans="1:16135">
       <c r="A387" s="11" t="s">
         <v>925</v>
       </c>
       <c r="B387" s="10"/>
       <c r="C387" s="10"/>
       <c r="D387" s="12" t="s">
         <v>926</v>
       </c>
       <c r="E387" s="10"/>
       <c r="F387" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G387" s="11" t="s">
         <v>927</v>
       </c>
     </row>
-    <row r="389" spans="1:16135" customHeight="1" ht="60">
-[...3 lines deleted...]
-      <c r="D389" s="9" t="s">
+    <row r="388" spans="1:16135">
+      <c r="A388" s="11" t="s">
         <v>928</v>
       </c>
-      <c r="E389" s="8"/>
-[...4 lines deleted...]
-      <c r="A390" s="11" t="s">
+      <c r="B388" s="10"/>
+      <c r="C388" s="10"/>
+      <c r="D388" s="12" t="s">
         <v>929</v>
       </c>
-      <c r="B390" s="10"/>
-[...1 lines deleted...]
-      <c r="D390" s="12" t="s">
+      <c r="E388" s="10"/>
+      <c r="F388" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G388" s="11" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="389" spans="1:16135">
+      <c r="A389" s="11" t="s">
         <v>930</v>
       </c>
-      <c r="E390" s="10"/>
-[...3 lines deleted...]
-      <c r="G390" s="11" t="s">
+      <c r="B389" s="10"/>
+      <c r="C389" s="10"/>
+      <c r="D389" s="12" t="s">
         <v>931</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A391" s="11" t="s">
+      <c r="E389" s="10"/>
+      <c r="F389" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G389" s="11" t="s">
         <v>932</v>
       </c>
-      <c r="B391" s="10"/>
-[...1 lines deleted...]
-      <c r="D391" s="12" t="s">
+    </row>
+    <row r="391" spans="1:16135" customHeight="1" ht="60">
+      <c r="A391" s="2"/>
+      <c r="B391" s="2"/>
+      <c r="C391" s="2"/>
+      <c r="D391" s="9" t="s">
         <v>933</v>
       </c>
-      <c r="E391" s="10"/>
-[...5 lines deleted...]
-      </c>
+      <c r="E391" s="8"/>
+      <c r="F391" s="8"/>
+      <c r="G391" s="8"/>
     </row>
     <row r="392" spans="1:16135">
       <c r="A392" s="11" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="B392" s="10"/>
       <c r="C392" s="10"/>
       <c r="D392" s="12" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="E392" s="10"/>
       <c r="F392" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G392" s="11" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="393" spans="1:16135">
+      <c r="A393" s="11" t="s">
         <v>937</v>
-      </c>
-[...3 lines deleted...]
-        <v>1001331</v>
       </c>
       <c r="B393" s="10"/>
       <c r="C393" s="10"/>
       <c r="D393" s="12" t="s">
         <v>938</v>
       </c>
       <c r="E393" s="10"/>
       <c r="F393" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G393" s="11" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="394" spans="1:16135">
       <c r="A394" s="11" t="s">
         <v>940</v>
       </c>
       <c r="B394" s="10"/>
       <c r="C394" s="10"/>
       <c r="D394" s="12" t="s">
         <v>941</v>
       </c>
       <c r="E394" s="10"/>
       <c r="F394" s="11" t="s">
@@ -28135,2741 +28223,2854 @@
       <c r="E395" s="10"/>
       <c r="F395" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G395" s="11" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="396" spans="1:16135">
       <c r="A396" s="11" t="s">
         <v>946</v>
       </c>
       <c r="B396" s="10"/>
       <c r="C396" s="10"/>
       <c r="D396" s="12" t="s">
         <v>947</v>
       </c>
       <c r="E396" s="10"/>
       <c r="F396" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G396" s="11" t="s">
         <v>948</v>
       </c>
     </row>
-    <row r="397" spans="1:16135">
-      <c r="A397" s="11" t="s">
+    <row r="398" spans="1:16135" customHeight="1" ht="60">
+      <c r="A398" s="2"/>
+      <c r="B398" s="2"/>
+      <c r="C398" s="2"/>
+      <c r="D398" s="9" t="s">
         <v>949</v>
       </c>
-      <c r="B397" s="10"/>
-[...27 lines deleted...]
-      </c>
+      <c r="E398" s="8"/>
+      <c r="F398" s="8"/>
+      <c r="G398" s="8"/>
     </row>
     <row r="399" spans="1:16135">
       <c r="A399" s="11" t="s">
-        <v>955</v>
+        <v>950</v>
       </c>
       <c r="B399" s="10"/>
       <c r="C399" s="10"/>
       <c r="D399" s="12" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="E399" s="10"/>
       <c r="F399" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G399" s="11" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="400" spans="1:16135">
       <c r="A400" s="11" t="s">
-        <v>957</v>
+        <v>953</v>
       </c>
       <c r="B400" s="10"/>
       <c r="C400" s="10"/>
       <c r="D400" s="12" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="E400" s="10"/>
       <c r="F400" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G400" s="11" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
     </row>
     <row r="401" spans="1:16135">
       <c r="A401" s="11" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="B401" s="10"/>
       <c r="C401" s="10"/>
       <c r="D401" s="12" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="E401" s="10"/>
       <c r="F401" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G401" s="11" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
     </row>
     <row r="402" spans="1:16135">
-      <c r="A402" s="11" t="s">
-        <v>963</v>
+      <c r="A402" s="11">
+        <v>1001331</v>
       </c>
       <c r="B402" s="10"/>
       <c r="C402" s="10"/>
       <c r="D402" s="12" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="E402" s="10"/>
       <c r="F402" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G402" s="11" t="s">
-        <v>965</v>
+        <v>960</v>
       </c>
     </row>
     <row r="403" spans="1:16135">
       <c r="A403" s="11" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="B403" s="10"/>
       <c r="C403" s="10"/>
       <c r="D403" s="12" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="E403" s="10"/>
       <c r="F403" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G403" s="11" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
     </row>
     <row r="404" spans="1:16135">
       <c r="A404" s="11" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="B404" s="10"/>
       <c r="C404" s="10"/>
       <c r="D404" s="12" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="E404" s="10"/>
       <c r="F404" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G404" s="11" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
     </row>
     <row r="405" spans="1:16135">
       <c r="A405" s="11" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="B405" s="10"/>
       <c r="C405" s="10"/>
       <c r="D405" s="12" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="E405" s="10"/>
       <c r="F405" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G405" s="11" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
     </row>
     <row r="406" spans="1:16135">
       <c r="A406" s="11" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="B406" s="10"/>
       <c r="C406" s="10"/>
       <c r="D406" s="12" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="E406" s="10"/>
       <c r="F406" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G406" s="11" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
     </row>
     <row r="407" spans="1:16135">
-      <c r="A407" s="11">
-        <v>1001103</v>
+      <c r="A407" s="11" t="s">
+        <v>973</v>
       </c>
       <c r="B407" s="10"/>
       <c r="C407" s="10"/>
       <c r="D407" s="12" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="E407" s="10"/>
       <c r="F407" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G407" s="11" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
     </row>
     <row r="408" spans="1:16135">
       <c r="A408" s="11" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
       <c r="B408" s="10"/>
       <c r="C408" s="10"/>
       <c r="D408" s="12" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="E408" s="10"/>
       <c r="F408" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G408" s="11" t="s">
-        <v>388</v>
+        <v>972</v>
       </c>
     </row>
     <row r="409" spans="1:16135">
       <c r="A409" s="11" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="B409" s="10"/>
       <c r="C409" s="10"/>
       <c r="D409" s="12" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
       <c r="E409" s="10"/>
       <c r="F409" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G409" s="11" t="s">
-        <v>388</v>
+        <v>980</v>
       </c>
     </row>
     <row r="410" spans="1:16135">
       <c r="A410" s="11" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="B410" s="10"/>
       <c r="C410" s="10"/>
       <c r="D410" s="12" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
       <c r="E410" s="10"/>
       <c r="F410" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G410" s="11" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
     </row>
     <row r="411" spans="1:16135">
-      <c r="A411" s="11">
-        <v>1001322</v>
+      <c r="A411" s="11" t="s">
+        <v>984</v>
       </c>
       <c r="B411" s="10"/>
       <c r="C411" s="10"/>
       <c r="D411" s="12" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
       <c r="E411" s="10"/>
       <c r="F411" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G411" s="11" t="s">
-        <v>988</v>
+        <v>986</v>
       </c>
     </row>
     <row r="412" spans="1:16135">
-      <c r="A412" s="11">
-        <v>1001104</v>
+      <c r="A412" s="11" t="s">
+        <v>987</v>
       </c>
       <c r="B412" s="10"/>
       <c r="C412" s="10"/>
       <c r="D412" s="12" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="E412" s="10"/>
       <c r="F412" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G412" s="11" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
     </row>
     <row r="413" spans="1:16135">
       <c r="A413" s="11" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="B413" s="10"/>
       <c r="C413" s="10"/>
       <c r="D413" s="12" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="E413" s="10"/>
       <c r="F413" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G413" s="11" t="s">
-        <v>831</v>
+        <v>992</v>
       </c>
     </row>
     <row r="414" spans="1:16135">
       <c r="A414" s="11" t="s">
         <v>993</v>
       </c>
       <c r="B414" s="10"/>
       <c r="C414" s="10"/>
       <c r="D414" s="12" t="s">
         <v>994</v>
       </c>
       <c r="E414" s="10"/>
       <c r="F414" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G414" s="11" t="s">
         <v>995</v>
       </c>
     </row>
     <row r="415" spans="1:16135">
       <c r="A415" s="11" t="s">
         <v>996</v>
       </c>
       <c r="B415" s="10"/>
       <c r="C415" s="10"/>
       <c r="D415" s="12" t="s">
         <v>997</v>
       </c>
       <c r="E415" s="10"/>
       <c r="F415" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G415" s="11" t="s">
         <v>998</v>
       </c>
     </row>
     <row r="416" spans="1:16135">
       <c r="A416" s="11">
-        <v>1001324</v>
+        <v>1001103</v>
       </c>
       <c r="B416" s="10"/>
       <c r="C416" s="10"/>
       <c r="D416" s="12" t="s">
         <v>999</v>
       </c>
       <c r="E416" s="10"/>
       <c r="F416" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G416" s="11" t="s">
         <v>1000</v>
       </c>
     </row>
     <row r="417" spans="1:16135">
       <c r="A417" s="11" t="s">
         <v>1001</v>
       </c>
       <c r="B417" s="10"/>
       <c r="C417" s="10"/>
       <c r="D417" s="12" t="s">
         <v>1002</v>
       </c>
       <c r="E417" s="10"/>
       <c r="F417" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G417" s="11" t="s">
-        <v>1003</v>
+        <v>398</v>
       </c>
     </row>
     <row r="418" spans="1:16135">
       <c r="A418" s="11" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="B418" s="10"/>
       <c r="C418" s="10"/>
       <c r="D418" s="12" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="E418" s="10"/>
       <c r="F418" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G418" s="11" t="s">
-        <v>1003</v>
+        <v>398</v>
       </c>
     </row>
     <row r="419" spans="1:16135">
       <c r="A419" s="11" t="s">
-        <v>1006</v>
+        <v>1005</v>
       </c>
       <c r="B419" s="10"/>
       <c r="C419" s="10"/>
       <c r="D419" s="12" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="E419" s="10"/>
       <c r="F419" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G419" s="11" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="420" spans="1:16135">
-      <c r="A420" s="11" t="s">
-        <v>1009</v>
+      <c r="A420" s="11">
+        <v>1001322</v>
       </c>
       <c r="B420" s="10"/>
       <c r="C420" s="10"/>
       <c r="D420" s="12" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="E420" s="10"/>
       <c r="F420" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G420" s="11" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="421" spans="1:16135">
-      <c r="A421" s="11" t="s">
-        <v>1012</v>
+      <c r="A421" s="11">
+        <v>1001104</v>
       </c>
       <c r="B421" s="10"/>
       <c r="C421" s="10"/>
       <c r="D421" s="12" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="E421" s="10"/>
       <c r="F421" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G421" s="11" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="422" spans="1:16135">
-      <c r="A422" s="11">
-        <v>1001326</v>
+      <c r="A422" s="11" t="s">
+        <v>1012</v>
       </c>
       <c r="B422" s="10"/>
       <c r="C422" s="10"/>
       <c r="D422" s="12" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="E422" s="10"/>
       <c r="F422" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G422" s="11" t="s">
-        <v>1015</v>
+        <v>850</v>
       </c>
     </row>
     <row r="423" spans="1:16135">
-      <c r="A423" s="11">
-        <v>1001327</v>
+      <c r="A423" s="11" t="s">
+        <v>1014</v>
       </c>
       <c r="B423" s="10"/>
       <c r="C423" s="10"/>
       <c r="D423" s="12" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="E423" s="10"/>
       <c r="F423" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G423" s="11" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="424" spans="1:16135">
+      <c r="A424" s="11" t="s">
         <v>1017</v>
-      </c>
-[...3 lines deleted...]
-        <v>1001106</v>
       </c>
       <c r="B424" s="10"/>
       <c r="C424" s="10"/>
       <c r="D424" s="12" t="s">
         <v>1018</v>
       </c>
       <c r="E424" s="10"/>
       <c r="F424" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G424" s="11" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="425" spans="1:16135">
-      <c r="A425" s="11" t="s">
-        <v>1020</v>
+      <c r="A425" s="11">
+        <v>1001324</v>
       </c>
       <c r="B425" s="10"/>
       <c r="C425" s="10"/>
       <c r="D425" s="12" t="s">
-        <v>1021</v>
+        <v>1020</v>
       </c>
       <c r="E425" s="10"/>
       <c r="F425" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G425" s="11" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="426" spans="1:16135">
       <c r="A426" s="11" t="s">
-        <v>1023</v>
+        <v>1022</v>
       </c>
       <c r="B426" s="10"/>
       <c r="C426" s="10"/>
       <c r="D426" s="12" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
       <c r="E426" s="10"/>
       <c r="F426" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G426" s="11" t="s">
-        <v>1025</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="427" spans="1:16135">
       <c r="A427" s="11" t="s">
-        <v>1026</v>
+        <v>1025</v>
       </c>
       <c r="B427" s="10"/>
       <c r="C427" s="10"/>
       <c r="D427" s="12" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="E427" s="10"/>
       <c r="F427" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G427" s="11" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="428" spans="1:16135">
-      <c r="A428" s="11">
-        <v>1001107</v>
+      <c r="A428" s="11" t="s">
+        <v>1027</v>
       </c>
       <c r="B428" s="10"/>
       <c r="C428" s="10"/>
       <c r="D428" s="12" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="E428" s="10"/>
       <c r="F428" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G428" s="11" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="429" spans="1:16135">
+      <c r="A429" s="11" t="s">
         <v>1030</v>
-      </c>
-[...3 lines deleted...]
-        <v>1001329</v>
       </c>
       <c r="B429" s="10"/>
       <c r="C429" s="10"/>
       <c r="D429" s="12" t="s">
         <v>1031</v>
       </c>
       <c r="E429" s="10"/>
       <c r="F429" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G429" s="11" t="s">
-        <v>359</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="430" spans="1:16135">
       <c r="A430" s="11" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="B430" s="10"/>
       <c r="C430" s="10"/>
       <c r="D430" s="12" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="E430" s="10"/>
       <c r="F430" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G430" s="11" t="s">
-        <v>1034</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="431" spans="1:16135">
-      <c r="A431" s="11" t="s">
-        <v>1035</v>
+      <c r="A431" s="11">
+        <v>1001326</v>
       </c>
       <c r="B431" s="10"/>
       <c r="C431" s="10"/>
       <c r="D431" s="12" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="E431" s="10"/>
       <c r="F431" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G431" s="11" t="s">
-        <v>1037</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="432" spans="1:16135">
-      <c r="A432" s="11" t="s">
-        <v>1038</v>
+      <c r="A432" s="11">
+        <v>1001327</v>
       </c>
       <c r="B432" s="10"/>
       <c r="C432" s="10"/>
       <c r="D432" s="12" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="E432" s="10"/>
       <c r="F432" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G432" s="11" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="433" spans="1:16135">
+      <c r="A433" s="11">
+        <v>1001106</v>
+      </c>
+      <c r="B433" s="10"/>
+      <c r="C433" s="10"/>
+      <c r="D433" s="12" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E433" s="10"/>
+      <c r="F433" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G433" s="11" t="s">
         <v>1040</v>
       </c>
     </row>
-    <row r="434" spans="1:16135" customHeight="1" ht="60">
-[...3 lines deleted...]
-      <c r="D434" s="9" t="s">
+    <row r="434" spans="1:16135">
+      <c r="A434" s="11" t="s">
         <v>1041</v>
       </c>
-      <c r="E434" s="8"/>
-[...1 lines deleted...]
-      <c r="G434" s="8"/>
+      <c r="B434" s="10"/>
+      <c r="C434" s="10"/>
+      <c r="D434" s="12" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E434" s="10"/>
+      <c r="F434" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G434" s="11" t="s">
+        <v>1043</v>
+      </c>
     </row>
     <row r="435" spans="1:16135">
-      <c r="A435" s="11">
-        <v>7611000</v>
+      <c r="A435" s="11" t="s">
+        <v>1044</v>
       </c>
       <c r="B435" s="10"/>
       <c r="C435" s="10"/>
       <c r="D435" s="12" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="E435" s="10"/>
       <c r="F435" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G435" s="11" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="436" spans="1:16135">
-      <c r="A436" s="11">
-        <v>815119</v>
+      <c r="A436" s="11" t="s">
+        <v>1047</v>
       </c>
       <c r="B436" s="10"/>
       <c r="C436" s="10"/>
       <c r="D436" s="12" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="E436" s="10"/>
       <c r="F436" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G436" s="11" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="437" spans="1:16135">
       <c r="A437" s="11">
-        <v>26311</v>
+        <v>1001107</v>
       </c>
       <c r="B437" s="10"/>
       <c r="C437" s="10"/>
       <c r="D437" s="12" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="E437" s="10"/>
       <c r="F437" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G437" s="11" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="438" spans="1:16135">
       <c r="A438" s="11">
-        <v>18461</v>
+        <v>1001329</v>
       </c>
       <c r="B438" s="10"/>
       <c r="C438" s="10"/>
       <c r="D438" s="12" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="E438" s="10"/>
       <c r="F438" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G438" s="11" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="439" spans="1:16135">
-      <c r="A439" s="11">
-        <v>18462</v>
+      <c r="A439" s="11" t="s">
+        <v>1054</v>
       </c>
       <c r="B439" s="10"/>
       <c r="C439" s="10"/>
       <c r="D439" s="12" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="E439" s="10"/>
       <c r="F439" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G439" s="11" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="440" spans="1:16135">
-      <c r="A440" s="11">
-        <v>6307872</v>
+      <c r="A440" s="11" t="s">
+        <v>1057</v>
       </c>
       <c r="B440" s="10"/>
       <c r="C440" s="10"/>
       <c r="D440" s="12" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="E440" s="10"/>
       <c r="F440" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G440" s="11" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="441" spans="1:16135">
-      <c r="A441" s="11">
-        <v>815370</v>
+      <c r="A441" s="11" t="s">
+        <v>1060</v>
       </c>
       <c r="B441" s="10"/>
       <c r="C441" s="10"/>
       <c r="D441" s="12" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="E441" s="10"/>
       <c r="F441" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G441" s="11" t="s">
-        <v>1055</v>
-[...40 lines deleted...]
-      <c r="D445" s="9" t="s">
         <v>1062</v>
       </c>
-      <c r="E445" s="8"/>
-[...1 lines deleted...]
-      <c r="G445" s="8"/>
+    </row>
+    <row r="443" spans="1:16135" customHeight="1" ht="60">
+      <c r="A443" s="2"/>
+      <c r="B443" s="2"/>
+      <c r="C443" s="2"/>
+      <c r="D443" s="9" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E443" s="8"/>
+      <c r="F443" s="8"/>
+      <c r="G443" s="8"/>
+    </row>
+    <row r="444" spans="1:16135">
+      <c r="A444" s="11">
+        <v>7611000</v>
+      </c>
+      <c r="B444" s="10"/>
+      <c r="C444" s="10"/>
+      <c r="D444" s="12" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E444" s="10"/>
+      <c r="F444" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G444" s="11" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="445" spans="1:16135">
+      <c r="A445" s="11">
+        <v>815119</v>
+      </c>
+      <c r="B445" s="10"/>
+      <c r="C445" s="10"/>
+      <c r="D445" s="12" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E445" s="10"/>
+      <c r="F445" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G445" s="11" t="s">
+        <v>1067</v>
+      </c>
     </row>
     <row r="446" spans="1:16135">
       <c r="A446" s="11">
-        <v>1018009</v>
+        <v>26311</v>
       </c>
       <c r="B446" s="10"/>
       <c r="C446" s="10"/>
       <c r="D446" s="12" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="E446" s="10"/>
       <c r="F446" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G446" s="11" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="447" spans="1:16135">
-      <c r="A447" s="11" t="s">
-        <v>1065</v>
+      <c r="A447" s="11">
+        <v>18461</v>
       </c>
       <c r="B447" s="10"/>
       <c r="C447" s="10"/>
       <c r="D447" s="12" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="E447" s="10"/>
       <c r="F447" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G447" s="11" t="s">
-        <v>1067</v>
-[...11 lines deleted...]
-      <c r="G449" s="8"/>
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="448" spans="1:16135">
+      <c r="A448" s="11">
+        <v>18462</v>
+      </c>
+      <c r="B448" s="10"/>
+      <c r="C448" s="10"/>
+      <c r="D448" s="12" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E448" s="10"/>
+      <c r="F448" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G448" s="11" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="449" spans="1:16135">
+      <c r="A449" s="11">
+        <v>6307872</v>
+      </c>
+      <c r="B449" s="10"/>
+      <c r="C449" s="10"/>
+      <c r="D449" s="12" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E449" s="10"/>
+      <c r="F449" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G449" s="11" t="s">
+        <v>1075</v>
+      </c>
     </row>
     <row r="450" spans="1:16135">
-      <c r="A450" s="11"/>
+      <c r="A450" s="11" t="s">
+        <v>1076</v>
+      </c>
       <c r="B450" s="10"/>
       <c r="C450" s="10"/>
       <c r="D450" s="12" t="s">
-        <v>1069</v>
+        <v>1077</v>
       </c>
       <c r="E450" s="10"/>
       <c r="F450" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G450" s="11" t="s">
-        <v>1070</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="451" spans="1:16135">
-      <c r="A451" s="11"/>
+      <c r="A451" s="11" t="s">
+        <v>1079</v>
+      </c>
       <c r="B451" s="10"/>
       <c r="C451" s="10"/>
       <c r="D451" s="12" t="s">
-        <v>1071</v>
+        <v>1080</v>
       </c>
       <c r="E451" s="10"/>
       <c r="F451" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G451" s="11" t="s">
-        <v>1072</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="453" spans="1:16135" customHeight="1" ht="60">
       <c r="A453" s="2"/>
       <c r="B453" s="2"/>
       <c r="C453" s="2"/>
       <c r="D453" s="9" t="s">
-        <v>1073</v>
+        <v>1082</v>
       </c>
       <c r="E453" s="8"/>
       <c r="F453" s="8"/>
       <c r="G453" s="8"/>
     </row>
     <row r="454" spans="1:16135">
       <c r="A454" s="11">
-        <v>11666</v>
+        <v>1018009</v>
       </c>
       <c r="B454" s="10"/>
       <c r="C454" s="10"/>
       <c r="D454" s="12" t="s">
-        <v>1074</v>
+        <v>1083</v>
       </c>
       <c r="E454" s="10"/>
       <c r="F454" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G454" s="11" t="s">
-        <v>1075</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="455" spans="1:16135">
-      <c r="A455" s="11">
-        <v>11668</v>
+      <c r="A455" s="11" t="s">
+        <v>1085</v>
       </c>
       <c r="B455" s="10"/>
       <c r="C455" s="10"/>
       <c r="D455" s="12" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="E455" s="10"/>
       <c r="F455" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G455" s="11" t="s">
-        <v>1075</v>
-[...34 lines deleted...]
-      </c>
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="457" spans="1:16135" customHeight="1" ht="60">
+      <c r="A457" s="2"/>
+      <c r="B457" s="2"/>
+      <c r="C457" s="2"/>
+      <c r="D457" s="9" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E457" s="8"/>
+      <c r="F457" s="8"/>
+      <c r="G457" s="8"/>
     </row>
     <row r="458" spans="1:16135">
-      <c r="A458" s="11">
-[...1 lines deleted...]
-      </c>
+      <c r="A458" s="11"/>
       <c r="B458" s="10"/>
       <c r="C458" s="10"/>
       <c r="D458" s="12" t="s">
-        <v>1079</v>
+        <v>1089</v>
       </c>
       <c r="E458" s="10"/>
       <c r="F458" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G458" s="11" t="s">
-        <v>1075</v>
-[...37 lines deleted...]
-      <c r="G463" s="8"/>
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="459" spans="1:16135">
+      <c r="A459" s="11"/>
+      <c r="B459" s="10"/>
+      <c r="C459" s="10"/>
+      <c r="D459" s="12" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E459" s="10"/>
+      <c r="F459" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G459" s="11" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="461" spans="1:16135" customHeight="1" ht="60">
+      <c r="A461" s="2"/>
+      <c r="B461" s="2"/>
+      <c r="C461" s="2"/>
+      <c r="D461" s="9" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E461" s="8"/>
+      <c r="F461" s="8"/>
+      <c r="G461" s="8"/>
+    </row>
+    <row r="462" spans="1:16135">
+      <c r="A462" s="11">
+        <v>11666</v>
+      </c>
+      <c r="B462" s="10"/>
+      <c r="C462" s="10"/>
+      <c r="D462" s="12" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E462" s="10"/>
+      <c r="F462" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G462" s="11" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="463" spans="1:16135">
+      <c r="A463" s="11">
+        <v>11668</v>
+      </c>
+      <c r="B463" s="10"/>
+      <c r="C463" s="10"/>
+      <c r="D463" s="12" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E463" s="10"/>
+      <c r="F463" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G463" s="11" t="s">
+        <v>1095</v>
+      </c>
     </row>
     <row r="464" spans="1:16135">
       <c r="A464" s="11">
-        <v>11584</v>
+        <v>11667</v>
       </c>
       <c r="B464" s="10"/>
       <c r="C464" s="10"/>
       <c r="D464" s="12" t="s">
-        <v>1082</v>
+        <v>1097</v>
       </c>
       <c r="E464" s="10"/>
       <c r="F464" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G464" s="11" t="s">
-        <v>1083</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="465" spans="1:16135">
       <c r="A465" s="11">
-        <v>11583</v>
+        <v>11664</v>
       </c>
       <c r="B465" s="10"/>
       <c r="C465" s="10"/>
       <c r="D465" s="12" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="E465" s="10"/>
       <c r="F465" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G465" s="11" t="s">
-        <v>1085</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="466" spans="1:16135">
       <c r="A466" s="11">
-        <v>12022</v>
+        <v>11665</v>
       </c>
       <c r="B466" s="10"/>
       <c r="C466" s="10"/>
       <c r="D466" s="12" t="s">
-        <v>1086</v>
+        <v>1099</v>
       </c>
       <c r="E466" s="10"/>
       <c r="F466" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G466" s="11" t="s">
-        <v>1087</v>
-[...34 lines deleted...]
-      </c>
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="468" spans="1:16135" customHeight="1" ht="60">
+      <c r="A468" s="2"/>
+      <c r="B468" s="2"/>
+      <c r="C468" s="2"/>
+      <c r="D468" s="9" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E468" s="8"/>
+      <c r="F468" s="8"/>
+      <c r="G468" s="8"/>
     </row>
     <row r="469" spans="1:16135">
-      <c r="A469" s="11">
-[...1 lines deleted...]
-      </c>
+      <c r="A469" s="11"/>
       <c r="B469" s="10"/>
       <c r="C469" s="10"/>
       <c r="D469" s="12" t="s">
-        <v>1092</v>
+        <v>1100</v>
       </c>
       <c r="E469" s="10"/>
       <c r="F469" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G469" s="11" t="s">
-        <v>1093</v>
-[...34 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="471" spans="1:16135" customHeight="1" ht="60">
+      <c r="A471" s="2"/>
+      <c r="B471" s="2"/>
+      <c r="C471" s="2"/>
+      <c r="D471" s="9" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E471" s="8"/>
+      <c r="F471" s="8"/>
+      <c r="G471" s="8"/>
     </row>
     <row r="472" spans="1:16135">
       <c r="A472" s="11">
-        <v>11248</v>
+        <v>11584</v>
       </c>
       <c r="B472" s="10"/>
       <c r="C472" s="10"/>
       <c r="D472" s="12" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="E472" s="10"/>
       <c r="F472" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G472" s="11" t="s">
-        <v>1089</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="473" spans="1:16135">
       <c r="A473" s="11">
-        <v>11577</v>
+        <v>11583</v>
       </c>
       <c r="B473" s="10"/>
       <c r="C473" s="10"/>
       <c r="D473" s="12" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="E473" s="10"/>
       <c r="F473" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G473" s="11" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="474" spans="1:16135">
       <c r="A474" s="11">
-        <v>12023</v>
+        <v>12022</v>
       </c>
       <c r="B474" s="10"/>
       <c r="C474" s="10"/>
       <c r="D474" s="12" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="E474" s="10"/>
       <c r="F474" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G474" s="11" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="475" spans="1:16135">
       <c r="A475" s="11">
-        <v>11576</v>
+        <v>12027</v>
       </c>
       <c r="B475" s="10"/>
       <c r="C475" s="10"/>
       <c r="D475" s="12" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="E475" s="10"/>
       <c r="F475" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G475" s="11" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="476" spans="1:16135">
       <c r="A476" s="11">
-        <v>11411</v>
+        <v>12029</v>
       </c>
       <c r="B476" s="10"/>
       <c r="C476" s="10"/>
       <c r="D476" s="12" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="E476" s="10"/>
       <c r="F476" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G476" s="11" t="s">
-        <v>374</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="477" spans="1:16135">
       <c r="A477" s="11">
-        <v>11438</v>
+        <v>11440</v>
       </c>
       <c r="B477" s="10"/>
       <c r="C477" s="10"/>
       <c r="D477" s="12" t="s">
-        <v>1106</v>
+        <v>1112</v>
       </c>
       <c r="E477" s="10"/>
       <c r="F477" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G477" s="11" t="s">
-        <v>766</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="478" spans="1:16135">
       <c r="A478" s="11">
-        <v>11436</v>
+        <v>12030</v>
       </c>
       <c r="B478" s="10"/>
       <c r="C478" s="10"/>
       <c r="D478" s="12" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
       <c r="E478" s="10"/>
       <c r="F478" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G478" s="11" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="479" spans="1:16135">
       <c r="A479" s="11">
-        <v>11437</v>
+        <v>12031</v>
       </c>
       <c r="B479" s="10"/>
       <c r="C479" s="10"/>
       <c r="D479" s="12" t="s">
-        <v>1109</v>
+        <v>1116</v>
       </c>
       <c r="E479" s="10"/>
       <c r="F479" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G479" s="11" t="s">
-        <v>1110</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="480" spans="1:16135">
       <c r="A480" s="11">
-        <v>11624</v>
+        <v>11248</v>
       </c>
       <c r="B480" s="10"/>
       <c r="C480" s="10"/>
       <c r="D480" s="12" t="s">
-        <v>1111</v>
+        <v>1118</v>
       </c>
       <c r="E480" s="10"/>
       <c r="F480" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G480" s="11" t="s">
-        <v>1085</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="481" spans="1:16135">
       <c r="A481" s="11">
-        <v>11435</v>
+        <v>11577</v>
       </c>
       <c r="B481" s="10"/>
       <c r="C481" s="10"/>
       <c r="D481" s="12" t="s">
-        <v>1112</v>
+        <v>1119</v>
       </c>
       <c r="E481" s="10"/>
       <c r="F481" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G481" s="11" t="s">
-        <v>1113</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="482" spans="1:16135">
       <c r="A482" s="11">
-        <v>11247</v>
+        <v>12023</v>
       </c>
       <c r="B482" s="10"/>
       <c r="C482" s="10"/>
       <c r="D482" s="12" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="E482" s="10"/>
       <c r="F482" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G482" s="11" t="s">
-        <v>374</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="483" spans="1:16135">
       <c r="A483" s="11">
-        <v>12036</v>
+        <v>11576</v>
       </c>
       <c r="B483" s="10"/>
       <c r="C483" s="10"/>
       <c r="D483" s="12" t="s">
-        <v>1115</v>
+        <v>1123</v>
       </c>
       <c r="E483" s="10"/>
       <c r="F483" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G483" s="11" t="s">
-        <v>1116</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="484" spans="1:16135">
       <c r="A484" s="11">
-        <v>12018</v>
+        <v>11411</v>
       </c>
       <c r="B484" s="10"/>
       <c r="C484" s="10"/>
       <c r="D484" s="12" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="E484" s="10"/>
       <c r="F484" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G484" s="11" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="485" spans="1:16135">
       <c r="A485" s="11">
-        <v>12020</v>
+        <v>11438</v>
       </c>
       <c r="B485" s="10"/>
       <c r="C485" s="10"/>
       <c r="D485" s="12" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
       <c r="E485" s="10"/>
       <c r="F485" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G485" s="11" t="s">
-        <v>203</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="486" spans="1:16135">
       <c r="A486" s="11">
-        <v>12017</v>
+        <v>11436</v>
       </c>
       <c r="B486" s="10"/>
       <c r="C486" s="10"/>
       <c r="D486" s="12" t="s">
-        <v>1120</v>
+        <v>1129</v>
       </c>
       <c r="E486" s="10"/>
       <c r="F486" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G486" s="11" t="s">
-        <v>1121</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="487" spans="1:16135">
       <c r="A487" s="11">
-        <v>11846</v>
+        <v>11437</v>
       </c>
       <c r="B487" s="10"/>
       <c r="C487" s="10"/>
       <c r="D487" s="12" t="s">
-        <v>1122</v>
+        <v>1131</v>
       </c>
       <c r="E487" s="10"/>
       <c r="F487" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G487" s="11" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="488" spans="1:16135">
       <c r="A488" s="11">
-        <v>11847</v>
+        <v>11624</v>
       </c>
       <c r="B488" s="10"/>
       <c r="C488" s="10"/>
       <c r="D488" s="12" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="E488" s="10"/>
       <c r="F488" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G488" s="11" t="s">
-        <v>1125</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="489" spans="1:16135">
       <c r="A489" s="11">
-        <v>11845</v>
+        <v>11435</v>
       </c>
       <c r="B489" s="10"/>
       <c r="C489" s="10"/>
       <c r="D489" s="12" t="s">
-        <v>1126</v>
+        <v>1134</v>
       </c>
       <c r="E489" s="10"/>
       <c r="F489" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G489" s="11" t="s">
-        <v>1127</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="490" spans="1:16135">
       <c r="A490" s="11">
-        <v>12013</v>
+        <v>11247</v>
       </c>
       <c r="B490" s="10"/>
       <c r="C490" s="10"/>
       <c r="D490" s="12" t="s">
-        <v>1128</v>
+        <v>1136</v>
       </c>
       <c r="E490" s="10"/>
       <c r="F490" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G490" s="11" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="491" spans="1:16135">
       <c r="A491" s="11">
-        <v>11617</v>
+        <v>12036</v>
       </c>
       <c r="B491" s="10"/>
       <c r="C491" s="10"/>
       <c r="D491" s="12" t="s">
-        <v>1130</v>
+        <v>1137</v>
       </c>
       <c r="E491" s="10"/>
       <c r="F491" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G491" s="11" t="s">
-        <v>1131</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="492" spans="1:16135">
       <c r="A492" s="11">
-        <v>11249</v>
+        <v>12018</v>
       </c>
       <c r="B492" s="10"/>
       <c r="C492" s="10"/>
       <c r="D492" s="12" t="s">
-        <v>1132</v>
+        <v>1139</v>
       </c>
       <c r="E492" s="10"/>
       <c r="F492" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G492" s="11" t="s">
-        <v>1133</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="493" spans="1:16135">
       <c r="A493" s="11">
-        <v>11573</v>
+        <v>12020</v>
       </c>
       <c r="B493" s="10"/>
       <c r="C493" s="10"/>
       <c r="D493" s="12" t="s">
-        <v>1134</v>
+        <v>1141</v>
       </c>
       <c r="E493" s="10"/>
       <c r="F493" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G493" s="11" t="s">
-        <v>1102</v>
-[...11 lines deleted...]
-      <c r="G495" s="8"/>
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="494" spans="1:16135">
+      <c r="A494" s="11">
+        <v>12017</v>
+      </c>
+      <c r="B494" s="10"/>
+      <c r="C494" s="10"/>
+      <c r="D494" s="12" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E494" s="10"/>
+      <c r="F494" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G494" s="11" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="495" spans="1:16135">
+      <c r="A495" s="11">
+        <v>11846</v>
+      </c>
+      <c r="B495" s="10"/>
+      <c r="C495" s="10"/>
+      <c r="D495" s="12" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E495" s="10"/>
+      <c r="F495" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G495" s="11" t="s">
+        <v>124</v>
+      </c>
     </row>
     <row r="496" spans="1:16135">
-      <c r="A496" s="11"/>
+      <c r="A496" s="11">
+        <v>11847</v>
+      </c>
       <c r="B496" s="10"/>
       <c r="C496" s="10"/>
       <c r="D496" s="12" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
       <c r="E496" s="10"/>
       <c r="F496" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G496" s="11" t="s">
-        <v>7</v>
-[...11 lines deleted...]
-      <c r="G498" s="8"/>
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="497" spans="1:16135">
+      <c r="A497" s="11">
+        <v>11845</v>
+      </c>
+      <c r="B497" s="10"/>
+      <c r="C497" s="10"/>
+      <c r="D497" s="12" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E497" s="10"/>
+      <c r="F497" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G497" s="11" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="498" spans="1:16135">
+      <c r="A498" s="11">
+        <v>12013</v>
+      </c>
+      <c r="B498" s="10"/>
+      <c r="C498" s="10"/>
+      <c r="D498" s="12" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E498" s="10"/>
+      <c r="F498" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G498" s="11" t="s">
+        <v>1151</v>
+      </c>
     </row>
     <row r="499" spans="1:16135">
       <c r="A499" s="11">
-        <v>11611</v>
+        <v>11617</v>
       </c>
       <c r="B499" s="10"/>
       <c r="C499" s="10"/>
       <c r="D499" s="12" t="s">
-        <v>1137</v>
+        <v>1152</v>
       </c>
       <c r="E499" s="10"/>
       <c r="F499" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G499" s="11" t="s">
-        <v>1113</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="500" spans="1:16135">
       <c r="A500" s="11">
-        <v>12431</v>
+        <v>11249</v>
       </c>
       <c r="B500" s="10"/>
       <c r="C500" s="10"/>
       <c r="D500" s="12" t="s">
-        <v>1138</v>
+        <v>1154</v>
       </c>
       <c r="E500" s="10"/>
       <c r="F500" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G500" s="11" t="s">
-        <v>1139</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="501" spans="1:16135">
       <c r="A501" s="11">
-        <v>11601</v>
+        <v>11573</v>
       </c>
       <c r="B501" s="10"/>
       <c r="C501" s="10"/>
       <c r="D501" s="12" t="s">
-        <v>1140</v>
+        <v>1156</v>
       </c>
       <c r="E501" s="10"/>
       <c r="F501" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G501" s="11" t="s">
-        <v>1108</v>
-[...54 lines deleted...]
-      <c r="G507" s="8"/>
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="503" spans="1:16135" customHeight="1" ht="60">
+      <c r="A503" s="2"/>
+      <c r="B503" s="2"/>
+      <c r="C503" s="2"/>
+      <c r="D503" s="9" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E503" s="8"/>
+      <c r="F503" s="8"/>
+      <c r="G503" s="8"/>
+    </row>
+    <row r="504" spans="1:16135">
+      <c r="A504" s="11"/>
+      <c r="B504" s="10"/>
+      <c r="C504" s="10"/>
+      <c r="D504" s="12" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E504" s="10"/>
+      <c r="F504" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G504" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="506" spans="1:16135" customHeight="1" ht="60">
+      <c r="A506" s="2"/>
+      <c r="B506" s="2"/>
+      <c r="C506" s="2"/>
+      <c r="D506" s="9" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E506" s="8"/>
+      <c r="F506" s="8"/>
+      <c r="G506" s="8"/>
+    </row>
+    <row r="507" spans="1:16135">
+      <c r="A507" s="11">
+        <v>11611</v>
+      </c>
+      <c r="B507" s="10"/>
+      <c r="C507" s="10"/>
+      <c r="D507" s="12" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E507" s="10"/>
+      <c r="F507" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G507" s="11" t="s">
+        <v>1135</v>
+      </c>
     </row>
     <row r="508" spans="1:16135">
-      <c r="A508" s="11" t="s">
-        <v>1144</v>
+      <c r="A508" s="11">
+        <v>12431</v>
       </c>
       <c r="B508" s="10"/>
       <c r="C508" s="10"/>
       <c r="D508" s="12" t="s">
-        <v>1145</v>
+        <v>1160</v>
       </c>
       <c r="E508" s="10"/>
       <c r="F508" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G508" s="11" t="s">
-        <v>1146</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="509" spans="1:16135">
-      <c r="A509" s="11" t="s">
-        <v>1147</v>
+      <c r="A509" s="11">
+        <v>11601</v>
       </c>
       <c r="B509" s="10"/>
       <c r="C509" s="10"/>
       <c r="D509" s="12" t="s">
-        <v>1148</v>
+        <v>1162</v>
       </c>
       <c r="E509" s="10"/>
       <c r="F509" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G509" s="11" t="s">
-        <v>1149</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="510" spans="1:16135">
-      <c r="A510" s="11" t="s">
-        <v>1150</v>
+      <c r="A510" s="11">
+        <v>11606</v>
       </c>
       <c r="B510" s="10"/>
       <c r="C510" s="10"/>
       <c r="D510" s="12" t="s">
-        <v>1151</v>
+        <v>1163</v>
       </c>
       <c r="E510" s="10"/>
       <c r="F510" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G510" s="11" t="s">
-        <v>1152</v>
-[...3 lines deleted...]
-      <c r="A511" s="11" t="s">
         <v>1153</v>
       </c>
-      <c r="B511" s="10"/>
-[...47 lines deleted...]
-      <c r="G516" s="8"/>
+    </row>
+    <row r="512" spans="1:16135" customHeight="1" ht="60">
+      <c r="A512" s="2"/>
+      <c r="B512" s="2"/>
+      <c r="C512" s="2"/>
+      <c r="D512" s="9" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E512" s="8"/>
+      <c r="F512" s="8"/>
+      <c r="G512" s="8"/>
+    </row>
+    <row r="513" spans="1:16135">
+      <c r="A513" s="11"/>
+      <c r="B513" s="10"/>
+      <c r="C513" s="10"/>
+      <c r="D513" s="12" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E513" s="10"/>
+      <c r="F513" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G513" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="515" spans="1:16135" customHeight="1" ht="60">
+      <c r="A515" s="2"/>
+      <c r="B515" s="2"/>
+      <c r="C515" s="2"/>
+      <c r="D515" s="9" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E515" s="8"/>
+      <c r="F515" s="8"/>
+      <c r="G515" s="8"/>
+    </row>
+    <row r="516" spans="1:16135">
+      <c r="A516" s="11" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B516" s="10"/>
+      <c r="C516" s="10"/>
+      <c r="D516" s="12" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E516" s="10"/>
+      <c r="F516" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G516" s="11" t="s">
+        <v>1168</v>
+      </c>
     </row>
     <row r="517" spans="1:16135">
-      <c r="A517" s="11"/>
+      <c r="A517" s="11" t="s">
+        <v>1169</v>
+      </c>
       <c r="B517" s="10"/>
       <c r="C517" s="10"/>
       <c r="D517" s="12" t="s">
-        <v>1157</v>
+        <v>1170</v>
       </c>
       <c r="E517" s="10"/>
       <c r="F517" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G517" s="11" t="s">
-        <v>7</v>
-[...45 lines deleted...]
-      </c>
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="518" spans="1:16135">
+      <c r="A518" s="11" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B518" s="10"/>
+      <c r="C518" s="10"/>
+      <c r="D518" s="12" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E518" s="10"/>
+      <c r="F518" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G518" s="11" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="519" spans="1:16135">
+      <c r="A519" s="11" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B519" s="10"/>
+      <c r="C519" s="10"/>
+      <c r="D519" s="12" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E519" s="10"/>
+      <c r="F519" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G519" s="11" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="521" spans="1:16135" customHeight="1" ht="60">
+      <c r="A521" s="2"/>
+      <c r="B521" s="2"/>
+      <c r="C521" s="2"/>
+      <c r="D521" s="9" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E521" s="8"/>
+      <c r="F521" s="8"/>
+      <c r="G521" s="8"/>
     </row>
     <row r="522" spans="1:16135">
-      <c r="A522" s="11">
-[...1 lines deleted...]
-      </c>
+      <c r="A522" s="11"/>
       <c r="B522" s="10"/>
       <c r="C522" s="10"/>
       <c r="D522" s="12" t="s">
-        <v>1161</v>
+        <v>1178</v>
       </c>
       <c r="E522" s="10"/>
       <c r="F522" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G522" s="11" t="s">
-        <v>1162</v>
-[...34 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="524" spans="1:16135" customHeight="1" ht="60">
+      <c r="A524" s="2"/>
+      <c r="B524" s="2"/>
+      <c r="C524" s="2"/>
+      <c r="D524" s="9" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E524" s="8"/>
+      <c r="F524" s="8"/>
+      <c r="G524" s="8"/>
     </row>
     <row r="525" spans="1:16135">
-      <c r="A525" s="11">
-[...1 lines deleted...]
-      </c>
+      <c r="A525" s="11"/>
       <c r="B525" s="10"/>
       <c r="C525" s="10"/>
       <c r="D525" s="12" t="s">
-        <v>1166</v>
+        <v>1179</v>
       </c>
       <c r="E525" s="10"/>
       <c r="F525" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G525" s="11" t="s">
-        <v>610</v>
-[...34 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="527" spans="1:16135" customHeight="1" ht="60">
+      <c r="A527" s="2"/>
+      <c r="B527" s="2"/>
+      <c r="C527" s="2"/>
+      <c r="D527" s="9" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E527" s="8"/>
+      <c r="F527" s="8"/>
+      <c r="G527" s="8"/>
     </row>
     <row r="528" spans="1:16135">
       <c r="A528" s="11">
-        <v>11360</v>
+        <v>11588</v>
       </c>
       <c r="B528" s="10"/>
       <c r="C528" s="10"/>
       <c r="D528" s="12" t="s">
-        <v>1171</v>
+        <v>1181</v>
       </c>
       <c r="E528" s="10"/>
       <c r="F528" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G528" s="11" t="s">
-        <v>1091</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="529" spans="1:16135">
       <c r="A529" s="11">
-        <v>11596</v>
+        <v>11344</v>
       </c>
       <c r="B529" s="10"/>
       <c r="C529" s="10"/>
       <c r="D529" s="12" t="s">
-        <v>1172</v>
+        <v>1182</v>
       </c>
       <c r="E529" s="10"/>
       <c r="F529" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G529" s="11" t="s">
-        <v>1093</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="530" spans="1:16135">
       <c r="A530" s="11">
-        <v>11595</v>
+        <v>11250</v>
       </c>
       <c r="B530" s="10"/>
       <c r="C530" s="10"/>
       <c r="D530" s="12" t="s">
-        <v>1173</v>
+        <v>1183</v>
       </c>
       <c r="E530" s="10"/>
       <c r="F530" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G530" s="11" t="s">
-        <v>1174</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="531" spans="1:16135">
       <c r="A531" s="11">
-        <v>11593</v>
+        <v>11590</v>
       </c>
       <c r="B531" s="10"/>
       <c r="C531" s="10"/>
       <c r="D531" s="12" t="s">
-        <v>1175</v>
+        <v>1185</v>
       </c>
       <c r="E531" s="10"/>
       <c r="F531" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G531" s="11" t="s">
-        <v>1097</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="532" spans="1:16135">
       <c r="A532" s="11">
-        <v>11592</v>
+        <v>11589</v>
       </c>
       <c r="B532" s="10"/>
       <c r="C532" s="10"/>
       <c r="D532" s="12" t="s">
-        <v>1176</v>
+        <v>1187</v>
       </c>
       <c r="E532" s="10"/>
       <c r="F532" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G532" s="11" t="s">
-        <v>1089</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="533" spans="1:16135">
       <c r="A533" s="11">
-        <v>11688</v>
+        <v>11586</v>
       </c>
       <c r="B533" s="10"/>
       <c r="C533" s="10"/>
       <c r="D533" s="12" t="s">
-        <v>1177</v>
+        <v>1188</v>
       </c>
       <c r="E533" s="10"/>
       <c r="F533" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G533" s="11" t="s">
-        <v>1178</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="534" spans="1:16135">
       <c r="A534" s="11">
-        <v>11685</v>
+        <v>11587</v>
       </c>
       <c r="B534" s="10"/>
       <c r="C534" s="10"/>
       <c r="D534" s="12" t="s">
-        <v>1179</v>
+        <v>1190</v>
       </c>
       <c r="E534" s="10"/>
       <c r="F534" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G534" s="11" t="s">
-        <v>1100</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="535" spans="1:16135">
       <c r="A535" s="11">
-        <v>11689</v>
+        <v>11594</v>
       </c>
       <c r="B535" s="10"/>
       <c r="C535" s="10"/>
       <c r="D535" s="12" t="s">
-        <v>1180</v>
+        <v>1192</v>
       </c>
       <c r="E535" s="10"/>
       <c r="F535" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G535" s="11" t="s">
-        <v>1181</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="536" spans="1:16135">
       <c r="A536" s="11">
-        <v>11686</v>
+        <v>11360</v>
       </c>
       <c r="B536" s="10"/>
       <c r="C536" s="10"/>
       <c r="D536" s="12" t="s">
-        <v>1182</v>
+        <v>1194</v>
       </c>
       <c r="E536" s="10"/>
       <c r="F536" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G536" s="11" t="s">
-        <v>1183</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="537" spans="1:16135">
       <c r="A537" s="11">
-        <v>11687</v>
+        <v>11596</v>
       </c>
       <c r="B537" s="10"/>
       <c r="C537" s="10"/>
       <c r="D537" s="12" t="s">
-        <v>1184</v>
+        <v>1195</v>
       </c>
       <c r="E537" s="10"/>
       <c r="F537" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G537" s="11" t="s">
-        <v>1185</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="538" spans="1:16135">
       <c r="A538" s="11">
-        <v>11684</v>
+        <v>11595</v>
       </c>
       <c r="B538" s="10"/>
       <c r="C538" s="10"/>
       <c r="D538" s="12" t="s">
-        <v>1186</v>
+        <v>1196</v>
       </c>
       <c r="E538" s="10"/>
       <c r="F538" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G538" s="11" t="s">
-        <v>1104</v>
-[...11 lines deleted...]
-      <c r="G540" s="8"/>
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="539" spans="1:16135">
+      <c r="A539" s="11">
+        <v>11593</v>
+      </c>
+      <c r="B539" s="10"/>
+      <c r="C539" s="10"/>
+      <c r="D539" s="12" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E539" s="10"/>
+      <c r="F539" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G539" s="11" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="540" spans="1:16135">
+      <c r="A540" s="11">
+        <v>11592</v>
+      </c>
+      <c r="B540" s="10"/>
+      <c r="C540" s="10"/>
+      <c r="D540" s="12" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E540" s="10"/>
+      <c r="F540" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G540" s="11" t="s">
+        <v>1109</v>
+      </c>
     </row>
     <row r="541" spans="1:16135">
-      <c r="A541" s="11"/>
+      <c r="A541" s="11">
+        <v>11688</v>
+      </c>
       <c r="B541" s="10"/>
       <c r="C541" s="10"/>
       <c r="D541" s="12" t="s">
-        <v>1187</v>
+        <v>1200</v>
       </c>
       <c r="E541" s="10"/>
       <c r="F541" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G541" s="11" t="s">
-        <v>7</v>
-[...11 lines deleted...]
-      <c r="G543" s="8"/>
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="542" spans="1:16135">
+      <c r="A542" s="11">
+        <v>11685</v>
+      </c>
+      <c r="B542" s="10"/>
+      <c r="C542" s="10"/>
+      <c r="D542" s="12" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E542" s="10"/>
+      <c r="F542" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G542" s="11" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="543" spans="1:16135">
+      <c r="A543" s="11">
+        <v>11689</v>
+      </c>
+      <c r="B543" s="10"/>
+      <c r="C543" s="10"/>
+      <c r="D543" s="12" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E543" s="10"/>
+      <c r="F543" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G543" s="11" t="s">
+        <v>1204</v>
+      </c>
     </row>
     <row r="544" spans="1:16135">
-      <c r="A544" s="11"/>
+      <c r="A544" s="11">
+        <v>11686</v>
+      </c>
       <c r="B544" s="10"/>
       <c r="C544" s="10"/>
       <c r="D544" s="12" t="s">
-        <v>1188</v>
+        <v>1205</v>
       </c>
       <c r="E544" s="10"/>
       <c r="F544" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G544" s="11" t="s">
-        <v>7</v>
-[...125 lines deleted...]
-      </c>
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="545" spans="1:16135">
+      <c r="A545" s="11">
+        <v>11687</v>
+      </c>
+      <c r="B545" s="10"/>
+      <c r="C545" s="10"/>
+      <c r="D545" s="12" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E545" s="10"/>
+      <c r="F545" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G545" s="11" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="546" spans="1:16135">
+      <c r="A546" s="11">
+        <v>11684</v>
+      </c>
+      <c r="B546" s="10"/>
+      <c r="C546" s="10"/>
+      <c r="D546" s="12" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E546" s="10"/>
+      <c r="F546" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G546" s="11" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="548" spans="1:16135" customHeight="1" ht="60">
+      <c r="A548" s="2"/>
+      <c r="B548" s="2"/>
+      <c r="C548" s="2"/>
+      <c r="D548" s="9" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E548" s="8"/>
+      <c r="F548" s="8"/>
+      <c r="G548" s="8"/>
+    </row>
+    <row r="549" spans="1:16135">
+      <c r="A549" s="11"/>
+      <c r="B549" s="10"/>
+      <c r="C549" s="10"/>
+      <c r="D549" s="12" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E549" s="10"/>
+      <c r="F549" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G549" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="551" spans="1:16135" customHeight="1" ht="60">
+      <c r="A551" s="2"/>
+      <c r="B551" s="2"/>
+      <c r="C551" s="2"/>
+      <c r="D551" s="9" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E551" s="8"/>
+      <c r="F551" s="8"/>
+      <c r="G551" s="8"/>
+    </row>
+    <row r="552" spans="1:16135">
+      <c r="A552" s="11"/>
+      <c r="B552" s="10"/>
+      <c r="C552" s="10"/>
+      <c r="D552" s="12" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E552" s="10"/>
+      <c r="F552" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G552" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="554" spans="1:16135" customHeight="1" ht="60">
+      <c r="A554" s="2"/>
+      <c r="B554" s="2"/>
+      <c r="C554" s="2"/>
+      <c r="D554" s="9" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E554" s="8"/>
+      <c r="F554" s="8"/>
+      <c r="G554" s="8"/>
+    </row>
+    <row r="555" spans="1:16135">
+      <c r="A555" s="11"/>
+      <c r="B555" s="10"/>
+      <c r="C555" s="10"/>
+      <c r="D555" s="12" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E555" s="10"/>
+      <c r="F555" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G555" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="557" spans="1:16135" customHeight="1" ht="60">
+      <c r="A557" s="2"/>
+      <c r="B557" s="2"/>
+      <c r="C557" s="2"/>
+      <c r="D557" s="9" t="s">
+        <v>1213</v>
+      </c>
+      <c r="E557" s="8"/>
+      <c r="F557" s="8"/>
+      <c r="G557" s="8"/>
     </row>
     <row r="558" spans="1:16135">
       <c r="A558" s="11" t="s">
-        <v>1201</v>
+        <v>1214</v>
       </c>
       <c r="B558" s="10"/>
       <c r="C558" s="10"/>
       <c r="D558" s="12" t="s">
-        <v>1202</v>
+        <v>1215</v>
       </c>
       <c r="E558" s="10"/>
       <c r="F558" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G558" s="11" t="s">
-        <v>1203</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="559" spans="1:16135">
-      <c r="A559" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A559" s="11"/>
       <c r="B559" s="10"/>
       <c r="C559" s="10"/>
       <c r="D559" s="12" t="s">
-        <v>1205</v>
+        <v>1216</v>
       </c>
       <c r="E559" s="10"/>
       <c r="F559" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G559" s="11" t="s">
-        <v>1206</v>
-[...34 lines deleted...]
-      </c>
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="561" spans="1:16135" customHeight="1" ht="60">
+      <c r="A561" s="2"/>
+      <c r="B561" s="2"/>
+      <c r="C561" s="2"/>
+      <c r="D561" s="9" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E561" s="8"/>
+      <c r="F561" s="8"/>
+      <c r="G561" s="8"/>
     </row>
     <row r="562" spans="1:16135">
       <c r="A562" s="11" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="B562" s="10"/>
       <c r="C562" s="10"/>
       <c r="D562" s="12" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="E562" s="10"/>
       <c r="F562" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G562" s="11" t="s">
-        <v>1215</v>
-[...25 lines deleted...]
-      <c r="D564" s="12" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="564" spans="1:16135" customHeight="1" ht="60">
+      <c r="A564" s="2"/>
+      <c r="B564" s="2"/>
+      <c r="C564" s="2"/>
+      <c r="D564" s="9" t="s">
         <v>1220</v>
       </c>
-      <c r="E564" s="10"/>
-[...5 lines deleted...]
-      </c>
+      <c r="E564" s="8"/>
+      <c r="F564" s="8"/>
+      <c r="G564" s="8"/>
     </row>
     <row r="565" spans="1:16135">
       <c r="A565" s="11" t="s">
-        <v>1222</v>
+        <v>1221</v>
       </c>
       <c r="B565" s="10"/>
       <c r="C565" s="10"/>
       <c r="D565" s="12" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="E565" s="10"/>
       <c r="F565" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G565" s="11" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="566" spans="1:16135">
       <c r="A566" s="11" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="B566" s="10"/>
       <c r="C566" s="10"/>
       <c r="D566" s="12" t="s">
-        <v>1226</v>
+        <v>1225</v>
       </c>
       <c r="E566" s="10"/>
       <c r="F566" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G566" s="11" t="s">
-        <v>1227</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="567" spans="1:16135">
       <c r="A567" s="11" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="B567" s="10"/>
       <c r="C567" s="10"/>
       <c r="D567" s="12" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="E567" s="10"/>
       <c r="F567" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G567" s="11" t="s">
-        <v>1113</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="568" spans="1:16135">
       <c r="A568" s="11" t="s">
         <v>1230</v>
       </c>
       <c r="B568" s="10"/>
       <c r="C568" s="10"/>
       <c r="D568" s="12" t="s">
         <v>1231</v>
       </c>
       <c r="E568" s="10"/>
       <c r="F568" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G568" s="11" t="s">
-        <v>203</v>
-[...6 lines deleted...]
-      <c r="D570" s="9" t="s">
         <v>1232</v>
       </c>
-      <c r="E570" s="8"/>
-[...1 lines deleted...]
-      <c r="G570" s="8"/>
+    </row>
+    <row r="569" spans="1:16135">
+      <c r="A569" s="11" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B569" s="10"/>
+      <c r="C569" s="10"/>
+      <c r="D569" s="12" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E569" s="10"/>
+      <c r="F569" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G569" s="11" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="570" spans="1:16135">
+      <c r="A570" s="11" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B570" s="10"/>
+      <c r="C570" s="10"/>
+      <c r="D570" s="12" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E570" s="10"/>
+      <c r="F570" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G570" s="11" t="s">
+        <v>1238</v>
+      </c>
     </row>
     <row r="571" spans="1:16135">
       <c r="A571" s="11" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="B571" s="10"/>
       <c r="C571" s="10"/>
       <c r="D571" s="12" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="E571" s="10"/>
       <c r="F571" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G571" s="11" t="s">
-        <v>1113</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="572" spans="1:16135">
       <c r="A572" s="11" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="B572" s="10"/>
       <c r="C572" s="10"/>
       <c r="D572" s="12" t="s">
-        <v>1236</v>
+        <v>1243</v>
       </c>
       <c r="E572" s="10"/>
       <c r="F572" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G572" s="11" t="s">
-        <v>1237</v>
-[...11 lines deleted...]
-      <c r="G574" s="8"/>
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="573" spans="1:16135">
+      <c r="A573" s="11" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B573" s="10"/>
+      <c r="C573" s="10"/>
+      <c r="D573" s="12" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E573" s="10"/>
+      <c r="F573" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G573" s="11" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="574" spans="1:16135">
+      <c r="A574" s="11" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B574" s="10"/>
+      <c r="C574" s="10"/>
+      <c r="D574" s="12" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E574" s="10"/>
+      <c r="F574" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G574" s="11" t="s">
+        <v>1250</v>
+      </c>
     </row>
     <row r="575" spans="1:16135">
-      <c r="A575" s="11"/>
+      <c r="A575" s="11" t="s">
+        <v>1251</v>
+      </c>
       <c r="B575" s="10"/>
       <c r="C575" s="10"/>
       <c r="D575" s="12" t="s">
-        <v>1238</v>
+        <v>1252</v>
       </c>
       <c r="E575" s="10"/>
       <c r="F575" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G575" s="11" t="s">
-        <v>7</v>
-[...156 lines deleted...]
-      <c r="G593" s="11" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="576" spans="1:16135">
+      <c r="A576" s="11" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B576" s="10"/>
+      <c r="C576" s="10"/>
+      <c r="D576" s="12" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E576" s="10"/>
+      <c r="F576" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G576" s="11" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="578" spans="1:16135" customHeight="1" ht="60">
+      <c r="A578" s="2"/>
+      <c r="B578" s="2"/>
+      <c r="C578" s="2"/>
+      <c r="D578" s="9" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E578" s="8"/>
+      <c r="F578" s="8"/>
+      <c r="G578" s="8"/>
+    </row>
+    <row r="579" spans="1:16135">
+      <c r="A579" s="11" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B579" s="10"/>
+      <c r="C579" s="10"/>
+      <c r="D579" s="12" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E579" s="10"/>
+      <c r="F579" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G579" s="11" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="580" spans="1:16135">
+      <c r="A580" s="11" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B580" s="10"/>
+      <c r="C580" s="10"/>
+      <c r="D580" s="12" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E580" s="10"/>
+      <c r="F580" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G580" s="11" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="582" spans="1:16135" customHeight="1" ht="60">
+      <c r="A582" s="2"/>
+      <c r="B582" s="2"/>
+      <c r="C582" s="2"/>
+      <c r="D582" s="9" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E582" s="8"/>
+      <c r="F582" s="8"/>
+      <c r="G582" s="8"/>
+    </row>
+    <row r="583" spans="1:16135">
+      <c r="A583" s="11"/>
+      <c r="B583" s="10"/>
+      <c r="C583" s="10"/>
+      <c r="D583" s="12" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E583" s="10"/>
+      <c r="F583" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G583" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="585" spans="1:16135" customHeight="1" ht="60">
+      <c r="A585" s="2"/>
+      <c r="B585" s="2"/>
+      <c r="C585" s="2"/>
+      <c r="D585" s="9" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E585" s="8"/>
+      <c r="F585" s="8"/>
+      <c r="G585" s="8"/>
+    </row>
+    <row r="586" spans="1:16135">
+      <c r="A586" s="11" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B586" s="10"/>
+      <c r="C586" s="10"/>
+      <c r="D586" s="12" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E586" s="10"/>
+      <c r="F586" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G586" s="11" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="588" spans="1:16135" customHeight="1" ht="60">
+      <c r="A588" s="2"/>
+      <c r="B588" s="2"/>
+      <c r="C588" s="2"/>
+      <c r="D588" s="9" t="s">
+        <v>1266</v>
+      </c>
+      <c r="E588" s="8"/>
+      <c r="F588" s="8"/>
+      <c r="G588" s="8"/>
+    </row>
+    <row r="589" spans="1:16135">
+      <c r="A589" s="11"/>
+      <c r="B589" s="10"/>
+      <c r="C589" s="10"/>
+      <c r="D589" s="12" t="s">
+        <v>1266</v>
+      </c>
+      <c r="E589" s="10"/>
+      <c r="F589" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G589" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="591" spans="1:16135" customHeight="1" ht="60">
+      <c r="A591" s="2"/>
+      <c r="B591" s="2"/>
+      <c r="C591" s="2"/>
+      <c r="D591" s="9" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E591" s="8"/>
+      <c r="F591" s="8"/>
+      <c r="G591" s="8"/>
+    </row>
+    <row r="592" spans="1:16135">
+      <c r="A592" s="11"/>
+      <c r="B592" s="10"/>
+      <c r="C592" s="10"/>
+      <c r="D592" s="12" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E592" s="10"/>
+      <c r="F592" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G592" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="594" spans="1:16135" customHeight="1" ht="60">
+      <c r="A594" s="2"/>
+      <c r="B594" s="2"/>
+      <c r="C594" s="2"/>
+      <c r="D594" s="9" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E594" s="8"/>
+      <c r="F594" s="8"/>
+      <c r="G594" s="8"/>
+    </row>
+    <row r="595" spans="1:16135">
+      <c r="A595" s="11"/>
+      <c r="B595" s="10"/>
+      <c r="C595" s="10"/>
+      <c r="D595" s="12" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E595" s="10"/>
+      <c r="F595" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G595" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="597" spans="1:16135" customHeight="1" ht="60">
+      <c r="A597" s="2"/>
+      <c r="B597" s="2"/>
+      <c r="C597" s="2"/>
+      <c r="D597" s="9" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E597" s="8"/>
+      <c r="F597" s="8"/>
+      <c r="G597" s="8"/>
+    </row>
+    <row r="598" spans="1:16135">
+      <c r="A598" s="11"/>
+      <c r="B598" s="10"/>
+      <c r="C598" s="10"/>
+      <c r="D598" s="12" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E598" s="10"/>
+      <c r="F598" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G598" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="600" spans="1:16135" customHeight="1" ht="60">
+      <c r="A600" s="2"/>
+      <c r="B600" s="2"/>
+      <c r="C600" s="2"/>
+      <c r="D600" s="9" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E600" s="8"/>
+      <c r="F600" s="8"/>
+      <c r="G600" s="8"/>
+    </row>
+    <row r="601" spans="1:16135">
+      <c r="A601" s="11"/>
+      <c r="B601" s="10"/>
+      <c r="C601" s="10"/>
+      <c r="D601" s="12" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E601" s="10"/>
+      <c r="F601" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G601" s="11" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="A8:C8"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="A10:C10"/>
     <mergeCell ref="D10:E10"/>
@@ -30913,56 +31114,56 @@
     <mergeCell ref="D29:E29"/>
     <mergeCell ref="A30:C30"/>
     <mergeCell ref="D30:E30"/>
     <mergeCell ref="A31:C31"/>
     <mergeCell ref="D31:E31"/>
     <mergeCell ref="A32:C32"/>
     <mergeCell ref="D32:E32"/>
     <mergeCell ref="A34:C34"/>
     <mergeCell ref="D34:G34"/>
     <mergeCell ref="A35:C35"/>
     <mergeCell ref="D35:E35"/>
     <mergeCell ref="A36:C36"/>
     <mergeCell ref="D36:E36"/>
     <mergeCell ref="A37:C37"/>
     <mergeCell ref="D37:E37"/>
     <mergeCell ref="A38:C38"/>
     <mergeCell ref="D38:E38"/>
     <mergeCell ref="A39:C39"/>
     <mergeCell ref="D39:E39"/>
     <mergeCell ref="A40:C40"/>
     <mergeCell ref="D40:E40"/>
     <mergeCell ref="A41:C41"/>
     <mergeCell ref="D41:E41"/>
     <mergeCell ref="A42:C42"/>
     <mergeCell ref="D42:E42"/>
+    <mergeCell ref="A43:C43"/>
+    <mergeCell ref="D43:E43"/>
     <mergeCell ref="A44:C44"/>
-    <mergeCell ref="D44:G44"/>
-[...1 lines deleted...]
-    <mergeCell ref="D45:E45"/>
+    <mergeCell ref="D44:E44"/>
     <mergeCell ref="A46:C46"/>
-    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="D46:G46"/>
     <mergeCell ref="A47:C47"/>
     <mergeCell ref="D47:E47"/>
     <mergeCell ref="A48:C48"/>
     <mergeCell ref="D48:E48"/>
     <mergeCell ref="A49:C49"/>
     <mergeCell ref="D49:E49"/>
     <mergeCell ref="A50:C50"/>
     <mergeCell ref="D50:E50"/>
     <mergeCell ref="A51:C51"/>
     <mergeCell ref="D51:E51"/>
     <mergeCell ref="A52:C52"/>
     <mergeCell ref="D52:E52"/>
     <mergeCell ref="A53:C53"/>
     <mergeCell ref="D53:E53"/>
     <mergeCell ref="A54:C54"/>
     <mergeCell ref="D54:E54"/>
     <mergeCell ref="A55:C55"/>
     <mergeCell ref="D55:E55"/>
     <mergeCell ref="A56:C56"/>
     <mergeCell ref="D56:E56"/>
     <mergeCell ref="A57:C57"/>
     <mergeCell ref="D57:E57"/>
     <mergeCell ref="A58:C58"/>
     <mergeCell ref="D58:E58"/>
     <mergeCell ref="A59:C59"/>
@@ -30983,470 +31184,470 @@
     <mergeCell ref="D66:E66"/>
     <mergeCell ref="A67:C67"/>
     <mergeCell ref="D67:E67"/>
     <mergeCell ref="A68:C68"/>
     <mergeCell ref="D68:E68"/>
     <mergeCell ref="A69:C69"/>
     <mergeCell ref="D69:E69"/>
     <mergeCell ref="A70:C70"/>
     <mergeCell ref="D70:E70"/>
     <mergeCell ref="A71:C71"/>
     <mergeCell ref="D71:E71"/>
     <mergeCell ref="A72:C72"/>
     <mergeCell ref="D72:E72"/>
     <mergeCell ref="A73:C73"/>
     <mergeCell ref="D73:E73"/>
     <mergeCell ref="A74:C74"/>
     <mergeCell ref="D74:E74"/>
     <mergeCell ref="A75:C75"/>
     <mergeCell ref="D75:E75"/>
     <mergeCell ref="A76:C76"/>
     <mergeCell ref="D76:E76"/>
     <mergeCell ref="A77:C77"/>
     <mergeCell ref="D77:E77"/>
     <mergeCell ref="A78:C78"/>
     <mergeCell ref="D78:E78"/>
+    <mergeCell ref="A79:C79"/>
+    <mergeCell ref="D79:E79"/>
     <mergeCell ref="A80:C80"/>
-    <mergeCell ref="D80:G80"/>
-[...1 lines deleted...]
-    <mergeCell ref="D81:E81"/>
+    <mergeCell ref="D80:E80"/>
     <mergeCell ref="A82:C82"/>
-    <mergeCell ref="D82:E82"/>
+    <mergeCell ref="D82:G82"/>
     <mergeCell ref="A83:C83"/>
     <mergeCell ref="D83:E83"/>
     <mergeCell ref="A84:C84"/>
     <mergeCell ref="D84:E84"/>
     <mergeCell ref="A85:C85"/>
     <mergeCell ref="D85:E85"/>
+    <mergeCell ref="A86:C86"/>
+    <mergeCell ref="D86:E86"/>
     <mergeCell ref="A87:C87"/>
-    <mergeCell ref="D87:G87"/>
-[...1 lines deleted...]
-    <mergeCell ref="D88:E88"/>
+    <mergeCell ref="D87:E87"/>
+    <mergeCell ref="A89:C89"/>
+    <mergeCell ref="D89:G89"/>
     <mergeCell ref="A90:C90"/>
-    <mergeCell ref="D90:G90"/>
-[...1 lines deleted...]
-    <mergeCell ref="D91:E91"/>
+    <mergeCell ref="D90:E90"/>
     <mergeCell ref="A92:C92"/>
-    <mergeCell ref="D92:E92"/>
+    <mergeCell ref="D92:G92"/>
     <mergeCell ref="A93:C93"/>
     <mergeCell ref="D93:E93"/>
     <mergeCell ref="A94:C94"/>
     <mergeCell ref="D94:E94"/>
     <mergeCell ref="A95:C95"/>
     <mergeCell ref="D95:E95"/>
     <mergeCell ref="A96:C96"/>
     <mergeCell ref="D96:E96"/>
     <mergeCell ref="A97:C97"/>
     <mergeCell ref="D97:E97"/>
     <mergeCell ref="A98:C98"/>
     <mergeCell ref="D98:E98"/>
     <mergeCell ref="A99:C99"/>
     <mergeCell ref="D99:E99"/>
     <mergeCell ref="A100:C100"/>
     <mergeCell ref="D100:E100"/>
     <mergeCell ref="A101:C101"/>
     <mergeCell ref="D101:E101"/>
     <mergeCell ref="A102:C102"/>
     <mergeCell ref="D102:E102"/>
     <mergeCell ref="A103:C103"/>
     <mergeCell ref="D103:E103"/>
     <mergeCell ref="A104:C104"/>
     <mergeCell ref="D104:E104"/>
     <mergeCell ref="A105:C105"/>
     <mergeCell ref="D105:E105"/>
     <mergeCell ref="A106:C106"/>
     <mergeCell ref="D106:E106"/>
     <mergeCell ref="A107:C107"/>
     <mergeCell ref="D107:E107"/>
+    <mergeCell ref="A108:C108"/>
+    <mergeCell ref="D108:E108"/>
     <mergeCell ref="A109:C109"/>
-    <mergeCell ref="D109:G109"/>
-[...1 lines deleted...]
-    <mergeCell ref="D110:E110"/>
+    <mergeCell ref="D109:E109"/>
+    <mergeCell ref="A111:C111"/>
+    <mergeCell ref="D111:G111"/>
     <mergeCell ref="A112:C112"/>
-    <mergeCell ref="D112:G112"/>
-[...1 lines deleted...]
-    <mergeCell ref="D113:E113"/>
+    <mergeCell ref="D112:E112"/>
     <mergeCell ref="A114:C114"/>
-    <mergeCell ref="D114:E114"/>
+    <mergeCell ref="D114:G114"/>
     <mergeCell ref="A115:C115"/>
     <mergeCell ref="D115:E115"/>
     <mergeCell ref="A116:C116"/>
     <mergeCell ref="D116:E116"/>
     <mergeCell ref="A117:C117"/>
     <mergeCell ref="D117:E117"/>
     <mergeCell ref="A118:C118"/>
     <mergeCell ref="D118:E118"/>
     <mergeCell ref="A119:C119"/>
     <mergeCell ref="D119:E119"/>
     <mergeCell ref="A120:C120"/>
     <mergeCell ref="D120:E120"/>
     <mergeCell ref="A121:C121"/>
     <mergeCell ref="D121:E121"/>
     <mergeCell ref="A122:C122"/>
     <mergeCell ref="D122:E122"/>
     <mergeCell ref="A123:C123"/>
     <mergeCell ref="D123:E123"/>
     <mergeCell ref="A124:C124"/>
     <mergeCell ref="D124:E124"/>
     <mergeCell ref="A125:C125"/>
     <mergeCell ref="D125:E125"/>
     <mergeCell ref="A126:C126"/>
     <mergeCell ref="D126:E126"/>
     <mergeCell ref="A127:C127"/>
     <mergeCell ref="D127:E127"/>
     <mergeCell ref="A128:C128"/>
     <mergeCell ref="D128:E128"/>
     <mergeCell ref="A129:C129"/>
     <mergeCell ref="D129:E129"/>
     <mergeCell ref="A130:C130"/>
     <mergeCell ref="D130:E130"/>
+    <mergeCell ref="A131:C131"/>
+    <mergeCell ref="D131:E131"/>
     <mergeCell ref="A132:C132"/>
-    <mergeCell ref="D132:G132"/>
+    <mergeCell ref="D132:E132"/>
     <mergeCell ref="A133:C133"/>
     <mergeCell ref="D133:E133"/>
     <mergeCell ref="A134:C134"/>
     <mergeCell ref="D134:E134"/>
-    <mergeCell ref="A135:C135"/>
-    <mergeCell ref="D135:E135"/>
     <mergeCell ref="A136:C136"/>
-    <mergeCell ref="D136:E136"/>
+    <mergeCell ref="D136:G136"/>
     <mergeCell ref="A137:C137"/>
     <mergeCell ref="D137:E137"/>
     <mergeCell ref="A138:C138"/>
     <mergeCell ref="D138:E138"/>
     <mergeCell ref="A139:C139"/>
     <mergeCell ref="D139:E139"/>
     <mergeCell ref="A140:C140"/>
     <mergeCell ref="D140:E140"/>
     <mergeCell ref="A141:C141"/>
     <mergeCell ref="D141:E141"/>
     <mergeCell ref="A142:C142"/>
     <mergeCell ref="D142:E142"/>
     <mergeCell ref="A143:C143"/>
     <mergeCell ref="D143:E143"/>
     <mergeCell ref="A144:C144"/>
     <mergeCell ref="D144:E144"/>
     <mergeCell ref="A145:C145"/>
     <mergeCell ref="D145:E145"/>
     <mergeCell ref="A146:C146"/>
     <mergeCell ref="D146:E146"/>
+    <mergeCell ref="A147:C147"/>
+    <mergeCell ref="D147:E147"/>
     <mergeCell ref="A148:C148"/>
-    <mergeCell ref="D148:G148"/>
+    <mergeCell ref="D148:E148"/>
     <mergeCell ref="A149:C149"/>
     <mergeCell ref="D149:E149"/>
     <mergeCell ref="A150:C150"/>
     <mergeCell ref="D150:E150"/>
-    <mergeCell ref="A151:C151"/>
-    <mergeCell ref="D151:E151"/>
     <mergeCell ref="A152:C152"/>
-    <mergeCell ref="D152:E152"/>
+    <mergeCell ref="D152:G152"/>
     <mergeCell ref="A153:C153"/>
     <mergeCell ref="D153:E153"/>
     <mergeCell ref="A154:C154"/>
     <mergeCell ref="D154:E154"/>
     <mergeCell ref="A155:C155"/>
     <mergeCell ref="D155:E155"/>
     <mergeCell ref="A156:C156"/>
     <mergeCell ref="D156:E156"/>
     <mergeCell ref="A157:C157"/>
     <mergeCell ref="D157:E157"/>
     <mergeCell ref="A158:C158"/>
     <mergeCell ref="D158:E158"/>
     <mergeCell ref="A159:C159"/>
     <mergeCell ref="D159:E159"/>
     <mergeCell ref="A160:C160"/>
     <mergeCell ref="D160:E160"/>
     <mergeCell ref="A161:C161"/>
     <mergeCell ref="D161:E161"/>
     <mergeCell ref="A162:C162"/>
     <mergeCell ref="D162:E162"/>
     <mergeCell ref="A163:C163"/>
     <mergeCell ref="D163:E163"/>
     <mergeCell ref="A164:C164"/>
     <mergeCell ref="D164:E164"/>
     <mergeCell ref="A165:C165"/>
     <mergeCell ref="D165:E165"/>
     <mergeCell ref="A166:C166"/>
     <mergeCell ref="D166:E166"/>
+    <mergeCell ref="A167:C167"/>
+    <mergeCell ref="D167:E167"/>
     <mergeCell ref="A168:C168"/>
-    <mergeCell ref="D168:G168"/>
+    <mergeCell ref="D168:E168"/>
     <mergeCell ref="A169:C169"/>
     <mergeCell ref="D169:E169"/>
     <mergeCell ref="A170:C170"/>
     <mergeCell ref="D170:E170"/>
-    <mergeCell ref="A171:C171"/>
-    <mergeCell ref="D171:E171"/>
     <mergeCell ref="A172:C172"/>
-    <mergeCell ref="D172:E172"/>
+    <mergeCell ref="D172:G172"/>
     <mergeCell ref="A173:C173"/>
     <mergeCell ref="D173:E173"/>
     <mergeCell ref="A174:C174"/>
     <mergeCell ref="D174:E174"/>
     <mergeCell ref="A175:C175"/>
     <mergeCell ref="D175:E175"/>
     <mergeCell ref="A176:C176"/>
     <mergeCell ref="D176:E176"/>
     <mergeCell ref="A177:C177"/>
     <mergeCell ref="D177:E177"/>
     <mergeCell ref="A178:C178"/>
     <mergeCell ref="D178:E178"/>
     <mergeCell ref="A179:C179"/>
     <mergeCell ref="D179:E179"/>
     <mergeCell ref="A180:C180"/>
     <mergeCell ref="D180:E180"/>
     <mergeCell ref="A181:C181"/>
     <mergeCell ref="D181:E181"/>
     <mergeCell ref="A182:C182"/>
     <mergeCell ref="D182:E182"/>
     <mergeCell ref="A183:C183"/>
     <mergeCell ref="D183:E183"/>
     <mergeCell ref="A184:C184"/>
     <mergeCell ref="D184:E184"/>
     <mergeCell ref="A185:C185"/>
     <mergeCell ref="D185:E185"/>
     <mergeCell ref="A186:C186"/>
     <mergeCell ref="D186:E186"/>
+    <mergeCell ref="A187:C187"/>
+    <mergeCell ref="D187:E187"/>
     <mergeCell ref="A188:C188"/>
-    <mergeCell ref="D188:G188"/>
+    <mergeCell ref="D188:E188"/>
     <mergeCell ref="A189:C189"/>
     <mergeCell ref="D189:E189"/>
     <mergeCell ref="A190:C190"/>
     <mergeCell ref="D190:E190"/>
-    <mergeCell ref="A191:C191"/>
-    <mergeCell ref="D191:E191"/>
     <mergeCell ref="A192:C192"/>
-    <mergeCell ref="D192:E192"/>
+    <mergeCell ref="D192:G192"/>
     <mergeCell ref="A193:C193"/>
     <mergeCell ref="D193:E193"/>
     <mergeCell ref="A194:C194"/>
     <mergeCell ref="D194:E194"/>
     <mergeCell ref="A195:C195"/>
     <mergeCell ref="D195:E195"/>
     <mergeCell ref="A196:C196"/>
     <mergeCell ref="D196:E196"/>
     <mergeCell ref="A197:C197"/>
     <mergeCell ref="D197:E197"/>
     <mergeCell ref="A198:C198"/>
     <mergeCell ref="D198:E198"/>
     <mergeCell ref="A199:C199"/>
     <mergeCell ref="D199:E199"/>
     <mergeCell ref="A200:C200"/>
     <mergeCell ref="D200:E200"/>
     <mergeCell ref="A201:C201"/>
     <mergeCell ref="D201:E201"/>
     <mergeCell ref="A202:C202"/>
     <mergeCell ref="D202:E202"/>
     <mergeCell ref="A203:C203"/>
     <mergeCell ref="D203:E203"/>
+    <mergeCell ref="A204:C204"/>
+    <mergeCell ref="D204:E204"/>
     <mergeCell ref="A205:C205"/>
-    <mergeCell ref="D205:G205"/>
+    <mergeCell ref="D205:E205"/>
     <mergeCell ref="A206:C206"/>
     <mergeCell ref="D206:E206"/>
     <mergeCell ref="A207:C207"/>
     <mergeCell ref="D207:E207"/>
-    <mergeCell ref="A208:C208"/>
-    <mergeCell ref="D208:E208"/>
     <mergeCell ref="A209:C209"/>
-    <mergeCell ref="D209:E209"/>
+    <mergeCell ref="D209:G209"/>
     <mergeCell ref="A210:C210"/>
     <mergeCell ref="D210:E210"/>
     <mergeCell ref="A211:C211"/>
     <mergeCell ref="D211:E211"/>
     <mergeCell ref="A212:C212"/>
     <mergeCell ref="D212:E212"/>
     <mergeCell ref="A213:C213"/>
     <mergeCell ref="D213:E213"/>
     <mergeCell ref="A214:C214"/>
     <mergeCell ref="D214:E214"/>
     <mergeCell ref="A215:C215"/>
     <mergeCell ref="D215:E215"/>
     <mergeCell ref="A216:C216"/>
     <mergeCell ref="D216:E216"/>
     <mergeCell ref="A217:C217"/>
     <mergeCell ref="D217:E217"/>
     <mergeCell ref="A218:C218"/>
     <mergeCell ref="D218:E218"/>
     <mergeCell ref="A219:C219"/>
     <mergeCell ref="D219:E219"/>
     <mergeCell ref="A220:C220"/>
     <mergeCell ref="D220:E220"/>
     <mergeCell ref="A221:C221"/>
     <mergeCell ref="D221:E221"/>
     <mergeCell ref="A222:C222"/>
     <mergeCell ref="D222:E222"/>
     <mergeCell ref="A223:C223"/>
     <mergeCell ref="D223:E223"/>
     <mergeCell ref="A224:C224"/>
     <mergeCell ref="D224:E224"/>
     <mergeCell ref="A225:C225"/>
     <mergeCell ref="D225:E225"/>
+    <mergeCell ref="A226:C226"/>
+    <mergeCell ref="D226:E226"/>
     <mergeCell ref="A227:C227"/>
-    <mergeCell ref="D227:G227"/>
+    <mergeCell ref="D227:E227"/>
     <mergeCell ref="A228:C228"/>
     <mergeCell ref="D228:E228"/>
     <mergeCell ref="A229:C229"/>
     <mergeCell ref="D229:E229"/>
-    <mergeCell ref="A230:C230"/>
-    <mergeCell ref="D230:E230"/>
     <mergeCell ref="A231:C231"/>
-    <mergeCell ref="D231:E231"/>
+    <mergeCell ref="D231:G231"/>
     <mergeCell ref="A232:C232"/>
     <mergeCell ref="D232:E232"/>
     <mergeCell ref="A233:C233"/>
     <mergeCell ref="D233:E233"/>
     <mergeCell ref="A234:C234"/>
     <mergeCell ref="D234:E234"/>
     <mergeCell ref="A235:C235"/>
     <mergeCell ref="D235:E235"/>
     <mergeCell ref="A236:C236"/>
     <mergeCell ref="D236:E236"/>
     <mergeCell ref="A237:C237"/>
     <mergeCell ref="D237:E237"/>
     <mergeCell ref="A238:C238"/>
     <mergeCell ref="D238:E238"/>
     <mergeCell ref="A239:C239"/>
     <mergeCell ref="D239:E239"/>
     <mergeCell ref="A240:C240"/>
     <mergeCell ref="D240:E240"/>
     <mergeCell ref="A241:C241"/>
     <mergeCell ref="D241:E241"/>
+    <mergeCell ref="A242:C242"/>
+    <mergeCell ref="D242:E242"/>
     <mergeCell ref="A243:C243"/>
-    <mergeCell ref="D243:G243"/>
+    <mergeCell ref="D243:E243"/>
     <mergeCell ref="A244:C244"/>
     <mergeCell ref="D244:E244"/>
     <mergeCell ref="A245:C245"/>
     <mergeCell ref="D245:E245"/>
     <mergeCell ref="A246:C246"/>
     <mergeCell ref="D246:E246"/>
     <mergeCell ref="A247:C247"/>
     <mergeCell ref="D247:E247"/>
-    <mergeCell ref="A248:C248"/>
-    <mergeCell ref="D248:E248"/>
     <mergeCell ref="A249:C249"/>
-    <mergeCell ref="D249:E249"/>
+    <mergeCell ref="D249:G249"/>
     <mergeCell ref="A250:C250"/>
     <mergeCell ref="D250:E250"/>
     <mergeCell ref="A251:C251"/>
     <mergeCell ref="D251:E251"/>
     <mergeCell ref="A252:C252"/>
     <mergeCell ref="D252:E252"/>
     <mergeCell ref="A253:C253"/>
     <mergeCell ref="D253:E253"/>
     <mergeCell ref="A254:C254"/>
     <mergeCell ref="D254:E254"/>
     <mergeCell ref="A255:C255"/>
     <mergeCell ref="D255:E255"/>
     <mergeCell ref="A256:C256"/>
     <mergeCell ref="D256:E256"/>
     <mergeCell ref="A257:C257"/>
     <mergeCell ref="D257:E257"/>
     <mergeCell ref="A258:C258"/>
     <mergeCell ref="D258:E258"/>
     <mergeCell ref="A259:C259"/>
     <mergeCell ref="D259:E259"/>
     <mergeCell ref="A260:C260"/>
     <mergeCell ref="D260:E260"/>
     <mergeCell ref="A261:C261"/>
     <mergeCell ref="D261:E261"/>
     <mergeCell ref="A262:C262"/>
     <mergeCell ref="D262:E262"/>
     <mergeCell ref="A263:C263"/>
     <mergeCell ref="D263:E263"/>
+    <mergeCell ref="A264:C264"/>
+    <mergeCell ref="D264:E264"/>
     <mergeCell ref="A265:C265"/>
-    <mergeCell ref="D265:G265"/>
+    <mergeCell ref="D265:E265"/>
     <mergeCell ref="A266:C266"/>
     <mergeCell ref="D266:E266"/>
     <mergeCell ref="A267:C267"/>
     <mergeCell ref="D267:E267"/>
     <mergeCell ref="A268:C268"/>
     <mergeCell ref="D268:E268"/>
     <mergeCell ref="A269:C269"/>
     <mergeCell ref="D269:E269"/>
     <mergeCell ref="A270:C270"/>
     <mergeCell ref="D270:E270"/>
-    <mergeCell ref="A271:C271"/>
-    <mergeCell ref="D271:E271"/>
     <mergeCell ref="A272:C272"/>
-    <mergeCell ref="D272:E272"/>
+    <mergeCell ref="D272:G272"/>
     <mergeCell ref="A273:C273"/>
     <mergeCell ref="D273:E273"/>
     <mergeCell ref="A274:C274"/>
     <mergeCell ref="D274:E274"/>
     <mergeCell ref="A275:C275"/>
     <mergeCell ref="D275:E275"/>
     <mergeCell ref="A276:C276"/>
     <mergeCell ref="D276:E276"/>
     <mergeCell ref="A277:C277"/>
     <mergeCell ref="D277:E277"/>
     <mergeCell ref="A278:C278"/>
     <mergeCell ref="D278:E278"/>
     <mergeCell ref="A279:C279"/>
     <mergeCell ref="D279:E279"/>
     <mergeCell ref="A280:C280"/>
     <mergeCell ref="D280:E280"/>
     <mergeCell ref="A281:C281"/>
     <mergeCell ref="D281:E281"/>
     <mergeCell ref="A282:C282"/>
     <mergeCell ref="D282:E282"/>
     <mergeCell ref="A283:C283"/>
     <mergeCell ref="D283:E283"/>
     <mergeCell ref="A284:C284"/>
     <mergeCell ref="D284:E284"/>
     <mergeCell ref="A285:C285"/>
     <mergeCell ref="D285:E285"/>
     <mergeCell ref="A286:C286"/>
     <mergeCell ref="D286:E286"/>
     <mergeCell ref="A287:C287"/>
     <mergeCell ref="D287:E287"/>
     <mergeCell ref="A288:C288"/>
     <mergeCell ref="D288:E288"/>
     <mergeCell ref="A289:C289"/>
     <mergeCell ref="D289:E289"/>
     <mergeCell ref="A290:C290"/>
     <mergeCell ref="D290:E290"/>
     <mergeCell ref="A291:C291"/>
     <mergeCell ref="D291:E291"/>
     <mergeCell ref="A292:C292"/>
     <mergeCell ref="D292:E292"/>
+    <mergeCell ref="A293:C293"/>
+    <mergeCell ref="D293:E293"/>
     <mergeCell ref="A294:C294"/>
-    <mergeCell ref="D294:G294"/>
+    <mergeCell ref="D294:E294"/>
     <mergeCell ref="A295:C295"/>
     <mergeCell ref="D295:E295"/>
     <mergeCell ref="A296:C296"/>
     <mergeCell ref="D296:E296"/>
     <mergeCell ref="A297:C297"/>
     <mergeCell ref="D297:E297"/>
     <mergeCell ref="A298:C298"/>
     <mergeCell ref="D298:E298"/>
     <mergeCell ref="A299:C299"/>
     <mergeCell ref="D299:E299"/>
     <mergeCell ref="A300:C300"/>
     <mergeCell ref="D300:E300"/>
-    <mergeCell ref="A301:C301"/>
-    <mergeCell ref="D301:E301"/>
     <mergeCell ref="A302:C302"/>
-    <mergeCell ref="D302:E302"/>
+    <mergeCell ref="D302:G302"/>
     <mergeCell ref="A303:C303"/>
     <mergeCell ref="D303:E303"/>
     <mergeCell ref="A304:C304"/>
     <mergeCell ref="D304:E304"/>
     <mergeCell ref="A305:C305"/>
     <mergeCell ref="D305:E305"/>
     <mergeCell ref="A306:C306"/>
     <mergeCell ref="D306:E306"/>
     <mergeCell ref="A307:C307"/>
     <mergeCell ref="D307:E307"/>
     <mergeCell ref="A308:C308"/>
     <mergeCell ref="D308:E308"/>
     <mergeCell ref="A309:C309"/>
     <mergeCell ref="D309:E309"/>
     <mergeCell ref="A310:C310"/>
     <mergeCell ref="D310:E310"/>
     <mergeCell ref="A311:C311"/>
     <mergeCell ref="D311:E311"/>
     <mergeCell ref="A312:C312"/>
     <mergeCell ref="D312:E312"/>
     <mergeCell ref="A313:C313"/>
     <mergeCell ref="D313:E313"/>
     <mergeCell ref="A314:C314"/>
     <mergeCell ref="D314:E314"/>
     <mergeCell ref="A315:C315"/>
@@ -31481,156 +31682,156 @@
     <mergeCell ref="D329:E329"/>
     <mergeCell ref="A330:C330"/>
     <mergeCell ref="D330:E330"/>
     <mergeCell ref="A331:C331"/>
     <mergeCell ref="D331:E331"/>
     <mergeCell ref="A332:C332"/>
     <mergeCell ref="D332:E332"/>
     <mergeCell ref="A333:C333"/>
     <mergeCell ref="D333:E333"/>
     <mergeCell ref="A334:C334"/>
     <mergeCell ref="D334:E334"/>
     <mergeCell ref="A335:C335"/>
     <mergeCell ref="D335:E335"/>
     <mergeCell ref="A336:C336"/>
     <mergeCell ref="D336:E336"/>
     <mergeCell ref="A337:C337"/>
     <mergeCell ref="D337:E337"/>
     <mergeCell ref="A338:C338"/>
     <mergeCell ref="D338:E338"/>
     <mergeCell ref="A339:C339"/>
     <mergeCell ref="D339:E339"/>
     <mergeCell ref="A340:C340"/>
     <mergeCell ref="D340:E340"/>
     <mergeCell ref="A341:C341"/>
     <mergeCell ref="D341:E341"/>
+    <mergeCell ref="A342:C342"/>
+    <mergeCell ref="D342:E342"/>
     <mergeCell ref="A343:C343"/>
-    <mergeCell ref="D343:G343"/>
+    <mergeCell ref="D343:E343"/>
     <mergeCell ref="A344:C344"/>
     <mergeCell ref="D344:E344"/>
     <mergeCell ref="A345:C345"/>
     <mergeCell ref="D345:E345"/>
     <mergeCell ref="A346:C346"/>
     <mergeCell ref="D346:E346"/>
+    <mergeCell ref="A347:C347"/>
+    <mergeCell ref="D347:E347"/>
     <mergeCell ref="A348:C348"/>
-    <mergeCell ref="D348:G348"/>
+    <mergeCell ref="D348:E348"/>
     <mergeCell ref="A349:C349"/>
     <mergeCell ref="D349:E349"/>
-    <mergeCell ref="A350:C350"/>
-    <mergeCell ref="D350:E350"/>
     <mergeCell ref="A351:C351"/>
-    <mergeCell ref="D351:E351"/>
+    <mergeCell ref="D351:G351"/>
     <mergeCell ref="A352:C352"/>
     <mergeCell ref="D352:E352"/>
     <mergeCell ref="A353:C353"/>
     <mergeCell ref="D353:E353"/>
     <mergeCell ref="A354:C354"/>
     <mergeCell ref="D354:E354"/>
-    <mergeCell ref="A355:C355"/>
-    <mergeCell ref="D355:E355"/>
     <mergeCell ref="A356:C356"/>
-    <mergeCell ref="D356:E356"/>
+    <mergeCell ref="D356:G356"/>
     <mergeCell ref="A357:C357"/>
     <mergeCell ref="D357:E357"/>
     <mergeCell ref="A358:C358"/>
     <mergeCell ref="D358:E358"/>
     <mergeCell ref="A359:C359"/>
     <mergeCell ref="D359:E359"/>
     <mergeCell ref="A360:C360"/>
     <mergeCell ref="D360:E360"/>
     <mergeCell ref="A361:C361"/>
     <mergeCell ref="D361:E361"/>
     <mergeCell ref="A362:C362"/>
     <mergeCell ref="D362:E362"/>
     <mergeCell ref="A363:C363"/>
     <mergeCell ref="D363:E363"/>
     <mergeCell ref="A364:C364"/>
     <mergeCell ref="D364:E364"/>
     <mergeCell ref="A365:C365"/>
     <mergeCell ref="D365:E365"/>
     <mergeCell ref="A366:C366"/>
     <mergeCell ref="D366:E366"/>
     <mergeCell ref="A367:C367"/>
     <mergeCell ref="D367:E367"/>
     <mergeCell ref="A368:C368"/>
     <mergeCell ref="D368:E368"/>
     <mergeCell ref="A369:C369"/>
     <mergeCell ref="D369:E369"/>
     <mergeCell ref="A370:C370"/>
     <mergeCell ref="D370:E370"/>
     <mergeCell ref="A371:C371"/>
     <mergeCell ref="D371:E371"/>
     <mergeCell ref="A372:C372"/>
     <mergeCell ref="D372:E372"/>
     <mergeCell ref="A373:C373"/>
     <mergeCell ref="D373:E373"/>
     <mergeCell ref="A374:C374"/>
     <mergeCell ref="D374:E374"/>
     <mergeCell ref="A375:C375"/>
     <mergeCell ref="D375:E375"/>
     <mergeCell ref="A376:C376"/>
     <mergeCell ref="D376:E376"/>
     <mergeCell ref="A377:C377"/>
     <mergeCell ref="D377:E377"/>
     <mergeCell ref="A378:C378"/>
     <mergeCell ref="D378:E378"/>
     <mergeCell ref="A379:C379"/>
     <mergeCell ref="D379:E379"/>
     <mergeCell ref="A380:C380"/>
     <mergeCell ref="D380:E380"/>
+    <mergeCell ref="A381:C381"/>
+    <mergeCell ref="D381:E381"/>
     <mergeCell ref="A382:C382"/>
-    <mergeCell ref="D382:G382"/>
+    <mergeCell ref="D382:E382"/>
     <mergeCell ref="A383:C383"/>
     <mergeCell ref="D383:E383"/>
     <mergeCell ref="A384:C384"/>
     <mergeCell ref="D384:E384"/>
     <mergeCell ref="A385:C385"/>
     <mergeCell ref="D385:E385"/>
     <mergeCell ref="A386:C386"/>
     <mergeCell ref="D386:E386"/>
     <mergeCell ref="A387:C387"/>
     <mergeCell ref="D387:E387"/>
+    <mergeCell ref="A388:C388"/>
+    <mergeCell ref="D388:E388"/>
     <mergeCell ref="A389:C389"/>
-    <mergeCell ref="D389:G389"/>
-[...1 lines deleted...]
-    <mergeCell ref="D390:E390"/>
+    <mergeCell ref="D389:E389"/>
     <mergeCell ref="A391:C391"/>
-    <mergeCell ref="D391:E391"/>
+    <mergeCell ref="D391:G391"/>
     <mergeCell ref="A392:C392"/>
     <mergeCell ref="D392:E392"/>
     <mergeCell ref="A393:C393"/>
     <mergeCell ref="D393:E393"/>
     <mergeCell ref="A394:C394"/>
     <mergeCell ref="D394:E394"/>
     <mergeCell ref="A395:C395"/>
     <mergeCell ref="D395:E395"/>
     <mergeCell ref="A396:C396"/>
     <mergeCell ref="D396:E396"/>
-    <mergeCell ref="A397:C397"/>
-    <mergeCell ref="D397:E397"/>
     <mergeCell ref="A398:C398"/>
-    <mergeCell ref="D398:E398"/>
+    <mergeCell ref="D398:G398"/>
     <mergeCell ref="A399:C399"/>
     <mergeCell ref="D399:E399"/>
     <mergeCell ref="A400:C400"/>
     <mergeCell ref="D400:E400"/>
     <mergeCell ref="A401:C401"/>
     <mergeCell ref="D401:E401"/>
     <mergeCell ref="A402:C402"/>
     <mergeCell ref="D402:E402"/>
     <mergeCell ref="A403:C403"/>
     <mergeCell ref="D403:E403"/>
     <mergeCell ref="A404:C404"/>
     <mergeCell ref="D404:E404"/>
     <mergeCell ref="A405:C405"/>
     <mergeCell ref="D405:E405"/>
     <mergeCell ref="A406:C406"/>
     <mergeCell ref="D406:E406"/>
     <mergeCell ref="A407:C407"/>
     <mergeCell ref="D407:E407"/>
     <mergeCell ref="A408:C408"/>
     <mergeCell ref="D408:E408"/>
     <mergeCell ref="A409:C409"/>
     <mergeCell ref="D409:E409"/>
     <mergeCell ref="A410:C410"/>
     <mergeCell ref="D410:E410"/>
     <mergeCell ref="A411:C411"/>
@@ -31655,318 +31856,334 @@
     <mergeCell ref="D420:E420"/>
     <mergeCell ref="A421:C421"/>
     <mergeCell ref="D421:E421"/>
     <mergeCell ref="A422:C422"/>
     <mergeCell ref="D422:E422"/>
     <mergeCell ref="A423:C423"/>
     <mergeCell ref="D423:E423"/>
     <mergeCell ref="A424:C424"/>
     <mergeCell ref="D424:E424"/>
     <mergeCell ref="A425:C425"/>
     <mergeCell ref="D425:E425"/>
     <mergeCell ref="A426:C426"/>
     <mergeCell ref="D426:E426"/>
     <mergeCell ref="A427:C427"/>
     <mergeCell ref="D427:E427"/>
     <mergeCell ref="A428:C428"/>
     <mergeCell ref="D428:E428"/>
     <mergeCell ref="A429:C429"/>
     <mergeCell ref="D429:E429"/>
     <mergeCell ref="A430:C430"/>
     <mergeCell ref="D430:E430"/>
     <mergeCell ref="A431:C431"/>
     <mergeCell ref="D431:E431"/>
     <mergeCell ref="A432:C432"/>
     <mergeCell ref="D432:E432"/>
+    <mergeCell ref="A433:C433"/>
+    <mergeCell ref="D433:E433"/>
     <mergeCell ref="A434:C434"/>
-    <mergeCell ref="D434:G434"/>
+    <mergeCell ref="D434:E434"/>
     <mergeCell ref="A435:C435"/>
     <mergeCell ref="D435:E435"/>
     <mergeCell ref="A436:C436"/>
     <mergeCell ref="D436:E436"/>
     <mergeCell ref="A437:C437"/>
     <mergeCell ref="D437:E437"/>
     <mergeCell ref="A438:C438"/>
     <mergeCell ref="D438:E438"/>
     <mergeCell ref="A439:C439"/>
     <mergeCell ref="D439:E439"/>
     <mergeCell ref="A440:C440"/>
     <mergeCell ref="D440:E440"/>
     <mergeCell ref="A441:C441"/>
     <mergeCell ref="D441:E441"/>
-    <mergeCell ref="A442:C442"/>
-    <mergeCell ref="D442:E442"/>
     <mergeCell ref="A443:C443"/>
-    <mergeCell ref="D443:E443"/>
+    <mergeCell ref="D443:G443"/>
+    <mergeCell ref="A444:C444"/>
+    <mergeCell ref="D444:E444"/>
     <mergeCell ref="A445:C445"/>
-    <mergeCell ref="D445:G445"/>
+    <mergeCell ref="D445:E445"/>
     <mergeCell ref="A446:C446"/>
     <mergeCell ref="D446:E446"/>
     <mergeCell ref="A447:C447"/>
     <mergeCell ref="D447:E447"/>
+    <mergeCell ref="A448:C448"/>
+    <mergeCell ref="D448:E448"/>
     <mergeCell ref="A449:C449"/>
-    <mergeCell ref="D449:G449"/>
+    <mergeCell ref="D449:E449"/>
     <mergeCell ref="A450:C450"/>
     <mergeCell ref="D450:E450"/>
     <mergeCell ref="A451:C451"/>
     <mergeCell ref="D451:E451"/>
     <mergeCell ref="A453:C453"/>
     <mergeCell ref="D453:G453"/>
     <mergeCell ref="A454:C454"/>
     <mergeCell ref="D454:E454"/>
     <mergeCell ref="A455:C455"/>
     <mergeCell ref="D455:E455"/>
-    <mergeCell ref="A456:C456"/>
-    <mergeCell ref="D456:E456"/>
     <mergeCell ref="A457:C457"/>
-    <mergeCell ref="D457:E457"/>
+    <mergeCell ref="D457:G457"/>
     <mergeCell ref="A458:C458"/>
     <mergeCell ref="D458:E458"/>
-    <mergeCell ref="A460:C460"/>
-    <mergeCell ref="D460:G460"/>
+    <mergeCell ref="A459:C459"/>
+    <mergeCell ref="D459:E459"/>
     <mergeCell ref="A461:C461"/>
-    <mergeCell ref="D461:E461"/>
+    <mergeCell ref="D461:G461"/>
+    <mergeCell ref="A462:C462"/>
+    <mergeCell ref="D462:E462"/>
     <mergeCell ref="A463:C463"/>
-    <mergeCell ref="D463:G463"/>
+    <mergeCell ref="D463:E463"/>
     <mergeCell ref="A464:C464"/>
     <mergeCell ref="D464:E464"/>
     <mergeCell ref="A465:C465"/>
     <mergeCell ref="D465:E465"/>
     <mergeCell ref="A466:C466"/>
     <mergeCell ref="D466:E466"/>
-    <mergeCell ref="A467:C467"/>
-    <mergeCell ref="D467:E467"/>
     <mergeCell ref="A468:C468"/>
-    <mergeCell ref="D468:E468"/>
+    <mergeCell ref="D468:G468"/>
     <mergeCell ref="A469:C469"/>
     <mergeCell ref="D469:E469"/>
-    <mergeCell ref="A470:C470"/>
-    <mergeCell ref="D470:E470"/>
     <mergeCell ref="A471:C471"/>
-    <mergeCell ref="D471:E471"/>
+    <mergeCell ref="D471:G471"/>
     <mergeCell ref="A472:C472"/>
     <mergeCell ref="D472:E472"/>
     <mergeCell ref="A473:C473"/>
     <mergeCell ref="D473:E473"/>
     <mergeCell ref="A474:C474"/>
     <mergeCell ref="D474:E474"/>
     <mergeCell ref="A475:C475"/>
     <mergeCell ref="D475:E475"/>
     <mergeCell ref="A476:C476"/>
     <mergeCell ref="D476:E476"/>
     <mergeCell ref="A477:C477"/>
     <mergeCell ref="D477:E477"/>
     <mergeCell ref="A478:C478"/>
     <mergeCell ref="D478:E478"/>
     <mergeCell ref="A479:C479"/>
     <mergeCell ref="D479:E479"/>
     <mergeCell ref="A480:C480"/>
     <mergeCell ref="D480:E480"/>
     <mergeCell ref="A481:C481"/>
     <mergeCell ref="D481:E481"/>
     <mergeCell ref="A482:C482"/>
     <mergeCell ref="D482:E482"/>
     <mergeCell ref="A483:C483"/>
     <mergeCell ref="D483:E483"/>
     <mergeCell ref="A484:C484"/>
     <mergeCell ref="D484:E484"/>
     <mergeCell ref="A485:C485"/>
     <mergeCell ref="D485:E485"/>
     <mergeCell ref="A486:C486"/>
     <mergeCell ref="D486:E486"/>
     <mergeCell ref="A487:C487"/>
     <mergeCell ref="D487:E487"/>
     <mergeCell ref="A488:C488"/>
     <mergeCell ref="D488:E488"/>
     <mergeCell ref="A489:C489"/>
     <mergeCell ref="D489:E489"/>
     <mergeCell ref="A490:C490"/>
     <mergeCell ref="D490:E490"/>
     <mergeCell ref="A491:C491"/>
     <mergeCell ref="D491:E491"/>
     <mergeCell ref="A492:C492"/>
     <mergeCell ref="D492:E492"/>
     <mergeCell ref="A493:C493"/>
     <mergeCell ref="D493:E493"/>
+    <mergeCell ref="A494:C494"/>
+    <mergeCell ref="D494:E494"/>
     <mergeCell ref="A495:C495"/>
-    <mergeCell ref="D495:G495"/>
+    <mergeCell ref="D495:E495"/>
     <mergeCell ref="A496:C496"/>
     <mergeCell ref="D496:E496"/>
+    <mergeCell ref="A497:C497"/>
+    <mergeCell ref="D497:E497"/>
     <mergeCell ref="A498:C498"/>
-    <mergeCell ref="D498:G498"/>
+    <mergeCell ref="D498:E498"/>
     <mergeCell ref="A499:C499"/>
     <mergeCell ref="D499:E499"/>
     <mergeCell ref="A500:C500"/>
     <mergeCell ref="D500:E500"/>
     <mergeCell ref="A501:C501"/>
     <mergeCell ref="D501:E501"/>
-    <mergeCell ref="A502:C502"/>
-    <mergeCell ref="D502:E502"/>
+    <mergeCell ref="A503:C503"/>
+    <mergeCell ref="D503:G503"/>
     <mergeCell ref="A504:C504"/>
-    <mergeCell ref="D504:G504"/>
-[...1 lines deleted...]
-    <mergeCell ref="D505:E505"/>
+    <mergeCell ref="D504:E504"/>
+    <mergeCell ref="A506:C506"/>
+    <mergeCell ref="D506:G506"/>
     <mergeCell ref="A507:C507"/>
-    <mergeCell ref="D507:G507"/>
+    <mergeCell ref="D507:E507"/>
     <mergeCell ref="A508:C508"/>
     <mergeCell ref="D508:E508"/>
     <mergeCell ref="A509:C509"/>
     <mergeCell ref="D509:E509"/>
     <mergeCell ref="A510:C510"/>
     <mergeCell ref="D510:E510"/>
-    <mergeCell ref="A511:C511"/>
-    <mergeCell ref="D511:E511"/>
+    <mergeCell ref="A512:C512"/>
+    <mergeCell ref="D512:G512"/>
     <mergeCell ref="A513:C513"/>
-    <mergeCell ref="D513:G513"/>
-[...1 lines deleted...]
-    <mergeCell ref="D514:E514"/>
+    <mergeCell ref="D513:E513"/>
+    <mergeCell ref="A515:C515"/>
+    <mergeCell ref="D515:G515"/>
     <mergeCell ref="A516:C516"/>
-    <mergeCell ref="D516:G516"/>
+    <mergeCell ref="D516:E516"/>
     <mergeCell ref="A517:C517"/>
     <mergeCell ref="D517:E517"/>
+    <mergeCell ref="A518:C518"/>
+    <mergeCell ref="D518:E518"/>
     <mergeCell ref="A519:C519"/>
-    <mergeCell ref="D519:G519"/>
-[...1 lines deleted...]
-    <mergeCell ref="D520:E520"/>
+    <mergeCell ref="D519:E519"/>
     <mergeCell ref="A521:C521"/>
-    <mergeCell ref="D521:E521"/>
+    <mergeCell ref="D521:G521"/>
     <mergeCell ref="A522:C522"/>
     <mergeCell ref="D522:E522"/>
-    <mergeCell ref="A523:C523"/>
-    <mergeCell ref="D523:E523"/>
     <mergeCell ref="A524:C524"/>
-    <mergeCell ref="D524:E524"/>
+    <mergeCell ref="D524:G524"/>
     <mergeCell ref="A525:C525"/>
     <mergeCell ref="D525:E525"/>
-    <mergeCell ref="A526:C526"/>
-    <mergeCell ref="D526:E526"/>
     <mergeCell ref="A527:C527"/>
-    <mergeCell ref="D527:E527"/>
+    <mergeCell ref="D527:G527"/>
     <mergeCell ref="A528:C528"/>
     <mergeCell ref="D528:E528"/>
     <mergeCell ref="A529:C529"/>
     <mergeCell ref="D529:E529"/>
     <mergeCell ref="A530:C530"/>
     <mergeCell ref="D530:E530"/>
     <mergeCell ref="A531:C531"/>
     <mergeCell ref="D531:E531"/>
     <mergeCell ref="A532:C532"/>
     <mergeCell ref="D532:E532"/>
     <mergeCell ref="A533:C533"/>
     <mergeCell ref="D533:E533"/>
     <mergeCell ref="A534:C534"/>
     <mergeCell ref="D534:E534"/>
     <mergeCell ref="A535:C535"/>
     <mergeCell ref="D535:E535"/>
     <mergeCell ref="A536:C536"/>
     <mergeCell ref="D536:E536"/>
     <mergeCell ref="A537:C537"/>
     <mergeCell ref="D537:E537"/>
     <mergeCell ref="A538:C538"/>
     <mergeCell ref="D538:E538"/>
+    <mergeCell ref="A539:C539"/>
+    <mergeCell ref="D539:E539"/>
     <mergeCell ref="A540:C540"/>
-    <mergeCell ref="D540:G540"/>
+    <mergeCell ref="D540:E540"/>
     <mergeCell ref="A541:C541"/>
     <mergeCell ref="D541:E541"/>
+    <mergeCell ref="A542:C542"/>
+    <mergeCell ref="D542:E542"/>
     <mergeCell ref="A543:C543"/>
-    <mergeCell ref="D543:G543"/>
+    <mergeCell ref="D543:E543"/>
     <mergeCell ref="A544:C544"/>
     <mergeCell ref="D544:E544"/>
+    <mergeCell ref="A545:C545"/>
+    <mergeCell ref="D545:E545"/>
     <mergeCell ref="A546:C546"/>
-    <mergeCell ref="D546:G546"/>
-[...1 lines deleted...]
-    <mergeCell ref="D547:E547"/>
+    <mergeCell ref="D546:E546"/>
+    <mergeCell ref="A548:C548"/>
+    <mergeCell ref="D548:G548"/>
     <mergeCell ref="A549:C549"/>
-    <mergeCell ref="D549:G549"/>
-[...1 lines deleted...]
-    <mergeCell ref="D550:E550"/>
+    <mergeCell ref="D549:E549"/>
     <mergeCell ref="A551:C551"/>
-    <mergeCell ref="D551:E551"/>
-[...1 lines deleted...]
-    <mergeCell ref="D553:G553"/>
+    <mergeCell ref="D551:G551"/>
+    <mergeCell ref="A552:C552"/>
+    <mergeCell ref="D552:E552"/>
     <mergeCell ref="A554:C554"/>
-    <mergeCell ref="D554:E554"/>
-[...1 lines deleted...]
-    <mergeCell ref="D556:G556"/>
+    <mergeCell ref="D554:G554"/>
+    <mergeCell ref="A555:C555"/>
+    <mergeCell ref="D555:E555"/>
     <mergeCell ref="A557:C557"/>
-    <mergeCell ref="D557:E557"/>
+    <mergeCell ref="D557:G557"/>
     <mergeCell ref="A558:C558"/>
     <mergeCell ref="D558:E558"/>
     <mergeCell ref="A559:C559"/>
     <mergeCell ref="D559:E559"/>
-    <mergeCell ref="A560:C560"/>
-    <mergeCell ref="D560:E560"/>
     <mergeCell ref="A561:C561"/>
-    <mergeCell ref="D561:E561"/>
+    <mergeCell ref="D561:G561"/>
     <mergeCell ref="A562:C562"/>
     <mergeCell ref="D562:E562"/>
-    <mergeCell ref="A563:C563"/>
-    <mergeCell ref="D563:E563"/>
     <mergeCell ref="A564:C564"/>
-    <mergeCell ref="D564:E564"/>
+    <mergeCell ref="D564:G564"/>
     <mergeCell ref="A565:C565"/>
     <mergeCell ref="D565:E565"/>
     <mergeCell ref="A566:C566"/>
     <mergeCell ref="D566:E566"/>
     <mergeCell ref="A567:C567"/>
     <mergeCell ref="D567:E567"/>
     <mergeCell ref="A568:C568"/>
     <mergeCell ref="D568:E568"/>
+    <mergeCell ref="A569:C569"/>
+    <mergeCell ref="D569:E569"/>
     <mergeCell ref="A570:C570"/>
-    <mergeCell ref="D570:G570"/>
+    <mergeCell ref="D570:E570"/>
     <mergeCell ref="A571:C571"/>
     <mergeCell ref="D571:E571"/>
     <mergeCell ref="A572:C572"/>
     <mergeCell ref="D572:E572"/>
+    <mergeCell ref="A573:C573"/>
+    <mergeCell ref="D573:E573"/>
     <mergeCell ref="A574:C574"/>
-    <mergeCell ref="D574:G574"/>
+    <mergeCell ref="D574:E574"/>
     <mergeCell ref="A575:C575"/>
     <mergeCell ref="D575:E575"/>
-    <mergeCell ref="A577:C577"/>
-    <mergeCell ref="D577:G577"/>
+    <mergeCell ref="A576:C576"/>
+    <mergeCell ref="D576:E576"/>
     <mergeCell ref="A578:C578"/>
-    <mergeCell ref="D578:E578"/>
+    <mergeCell ref="D578:G578"/>
+    <mergeCell ref="A579:C579"/>
+    <mergeCell ref="D579:E579"/>
     <mergeCell ref="A580:C580"/>
-    <mergeCell ref="D580:G580"/>
-[...1 lines deleted...]
-    <mergeCell ref="D581:E581"/>
+    <mergeCell ref="D580:E580"/>
+    <mergeCell ref="A582:C582"/>
+    <mergeCell ref="D582:G582"/>
     <mergeCell ref="A583:C583"/>
-    <mergeCell ref="D583:G583"/>
-[...1 lines deleted...]
-    <mergeCell ref="D584:E584"/>
+    <mergeCell ref="D583:E583"/>
+    <mergeCell ref="A585:C585"/>
+    <mergeCell ref="D585:G585"/>
     <mergeCell ref="A586:C586"/>
-    <mergeCell ref="D586:G586"/>
-[...1 lines deleted...]
-    <mergeCell ref="D587:E587"/>
+    <mergeCell ref="D586:E586"/>
+    <mergeCell ref="A588:C588"/>
+    <mergeCell ref="D588:G588"/>
     <mergeCell ref="A589:C589"/>
-    <mergeCell ref="D589:G589"/>
-[...1 lines deleted...]
-    <mergeCell ref="D590:E590"/>
+    <mergeCell ref="D589:E589"/>
+    <mergeCell ref="A591:C591"/>
+    <mergeCell ref="D591:G591"/>
     <mergeCell ref="A592:C592"/>
-    <mergeCell ref="D592:G592"/>
-[...1 lines deleted...]
-    <mergeCell ref="D593:E593"/>
+    <mergeCell ref="D592:E592"/>
+    <mergeCell ref="A594:C594"/>
+    <mergeCell ref="D594:G594"/>
+    <mergeCell ref="A595:C595"/>
+    <mergeCell ref="D595:E595"/>
+    <mergeCell ref="A597:C597"/>
+    <mergeCell ref="D597:G597"/>
+    <mergeCell ref="A598:C598"/>
+    <mergeCell ref="D598:E598"/>
+    <mergeCell ref="A600:C600"/>
+    <mergeCell ref="D600:G600"/>
+    <mergeCell ref="A601:C601"/>
+    <mergeCell ref="D601:E601"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>