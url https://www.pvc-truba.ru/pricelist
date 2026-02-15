--- v1 (2026-01-01)
+++ v2 (2026-02-15)
@@ -19,169 +19,172 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1556">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Цена, от 100 000 руб.</t>
   </si>
   <si>
     <t>Цена, до 100 000 руб.</t>
   </si>
   <si>
     <t>Трубы клеевые жесткие</t>
   </si>
   <si>
     <t>Д4265</t>
   </si>
   <si>
-    <t>Труба д.110х2.7 мм 6,3 Бар НПВХ клеевая с раструбом Дрим Пул</t>
+    <t>Труба д.110х2.7 мм НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>по запросу</t>
   </si>
   <si>
     <t>564,34 руб./м.п.</t>
   </si>
   <si>
     <t>Д2007</t>
   </si>
   <si>
-    <t>Труба д.110х4.2 мм 10 Бар НПВХ клеевая с раструбом Дрим Пул</t>
+    <t>Труба д.110х4.2 мм НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>833,69 руб./м.п.</t>
   </si>
   <si>
     <t>Д4140</t>
   </si>
   <si>
-    <t>Труба д.110х5.3 мм 12,5 Бар НПВХ клеевая с раструбом Дрим Пул</t>
+    <t>Труба д.110х5.3 мм НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>1 128,69 руб./м.п.</t>
   </si>
   <si>
     <t>Д3128</t>
   </si>
   <si>
-    <t>Труба д.110х6.6 мм 16 Бар НПВХ клеевая БЕЗ раструба Дрим Пул</t>
+    <t>Труба д.110х6.6 мм НПВХ клеевая БЕЗ раструба Дрим Пул</t>
   </si>
   <si>
     <t>1 410,86 руб./м.п.</t>
   </si>
   <si>
     <t>Д13530</t>
   </si>
   <si>
-    <t>Труба д.110х6.6 мм 16 Бар НПВХ клеевая с раструбом Дрим Пул</t>
-[...2 lines deleted...]
-    <t>AQUAVIVA</t>
+    <t>Труба д.110х6.6 мм НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>Труба д.125х4.8 мм 10 Бар НПВХ клеевая с раструбом Aquaviva</t>
   </si>
   <si>
-    <t>2 695,15 руб./м.п.</t>
+    <t>2 748,35 руб./м.п.</t>
   </si>
   <si>
     <t>Труба д.140х5.4 мм 10 Бар НПВХ клеевая с раструбом Aquaviva</t>
   </si>
   <si>
-    <t>3 399,10 руб./м.п.</t>
+    <t>3 465,60 руб./м.п.</t>
   </si>
   <si>
     <t>Труба д.160х6.2 мм 10 Бар НПВХ клеевая с раструбом Aquaviva</t>
   </si>
   <si>
-    <t>4 449,80 руб./м.п.</t>
+    <t>4 536,25 руб./м.п.</t>
   </si>
   <si>
     <t>AQV316095R</t>
   </si>
   <si>
     <t>Труба д.160х9.5 мм 16 Бар НПВХ клеевая с раструбом Aquaviva</t>
   </si>
   <si>
-    <t>6 496,10 руб./м.п.</t>
+    <t>6 623,40 руб./м.п.</t>
   </si>
   <si>
     <t>Д3121</t>
   </si>
   <si>
     <t>Труба д.16х1.5 мм 16 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>64,13 руб./м.п.</t>
   </si>
   <si>
     <t>Д1353</t>
   </si>
   <si>
     <t>Труба д.20х1.5 мм 16 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>76,96 руб./м.п.</t>
   </si>
   <si>
     <t>Д2094</t>
   </si>
   <si>
     <t>Труба д.25х1.9 мм 16 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>89,78 руб./м.п.</t>
   </si>
   <si>
+    <t>Труба д.315х12.1 мм 10 Бар НПВХ клеевая с раструбом Aquaviva</t>
+  </si>
+  <si>
+    <t>17 926,50 руб./м.п.</t>
+  </si>
+  <si>
     <t>Д1356</t>
   </si>
   <si>
     <t>Труба д.32х1.9 мм 12,5 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>128,26 руб./м.п.</t>
   </si>
   <si>
     <t>Д2095</t>
   </si>
   <si>
     <t>Труба д.32х2.4 мм 16 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>147,50 руб./м.п.</t>
   </si>
   <si>
     <t>Д1357</t>
   </si>
   <si>
     <t>Труба д.40х1.9 мм 10 Бар НПВХ клеевая с раструбом Дрим Пул</t>
   </si>
   <si>
     <t>148,79 руб./м.п.</t>
@@ -369,275 +372,272 @@
   <si>
     <t>139,92 руб./м.п.</t>
   </si>
   <si>
     <t>Д1129</t>
   </si>
   <si>
     <t>Труба ПВХ техническая д.83х2,0 Дрим Пул по 2м/шт</t>
   </si>
   <si>
     <t>250,80 руб./м.п.</t>
   </si>
   <si>
     <t>Труба ПВХ техническая д.90х1,6 Дрим Пул</t>
   </si>
   <si>
     <t>176,88 руб./м.п.</t>
   </si>
   <si>
     <t>Краны и Обратные клапаны</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.110 Hidroten</t>
   </si>
   <si>
-    <t>13 458,00 руб./шт.</t>
+    <t>13 727,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112109</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.110 Plimat</t>
   </si>
   <si>
-    <t>20 028,75 руб./шт.</t>
+    <t>21 030,45 руб./шт.</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.20 Hidroten</t>
   </si>
   <si>
-    <t>719,00 руб./шт.</t>
+    <t>734,00 руб./шт.</t>
   </si>
   <si>
     <t>202 00 020 2</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.20 Pimtas</t>
   </si>
   <si>
     <t>696,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112101</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.20 Plimat</t>
   </si>
   <si>
-    <t>1 041,60 руб./шт.</t>
+    <t>1 094,10 руб./шт.</t>
   </si>
   <si>
     <t>T430020</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.20 TU-PiPE</t>
   </si>
   <si>
-    <t>309,00 руб./шт.</t>
+    <t>304,92 руб./шт.</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.25 Hidroten</t>
   </si>
   <si>
-    <t>816,00 руб./шт.</t>
+    <t>833,00 руб./шт.</t>
   </si>
   <si>
     <t>202 00 025 2</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.25 Pimtas</t>
   </si>
   <si>
     <t>744,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112102</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.25 Plimat</t>
   </si>
   <si>
-    <t>1 335,60 руб./шт.</t>
+    <t>1 402,80 руб./шт.</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.32 Hidroten</t>
   </si>
   <si>
-    <t>1 053,00 руб./шт.</t>
+    <t>1 074,00 руб./шт.</t>
   </si>
   <si>
     <t>202 00 032 2</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.32 Pimtas</t>
   </si>
   <si>
-    <t>817,00 руб./шт.</t>
+    <t>820,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112103</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.32 Plimat</t>
   </si>
   <si>
-    <t>1 418,55 руб./шт.</t>
+    <t>1 489,95 руб./шт.</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.40 Hidroten</t>
   </si>
   <si>
-    <t>1 536,00 руб./шт.</t>
+    <t>4 455,00 руб./шт.</t>
   </si>
   <si>
     <t>202 00 040 2</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.40 Pimtas</t>
   </si>
   <si>
     <t>889,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112104</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.40 Plimat</t>
   </si>
   <si>
-    <t>2 082,15 руб./шт.</t>
+    <t>2 186,10 руб./шт.</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.50 Hidroten</t>
   </si>
   <si>
-    <t>1 823,00 руб./шт.</t>
+    <t>1 860,00 руб./шт.</t>
   </si>
   <si>
     <t>202 00 050 2</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.50 Pimtas</t>
   </si>
   <si>
     <t>1 058,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112105</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.50 Plimat</t>
   </si>
   <si>
-    <t>2 143,05 руб./шт.</t>
+    <t>2 250,15 руб./шт.</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.63 Hidroten</t>
   </si>
   <si>
     <t>3 233,00 руб./шт.</t>
   </si>
   <si>
     <t>202 00 063 2</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.63 Pimtas</t>
   </si>
   <si>
     <t>1 377,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112106</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.63 Plimat</t>
   </si>
   <si>
-    <t>3 111,15 руб./шт.</t>
+    <t>3 266,55 руб./шт.</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.75 Hidroten</t>
   </si>
   <si>
-    <t>8 070,00 руб./шт.</t>
+    <t>8 231,00 руб./шт.</t>
   </si>
   <si>
     <t>202 00 075 2</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.75 Pimtas</t>
   </si>
   <si>
     <t>3 743,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112107</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.75 Plimat</t>
   </si>
   <si>
-    <t>12 815,25 руб./шт.</t>
+    <t>13 455,75 руб./шт.</t>
   </si>
   <si>
     <t>202 00 090 2</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.90 Pimtas</t>
   </si>
   <si>
     <t>4 796,00 руб./шт.</t>
   </si>
   <si>
     <t>P 112108</t>
   </si>
   <si>
     <t>Кран шаровый разъемный д.90 Plimat</t>
   </si>
   <si>
-    <t>16 153,20 руб./шт.</t>
+    <t>16 960,65 руб./шт.</t>
   </si>
   <si>
     <t>214 00 020 2</t>
   </si>
   <si>
     <t>Обратный клапан д.20 Pimtas пружинный</t>
   </si>
   <si>
     <t>698,00 руб./шт.</t>
   </si>
   <si>
     <t>214 00 025 2</t>
   </si>
   <si>
     <t>Обратный клапан д.25 Pimtas пружинный</t>
   </si>
   <si>
-    <t>784,00 руб./шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>214 00 032 2</t>
   </si>
   <si>
     <t>Обратный клапан д.32 Pimtas пружинный</t>
   </si>
   <si>
     <t>875,00 руб./шт.</t>
   </si>
   <si>
     <t>214 00 040 2</t>
   </si>
   <si>
     <t>Обратный клапан д.40 Pimtas пружинный</t>
   </si>
   <si>
     <t>1 063,00 руб./шт.</t>
   </si>
   <si>
     <t>214 00 050 2</t>
   </si>
   <si>
     <t>Обратный клапан д.50 Pimtas пружинный</t>
   </si>
   <si>
     <t>1 199,00 руб./шт.</t>
@@ -696,3029 +696,3863 @@
   <si>
     <t>2 579,85 руб./шт.</t>
   </si>
   <si>
     <t>Шланг Дренажный д. 32 мм (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>3 255,00 руб./шт.</t>
   </si>
   <si>
     <t>Семяпроводные шланги (12 АТМ)</t>
   </si>
   <si>
     <t>Д13336</t>
   </si>
   <si>
     <t>Шланг семяпроводной серый ПВХ д. 63 мм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>18 522,00 руб./шт.</t>
   </si>
   <si>
     <t>Напорные шланги (4 АТМ - 16 АТМ)</t>
   </si>
   <si>
+    <t>Д16114</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 19 мм. 16 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
     <t>Д13313</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий желтый ПВХ д. 19 мм. 16 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>3 175,20 руб./шт.</t>
   </si>
   <si>
+    <t>Д14320</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 19 мм. 16 атм. Дрим Пул</t>
+  </si>
+  <si>
+    <t>211,68 руб.</t>
+  </si>
+  <si>
+    <t>Д16115</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 25 мм. 16 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 764,00 руб./шт.</t>
+  </si>
+  <si>
     <t>Д13317</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий желтый ПВХ д. 25 мм. 16 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>4 233,60 руб./шт.</t>
   </si>
   <si>
+    <t>Д16116</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 32 мм. 16 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 397,94 руб./шт.</t>
+  </si>
+  <si>
     <t>Д13318</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий желтый ПВХ д. 32 мм. 16 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>5 755,05 руб./шт.</t>
   </si>
   <si>
+    <t>Д14224</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 32 мм.16 атм.  Дрим Пул</t>
+  </si>
+  <si>
+    <t>383,67 руб.</t>
+  </si>
+  <si>
+    <t>Д16117</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 38 мм. 16 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 197,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16108</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 38 мм. 16 атм. (15 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 836,70 руб./шт.</t>
+  </si>
+  <si>
     <t>Д13321</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий желтый ПВХ д. 38 мм. 16 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>7 673,40 руб./шт.</t>
   </si>
   <si>
+    <t>Д14229</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 38 мм. 16 атм. Дрим Пул</t>
+  </si>
+  <si>
+    <t>511,56 руб.</t>
+  </si>
+  <si>
+    <t>Д14160</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 40 мм. 16 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>8 599,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13322</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 45 мм. 16 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>11 576,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16120</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 50 мм. 16 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>5 328,38 руб./шт.</t>
+  </si>
+  <si>
     <t>Д13323</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий желтый ПВХ д. 50 мм. 16 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>14 332,50 руб./шт.</t>
   </si>
   <si>
+    <t>Д13324</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 63 мм. 16 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>19 845,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13326</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий желтый ПВХ д. 75 мм. 16 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>23 615,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13613</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 100 мм. 8 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>33 405,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16124</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 19 мм. 8 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 240,31 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13606</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 19 мм. 8 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 976,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15725</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 19 мм. 8 атм. Дрим Пул</t>
+  </si>
+  <si>
+    <t>198,45 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д16125</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 25 мм. 8 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 681,31 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13607</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 25 мм. 8 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>4 035,15 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16126</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 32 мм. 8 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 315,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13608</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 32 мм. 8 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>5 556,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16127</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 38 мм. 8 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 114,56 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д13609</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 38 мм. 8 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>7 474,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16128</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 50 мм. 8 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>5 512,50 руб./шт.</t>
+  </si>
+  <si>
     <t>Д13610</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий зеленый ПВХ д. 50 мм. 8 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>13 230,00 руб./шт.</t>
   </si>
   <si>
     <t>Д13611</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий зеленый ПВХ д. 63 мм. 8 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
+    <t>Д13612</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий зеленый ПВХ д. 75 мм. 8 атм. (30 метров) Дрим Пул</t>
+  </si>
+  <si>
     <t>Д16132</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий прозрачный ПВХ д. 19 мм. 4 атм. (10 метров) Дрим Пул</t>
   </si>
   <si>
     <t>909,56 руб./шт.</t>
   </si>
   <si>
     <t>Д14173</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий прозрачный ПВХ д. 19 мм. 4 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>2 182,95 руб./шт.</t>
   </si>
   <si>
+    <t>Д15710</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 19 мм. 4 атм. Дрим Пул</t>
+  </si>
+  <si>
+    <t>165,38 руб./м.п.</t>
+  </si>
+  <si>
     <t>Д16133</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий прозрачный ПВХ д. 25 мм. 4 атм. (10 метров) Дрим Пул</t>
   </si>
   <si>
     <t>Д15758</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий прозрачный ПВХ д. 25 мм. 4 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
+    <t>Д15711</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 25 мм. 4 атм. Дрим Пул</t>
+  </si>
+  <si>
+    <t>238,14 руб./м.п.</t>
+  </si>
+  <si>
     <t>Д16134</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий прозрачный ПВХ д. 32 мм. 4 атм. (10 метров) Дрим Пул</t>
   </si>
   <si>
     <t>1 653,75 руб./шт.</t>
   </si>
   <si>
     <t>Д15759</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий прозрачный ПВХ д. 32 мм. 4 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>3 969,00 руб./шт.</t>
   </si>
   <si>
+    <t>Д15712</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 32 мм. 4 атм. Дрим Пул</t>
+  </si>
+  <si>
+    <t>297,68 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д16135</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 38 мм. 4 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 929,38 руб./шт.</t>
+  </si>
+  <si>
     <t>Д15760</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий прозрачный ПВХ д. 38 мм. 4 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>4 630,50 руб./шт.</t>
   </si>
   <si>
+    <t>Д15713</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 38 мм. 4 атм. Дрим Пул</t>
+  </si>
+  <si>
+    <t>347,29 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д16136</t>
+  </si>
+  <si>
+    <t>Шланг напорно-всасывающий прозрачный ПВХ д. 50 мм. 4 атм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 847,76 руб./шт.</t>
+  </si>
+  <si>
     <t>Д15761</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий прозрачный ПВХ д. 50 мм. 4 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>6 835,50 руб./шт.</t>
   </si>
   <si>
     <t>Д15763</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий прозрачный ПВХ д. 63 мм. 4 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>11 907,00 руб./шт.</t>
   </si>
   <si>
     <t>Д15767</t>
   </si>
   <si>
     <t>Шланг напорно-всасывающий прозрачный ПВХ д. 75 мм. 4 атм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>16 978,50 руб./шт.</t>
   </si>
   <si>
     <t>Слабонапорные шланги (3 АТМ)</t>
   </si>
   <si>
     <t>Угольники</t>
   </si>
   <si>
     <t>P 100742</t>
   </si>
   <si>
     <t>Угольник 45 гр. д.12 Plimat</t>
   </si>
   <si>
+    <t>65,10 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.140 Hidroten</t>
+  </si>
+  <si>
+    <t>2 498,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110119</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.16 Plimat</t>
+  </si>
+  <si>
     <t>61,95 руб./шт.</t>
   </si>
   <si>
-    <t>Угольник 45 гр. д.140 Hidroten</t>
-[...13 lines deleted...]
-  <si>
     <t>Угольник 45 гр. д.20 Hidroten</t>
   </si>
   <si>
-    <t>61,00 руб./шт.</t>
+    <t>62,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111825</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.20 Plimat</t>
+  </si>
+  <si>
+    <t>86,10 руб./шт.</t>
   </si>
   <si>
     <t>502 00 040 2</t>
   </si>
   <si>
     <t>Угольник 45 гр. д.40 Pimtas</t>
   </si>
   <si>
     <t>104,00 руб./шт.</t>
   </si>
   <si>
     <t>P 111901</t>
   </si>
   <si>
     <t>Угольник 45 гр. д.40 Plimat</t>
   </si>
   <si>
-    <t>158,55 руб./шт.</t>
+    <t>166,95 руб./шт.</t>
   </si>
   <si>
     <t>Угольник 45 гр. д.50 Hidroten</t>
   </si>
   <si>
     <t>217,00 руб./шт.</t>
   </si>
   <si>
     <t>502 00 050 2</t>
   </si>
   <si>
     <t>Угольник 45 гр. д.50 Pimtas</t>
   </si>
   <si>
     <t>111,00 руб./шт.</t>
   </si>
   <si>
+    <t>P 110133</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.50 Plimat</t>
+  </si>
+  <si>
+    <t>207,90 руб./шт.</t>
+  </si>
+  <si>
     <t>Угольник 45 гр. д.63 Hidroten</t>
   </si>
   <si>
-    <t>365,00 руб./шт.</t>
+    <t>372,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110134</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.63 Plimat</t>
+  </si>
+  <si>
+    <t>382,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110126</t>
+  </si>
+  <si>
+    <t>Угольник 45 гр. д.75 Plimat</t>
+  </si>
+  <si>
+    <t>647,85 руб./шт.</t>
   </si>
   <si>
     <t>P 110127</t>
   </si>
   <si>
     <t>Угольник 45 гр. д.90 Plimat</t>
   </si>
   <si>
-    <t>911,40 руб./шт.</t>
+    <t>956,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.140 Hidroten</t>
+  </si>
+  <si>
+    <t>3 819,00 руб./шт.</t>
   </si>
   <si>
     <t>P 110105</t>
   </si>
   <si>
     <t>Угольник 90 гр. д.16 Plimat</t>
   </si>
   <si>
+    <t>51,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111823</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.20 Plimat</t>
+  </si>
+  <si>
+    <t>59,85 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.25 Hidroten</t>
+  </si>
+  <si>
+    <t>59,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111824</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.25 Plimat</t>
+  </si>
+  <si>
+    <t>73,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.32 Hidroten</t>
+  </si>
+  <si>
+    <t>98,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110100</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.32 Plimat</t>
+  </si>
+  <si>
+    <t>106,05 руб./шт.</t>
+  </si>
+  <si>
+    <t>500 00 040 2</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.40 Pimtas</t>
+  </si>
+  <si>
+    <t>115,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>500 00 050 2</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.50 Pimtas</t>
+  </si>
+  <si>
+    <t>P 110102</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.50 Plimat</t>
+  </si>
+  <si>
+    <t>178,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>382,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110103</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.63 Plimat</t>
+  </si>
+  <si>
+    <t>345,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110098</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.63х63х50 Plimat</t>
+  </si>
+  <si>
+    <t>623,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110112</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.75 Plimat</t>
+  </si>
+  <si>
+    <t>702,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110113</t>
+  </si>
+  <si>
+    <t>Угольник 90 гр. д.90 Plimat</t>
+  </si>
+  <si>
+    <t>1 048,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланцевые соединения</t>
+  </si>
+  <si>
+    <t>P 110911</t>
+  </si>
+  <si>
+    <t>Адаптер для фланца (бурт) д.250 Plimat</t>
+  </si>
+  <si>
+    <t>6 943,65 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110902</t>
+  </si>
+  <si>
+    <t>Адаптер для фланца (бурт) д.50 Plimat</t>
+  </si>
+  <si>
+    <t>259,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111020</t>
+  </si>
+  <si>
+    <t>Фланец глухой д.20 Plimat</t>
+  </si>
+  <si>
+    <t>997,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111021</t>
+  </si>
+  <si>
+    <t>Фланец глухой д.25 Plimat</t>
+  </si>
+  <si>
+    <t>1 029,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланец свободный д.125 Hidroten</t>
+  </si>
+  <si>
+    <t>1 076,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланец свободный д.160 Hidroten</t>
+  </si>
+  <si>
+    <t>1 273,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланец свободный д.50 Hidroten</t>
+  </si>
+  <si>
+    <t>380,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланец свободный д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>484,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110943</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.110 Plimat</t>
+  </si>
+  <si>
+    <t>635,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110945</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.140 Plimat</t>
+  </si>
+  <si>
+    <t>845,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.160 EVA Hidroten</t>
+  </si>
+  <si>
+    <t>209,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.50 EVA Hidroten</t>
+  </si>
+  <si>
+    <t>68,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110939</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.50 Plimat</t>
+  </si>
+  <si>
+    <t>339,15 руб./шт.</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.75 EVA Hidroten</t>
+  </si>
+  <si>
+    <t>101,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110941</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.75 Plimat</t>
+  </si>
+  <si>
+    <t>573,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110942</t>
+  </si>
+  <si>
+    <t>Фланцевая прокладка д.90 Plimat</t>
+  </si>
+  <si>
+    <t>621,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройники и Крестовины</t>
+  </si>
+  <si>
+    <t>506 00 110 2</t>
+  </si>
+  <si>
+    <t>Крестовина д.110 Pimtas</t>
+  </si>
+  <si>
+    <t>2 361,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>506 00 050 2</t>
+  </si>
+  <si>
+    <t>Крестовина д.50 Pimtas</t>
+  </si>
+  <si>
+    <t>444,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>506 00 063 2</t>
+  </si>
+  <si>
+    <t>Крестовина д.63 Pimtas</t>
+  </si>
+  <si>
+    <t>774,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.110 Hidroten</t>
+  </si>
+  <si>
+    <t>7 043,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110270</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.20 Plimat</t>
+  </si>
+  <si>
+    <t>420,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110271</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.25 Plimat</t>
+  </si>
+  <si>
+    <t>481,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.32 Hidroten</t>
+  </si>
+  <si>
+    <t>383,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.40 Hidroten</t>
+  </si>
+  <si>
+    <t>437,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110274</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.50 Plimat</t>
+  </si>
+  <si>
+    <t>679,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110275</t>
+  </si>
+  <si>
+    <t>Тройник 45 гр. д.63 Plimat</t>
+  </si>
+  <si>
+    <t>1 476,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110250</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.12 Plimat</t>
+  </si>
+  <si>
+    <t>55,65 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110251</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.16 Plimat</t>
+  </si>
+  <si>
+    <t>67,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.20 Hidroten</t>
+  </si>
+  <si>
+    <t>57,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111828</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.25 Plimat</t>
+  </si>
+  <si>
+    <t>91,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.32 Hidroten</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.40 Hidroten</t>
+  </si>
+  <si>
+    <t>170,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110246</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.40 Plimat</t>
+  </si>
+  <si>
+    <t>227,85 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110247</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.50 Plimat</t>
+  </si>
+  <si>
+    <t>302,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110248</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.63 Plimat</t>
+  </si>
+  <si>
+    <t>P 110258</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.75 Plimat</t>
+  </si>
+  <si>
+    <t>950,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110259</t>
+  </si>
+  <si>
+    <t>Тройник 90 гр. д.90 Plimat</t>
+  </si>
+  <si>
+    <t>1 296,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубы клеевые гибкие</t>
+  </si>
+  <si>
+    <t>Д15573</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 110 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>4 158,00 руб.</t>
+  </si>
+  <si>
+    <t>Д16140</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 110 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>69 300,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15565</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 20 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>390,39 руб.</t>
+  </si>
+  <si>
+    <t>Д16141</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 20 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>6 496,88 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15566</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 25 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>546,32 руб.</t>
+  </si>
+  <si>
+    <t>Д16142</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 25 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>9 095,63 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15567</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 32 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>623,70 руб.</t>
+  </si>
+  <si>
+    <t>Д16143</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 32 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>10 395,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15568</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 40 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>1 012,94 руб.</t>
+  </si>
+  <si>
+    <t>Д16144</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 40 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>16 891,88 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15569</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 50 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>1 247,40 руб.</t>
+  </si>
+  <si>
+    <t>Д16145</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 50 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>20 790,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15570</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 63 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>1 715,18 руб.</t>
+  </si>
+  <si>
+    <t>Д16146</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 63 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>28 586,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15571</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 75 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>2 261,49 руб.</t>
+  </si>
+  <si>
+    <t>Д16147</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 75 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>37 681,88 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15572</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 90 мм гибкая клеевая</t>
+  </si>
+  <si>
+    <t>3 742,20 руб.</t>
+  </si>
+  <si>
+    <t>Д16148</t>
+  </si>
+  <si>
+    <t>Труба ElasticFlex д. 90 мм гибкая клеевая (25 метров)</t>
+  </si>
+  <si>
+    <t>62 370,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубы смотровые</t>
+  </si>
+  <si>
+    <t>Д2151</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.110х3.4 мм 6 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>6 586,27 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2631</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.110х5.3 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>10 349,86 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2850</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.20х1.5 мм 16 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>492,23 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2851</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.25х1.5 мм 12.5 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>624,00 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2701</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.25х1.9 мм 16 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>759,32 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2852</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.32х1.9 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>991,28 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д2853</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.40х1.9 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 251,55 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3384</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.40х3.0 мм 16 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 907,68 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3388</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.50х2.0 мм 8 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 689,88 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3389</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.50х2.4 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 975,19 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3391</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.63х2.0 мм 6 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 149,69 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3392</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.63х3.0 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 097,95 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3401</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.75х2.3 мм 6 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 902,19 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3397</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.75х3.6 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>4 349,47 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Д3423</t>
+  </si>
+  <si>
+    <t>Труба прозрачная клеевая д.90х4.3 мм 10 Бар НПВХ (без раструба) Дрим Пул</t>
+  </si>
+  <si>
+    <t>6 969,60 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Муфты разъемные</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.20 Hidroten</t>
+  </si>
+  <si>
+    <t>P 109519</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.20 Plimat</t>
+  </si>
+  <si>
+    <t>284,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>T408025016</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.25 TU-PiPE</t>
+  </si>
+  <si>
+    <t>115,79 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.32 Hidroten</t>
+  </si>
+  <si>
+    <t>307,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 109521</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.32 Plimat</t>
+  </si>
+  <si>
+    <t>396,90 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.40 Hidroten</t>
+  </si>
+  <si>
+    <t>428,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.50 Hidroten</t>
+  </si>
+  <si>
+    <t>525,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 109523</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.50 Plimat</t>
+  </si>
+  <si>
+    <t>749,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>667,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 109524</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.63 Plimat</t>
+  </si>
+  <si>
+    <t>959,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>T408063010</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.63 TU-PiPE</t>
+  </si>
+  <si>
+    <t>501,76 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная д.90 Hidroten</t>
+  </si>
+  <si>
+    <t>2 575,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>228 00 032 2</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с внутр. резьбой д.32х1" Pimtas</t>
+  </si>
+  <si>
+    <t>513,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>228 00 050 2</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с внутр. резьбой д.50х1 1/2" Pimtas</t>
+  </si>
+  <si>
+    <t>745,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>228 00 063 2</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с внутр. резьбой д.63х2" Pimtas</t>
+  </si>
+  <si>
+    <t>844,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой  д.40х1 1/4" Hidroten</t>
+  </si>
+  <si>
+    <t>452,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой  д.50х1 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>553,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой  д.50х2" Hidroten</t>
+  </si>
+  <si>
+    <t>843,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой  д.63х2'' Hidroten</t>
+  </si>
+  <si>
+    <t>818,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>242 00 050 2</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой д.50х11/2" (ПВХ/Латунь) Pimtas</t>
+  </si>
+  <si>
+    <t>6 276,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта разъемная с наружней резьбой д.75х2 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>2 561,00 руб./шт.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Муфты соединительные </t>
+  </si>
+  <si>
+    <t>511 00 110 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.110 Pimtas</t>
+  </si>
+  <si>
+    <t>409,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110659</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.12 Plimat</t>
+  </si>
+  <si>
+    <t>511 00 160 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.160 Pimtas</t>
+  </si>
+  <si>
+    <t>852,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>511 00 020 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.20 Pimtas</t>
+  </si>
+  <si>
+    <t>26,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.25 Hidroten</t>
+  </si>
+  <si>
+    <t>50,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>511 00 025 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.25 Pimtas</t>
+  </si>
+  <si>
+    <t>31,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.32 Hidroten</t>
+  </si>
+  <si>
+    <t>66,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110616</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.32 Plimat</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.40 Hidroten</t>
+  </si>
+  <si>
+    <t>108,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>511 00 040 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.40 Pimtas</t>
+  </si>
+  <si>
+    <t>58,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110617</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.40 Plimat</t>
+  </si>
+  <si>
+    <t>116,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>511 00 050 2</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.50 Pimtas</t>
+  </si>
+  <si>
+    <t>P 110618</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.50 Plimat</t>
+  </si>
+  <si>
+    <t>140,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>228,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110619</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.63 Plimat</t>
+  </si>
+  <si>
+    <t>217,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>T401063010 нет в прайсе</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.63 TU-PiPE</t>
+  </si>
+  <si>
+    <t>101,12 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110652</t>
+  </si>
+  <si>
+    <t>Муфта соединительная д.75 Plimat</t>
+  </si>
+  <si>
+    <t>493,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушки</t>
+  </si>
+  <si>
+    <t>P 110596</t>
+  </si>
+  <si>
+    <t>Заглушка д.140 Plimat</t>
+  </si>
+  <si>
+    <t>3 398,85 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110585</t>
+  </si>
+  <si>
+    <t>Заглушка д.16 Plimat</t>
+  </si>
+  <si>
+    <t>Заглушка д.160 Hidroten</t>
+  </si>
+  <si>
+    <t>2 373,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д.20 Hidroten</t>
+  </si>
+  <si>
+    <t>39,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д.25 Hidroten</t>
+  </si>
+  <si>
+    <t>47,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д.40 Hidroten</t>
+  </si>
+  <si>
+    <t>92,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110589</t>
+  </si>
+  <si>
+    <t>Заглушка д.40 Plimat</t>
+  </si>
+  <si>
+    <t>118,65 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110590</t>
+  </si>
+  <si>
+    <t>Заглушка д.50 Plimat</t>
+  </si>
+  <si>
+    <t>176,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д.63 Hidroten</t>
+  </si>
+  <si>
+    <t>182,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110591</t>
+  </si>
+  <si>
+    <t>Заглушка д.63 Plimat</t>
+  </si>
+  <si>
+    <t>252,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д.75 Hidroten</t>
+  </si>
+  <si>
+    <t>333,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110592</t>
+  </si>
+  <si>
+    <t>Заглушка д.75 Plimat</t>
+  </si>
+  <si>
+    <t>521,85 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110577</t>
+  </si>
+  <si>
+    <t>Заглушка с внутр. резьбой 1" Plimat</t>
+  </si>
+  <si>
+    <t>143,33 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110575</t>
+  </si>
+  <si>
+    <t>Заглушка с внутр. резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>92,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110584</t>
+  </si>
+  <si>
+    <t>Заглушка с внутр. резьбой 4" Plimat</t>
+  </si>
+  <si>
+    <t>2 424,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110605</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>232,63 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110604</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>163,80 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110603</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 1" Plimat</t>
+  </si>
+  <si>
+    <t>P 110601 (1/2")</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>68,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 101338</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>P 110606</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 2" Plimat</t>
+  </si>
+  <si>
+    <t>332,85 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110602</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 3/4" Plimat</t>
+  </si>
+  <si>
+    <t>P 110609</t>
+  </si>
+  <si>
+    <t>Заглушка с нар. резьбой 4" Plimat</t>
+  </si>
+  <si>
+    <t>1 986,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольца переходные</t>
+  </si>
+  <si>
+    <t>P 110757</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.110/50 Plimat</t>
+  </si>
+  <si>
+    <t>698,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.110/90 Hidroten</t>
+  </si>
+  <si>
+    <t>474,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110766</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.140/90 Plimat</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.160/110 Hidroten</t>
+  </si>
+  <si>
+    <t>1 564,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100797</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.20/10 Plimat</t>
+  </si>
+  <si>
+    <t>53,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100798</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.20/12 Plimat</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.20/16 Hidroten</t>
+  </si>
+  <si>
+    <t>54,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>509 00 020016 2</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.20/16 Pimtas</t>
+  </si>
+  <si>
+    <t>27,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110731</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.20/16 Plimat</t>
+  </si>
+  <si>
+    <t>45,15 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100281</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.200/110 Plimat</t>
+  </si>
+  <si>
+    <t>4 797,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100284</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.225/110 Plimat</t>
+  </si>
+  <si>
+    <t>6 443,85 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110732</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.25/16 Plimat</t>
+  </si>
+  <si>
     <t>49,35 руб./шт.</t>
   </si>
   <si>
-    <t>Угольник 90 гр. д.25 Hidroten</t>
-[...53 lines deleted...]
-    <t>Угольник 90 гр. д.63 Plimat</t>
+    <t>Кольцо переходное д.25/20 Hidroten</t>
+  </si>
+  <si>
+    <t>35,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>509 00 025020 2</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.25/20 Pimtas</t>
+  </si>
+  <si>
+    <t>15,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110733</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.25/20 Plimat</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.32/20 Hidroten</t>
+  </si>
+  <si>
+    <t>P 110735</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.32/20 Plimat</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.32/25 Hidroten</t>
+  </si>
+  <si>
+    <t>43,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.40/20 Hidroten</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.40/25 Hidroten</t>
+  </si>
+  <si>
+    <t>71,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>509 00 040025 2</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.40/25 Pimtas</t>
+  </si>
+  <si>
+    <t>38,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.50/20 Hidroten</t>
+  </si>
+  <si>
+    <t>94,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.50/25 Hidroten</t>
+  </si>
+  <si>
+    <t>83,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110743</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.50/32 Plimat</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.63/32 Hidroten</t>
+  </si>
+  <si>
+    <t>135,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110746</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.63/32 Plimat</t>
+  </si>
+  <si>
+    <t>160,65 руб./шт.</t>
+  </si>
+  <si>
+    <t>509 00 063032 2</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.63/40 Pimtas</t>
+  </si>
+  <si>
+    <t>P 110748</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.63/50 Plimat</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.75/50 Hidroten</t>
+  </si>
+  <si>
+    <t>197,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.75/63 Hidroten</t>
+  </si>
+  <si>
+    <t>192,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110752</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.75/63 Plimat</t>
+  </si>
+  <si>
+    <t>264,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.90/50 Hidroten</t>
+  </si>
+  <si>
+    <t>316,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>509 00 090050 2</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.90/50 Pimtas</t>
+  </si>
+  <si>
+    <t>168,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110755</t>
+  </si>
+  <si>
+    <t>Кольцо переходное д.90/75 Plimat</t>
+  </si>
+  <si>
+    <t>457,80 руб./шт.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ниппеля с наруж. резьбой </t>
+  </si>
+  <si>
+    <t>P 110540</t>
+  </si>
+  <si>
+    <t>Ниппель 1 1/2"х1 1/2" Plimat</t>
   </si>
   <si>
     <t>328,65 руб./шт.</t>
   </si>
   <si>
-    <t>P 110098</t>
-[...218 lines deleted...]
-    <t>Тройник 90 гр. д.25 Plimat</t>
+    <t>P 100180</t>
+  </si>
+  <si>
+    <t>Ниппель 1 1/2"х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>336,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100179</t>
+  </si>
+  <si>
+    <t>Ниппель 1 1/2"х1" Plimat</t>
+  </si>
+  <si>
+    <t>P 110538</t>
+  </si>
+  <si>
+    <t>Ниппель 1"х1" Plimat</t>
+  </si>
+  <si>
+    <t>P 100174</t>
+  </si>
+  <si>
+    <t>Ниппель 1"х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>175,35 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110536</t>
+  </si>
+  <si>
+    <t>Ниппель 1/2"х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>99,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100185</t>
+  </si>
+  <si>
+    <t>Ниппель 2 1/2"х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>609,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110542</t>
+  </si>
+  <si>
+    <t>Ниппель 2 1/2"х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>628,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110541</t>
+  </si>
+  <si>
+    <t>Ниппель 2"х2" Plimat</t>
+  </si>
+  <si>
+    <t>522,90 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100187</t>
+  </si>
+  <si>
+    <t>Ниппель 3"х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>832,65 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100189</t>
+  </si>
+  <si>
+    <t>Ниппель 3"х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>802,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110537</t>
+  </si>
+  <si>
+    <t>Ниппель 3/4"х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>117,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111206</t>
+  </si>
+  <si>
+    <t>Ниппель д.125/110х3" Plimat</t>
+  </si>
+  <si>
+    <t>1 219,05 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111207</t>
+  </si>
+  <si>
+    <t>Ниппель д.125/110х4" Plimat</t>
+  </si>
+  <si>
+    <t>1 570,80 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110447</t>
+  </si>
+  <si>
+    <t>Ниппель д.20/16х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>Ниппель д.20/16х3/8" Hidroten</t>
+  </si>
+  <si>
+    <t>P 110449</t>
+  </si>
+  <si>
+    <t>Ниппель д.25/20х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>P 110444</t>
+  </si>
+  <si>
+    <t>Ниппель д.25/20х3/4" Plimat</t>
   </si>
   <si>
     <t>87,15 руб./шт.</t>
   </si>
   <si>
-    <t>Тройник 90 гр. д.32 Hidroten</t>
+    <t>Ниппель д.32/25х1" Hidroten</t>
+  </si>
+  <si>
+    <t>77,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.32/25х1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>Ниппель д.32/25х3/4" Hidroten</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х1 1/4" Hidroten</t>
+  </si>
+  <si>
+    <t>P 110456</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>141,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х1" Hidroten</t>
   </si>
   <si>
     <t>109,00 руб./шт.</t>
   </si>
   <si>
-    <t>Тройник 90 гр. д.40 Hidroten</t>
-[...344 lines deleted...]
-    <t>Муфта разъемная д.20 Plimat</t>
+    <t>P 110455</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х1" Plimat</t>
+  </si>
+  <si>
+    <t>P 110453</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>111,30 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110454</t>
+  </si>
+  <si>
+    <t>Ниппель д.40/32х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>Ниппель д.50/40х1 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>139,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110459</t>
+  </si>
+  <si>
+    <t>Ниппель д.50/40х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>200,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.50/40х1 1/4" Hidroten</t>
+  </si>
+  <si>
+    <t>P 110458</t>
+  </si>
+  <si>
+    <t>Ниппель д.50/40х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>P 110457</t>
+  </si>
+  <si>
+    <t>Ниппель д.50/40х1" Plimat</t>
+  </si>
+  <si>
+    <t>Ниппель д.63/50х1 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>221,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110461</t>
+  </si>
+  <si>
+    <t>Ниппель д.63/50х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>298,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110460</t>
+  </si>
+  <si>
+    <t>Ниппель д.63/50х1" Plimat</t>
+  </si>
+  <si>
+    <t>309,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.63/50х2" Hidroten</t>
+  </si>
+  <si>
+    <t>212,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110463</t>
+  </si>
+  <si>
+    <t>Ниппель д.63/50х2" Plimat</t>
+  </si>
+  <si>
+    <t>218,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х1 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>362,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110465</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>496,65 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110464</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х1" Hidroten</t>
+  </si>
+  <si>
+    <t>349,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х2 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>411,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110466</t>
+  </si>
+  <si>
+    <t>Ниппель д.75/63х2" Plimat</t>
+  </si>
+  <si>
+    <t>Ниппель д.90/75х2 1/2" Hidroten</t>
+  </si>
+  <si>
+    <t>612,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111201</t>
+  </si>
+  <si>
+    <t>Ниппель д.90/75х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>P 111200</t>
+  </si>
+  <si>
+    <t>Ниппель д.90/75х2" Plimat</t>
+  </si>
+  <si>
+    <t>P 111202</t>
+  </si>
+  <si>
+    <t>Ниппель д.90/75х3" Plimat</t>
+  </si>
+  <si>
+    <t>Штуцеры для шланга</t>
+  </si>
+  <si>
+    <t>P 111007</t>
+  </si>
+  <si>
+    <t>Штуцер для шланга д.63/50х55 Plimat</t>
+  </si>
+  <si>
+    <t>424,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111043</t>
+  </si>
+  <si>
+    <t>Штуцер конический д.40/32x29-37 Plimat</t>
+  </si>
+  <si>
+    <t>271,95 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111044</t>
+  </si>
+  <si>
+    <t>Штуцер конический д.50/40x31-47 Plimat</t>
+  </si>
+  <si>
+    <t>307,65 руб./шт.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Муфты с внутр. резьбой </t>
+  </si>
+  <si>
+    <t>Р 100251</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.25/16х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100255</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.25/20х1" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100253</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.25/20х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100254</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.25/20х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100257</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.32/25х1" Plimat</t>
+  </si>
+  <si>
+    <t>136,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 110255</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.32/25х1/2" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100256</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.32/25х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>131,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100361</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.32/25х3/4" и метал. кольцом Plimat</t>
+  </si>
+  <si>
+    <t>Р 100261</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.40/32х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>278,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100260</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.40/32х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>Р 111556</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.40/32х1 1/4" и метал. кольцом Plimat</t>
+  </si>
+  <si>
+    <t>Р 100259</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.40/32х1" Plimat</t>
+  </si>
+  <si>
+    <t>199,50 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 111258</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.40/32х3/4" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100263</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.50/40х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>351,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100262</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.50/40х1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>365,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100265</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.63/50х1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100267</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.63/50х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>735,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100266</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.63/50х2" Plimat</t>
+  </si>
+  <si>
+    <t>499,80 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 100269</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.75/63х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>Р 100268</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.75/63х2" Plimat</t>
+  </si>
+  <si>
+    <t>Р 101377</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.90/75х2 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>1 433,25 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 101378</t>
+  </si>
+  <si>
+    <t>Муфта с внутр. резьбой д.90/75х3" Plimat</t>
+  </si>
+  <si>
+    <t>1 488,90 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110524</t>
+  </si>
+  <si>
+    <t>Муфта с двойной внутр. резьбой 1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>312,90 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 110523</t>
+  </si>
+  <si>
+    <t>Муфта с двойной внутр. резьбой 1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>Р 110520</t>
+  </si>
+  <si>
+    <t>Муфта с двойной внутр. резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>105,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Р 110525</t>
+  </si>
+  <si>
+    <t>Муфта с двойной внутр. резьбой 2" Plimat</t>
+  </si>
+  <si>
+    <t>557,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110784</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.25 и внутр.резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>P 110783</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.25 и внутр.резьбой 3/8" Plimat</t>
+  </si>
+  <si>
+    <t>255,15 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110785</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.32 и внутр.резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>P 110786</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.32 и внутр.резьбой 3/4" Plimat</t>
+  </si>
+  <si>
+    <t>P 110789</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.40 и внутр.резьбой 1" Plimat</t>
+  </si>
+  <si>
+    <t>378,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110787</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.40 и внутр.резьбой 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>P 110795</t>
+  </si>
+  <si>
+    <t>Муфта с наружним д.63 и внутр.резьбой 1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>494,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара</t>
+  </si>
+  <si>
+    <t>P 111154</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара 1 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>1 212,75 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111153</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара 1 1/4" Plimat</t>
+  </si>
+  <si>
+    <t>928,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111152</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара 1" Plimat</t>
+  </si>
+  <si>
+    <t>894,13 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111150</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара 1/2" Plimat</t>
+  </si>
+  <si>
+    <t>485,10 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 111151</t>
+  </si>
+  <si>
+    <t>Адаптер резервуара 3/4" Plimat</t>
+  </si>
+  <si>
+    <t>519,75 руб./шт.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Муфты переходные </t>
+  </si>
+  <si>
+    <t>P 100791</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.110/90x63/50 Plimat</t>
+  </si>
+  <si>
+    <t>853,65 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110723</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.110/90x75/63 Plimat</t>
+  </si>
+  <si>
+    <t>585,90 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100792</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.110/90x90/75 Plimat</t>
+  </si>
+  <si>
+    <t>512,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.110/90х63 Hidroten</t>
+  </si>
+  <si>
+    <t>896,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004110090</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.110x90 Era</t>
+  </si>
+  <si>
+    <t>P 110725</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.125/110x106/90 Plimat</t>
+  </si>
+  <si>
+    <t>1 505,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110675</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.125/110x92/75 Plimat</t>
+  </si>
+  <si>
+    <t>1 451,10 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004125110</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.125x110 Era</t>
+  </si>
+  <si>
+    <t>1 007,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004140110</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.140x110 Era</t>
+  </si>
+  <si>
+    <t>1 107,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004140090</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.140x90 Era</t>
+  </si>
+  <si>
+    <t>US004160125</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.160x125 Era</t>
+  </si>
+  <si>
+    <t>1 773,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004160140</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.160x140 Era</t>
+  </si>
+  <si>
+    <t>1 899,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004200160</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.200x160 Era</t>
+  </si>
+  <si>
+    <t>4 773,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110705</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.32/25x25/20 Plimat</t>
+  </si>
+  <si>
+    <t>81,90 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004032020</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.32x20 Era</t>
+  </si>
+  <si>
+    <t>37,06 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004032025</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.32x25 Era</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.40/32x25 Hidroten</t>
+  </si>
+  <si>
+    <t>P 110707</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.40/32x25/20 Plimat</t>
+  </si>
+  <si>
+    <t>P 110708</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.40/32x32/25 Plimat</t>
+  </si>
+  <si>
+    <t>US004040032</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.40x32 Era</t>
+  </si>
+  <si>
+    <t>43,58 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.50/40x20 Hidroten</t>
+  </si>
+  <si>
+    <t>130,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.50/40x32 Hidroten</t>
+  </si>
+  <si>
+    <t>153,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110710</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.50/40x32/25 Plimat</t>
+  </si>
+  <si>
+    <t>US004050032</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.50x32 Era</t>
+  </si>
+  <si>
+    <t>US004050040</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.50x40 Era</t>
+  </si>
+  <si>
+    <t>87,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.63/50x25 Hidroten</t>
+  </si>
+  <si>
+    <t>230,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110712</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.63/50x25/20 Plimat</t>
   </si>
   <si>
     <t>270,90 руб./шт.</t>
   </si>
   <si>
-    <t>T408025016</t>
-[...785 lines deleted...]
-    <t>Ниппель д.40/32х1 1/4" Hidroten</t>
+    <t>P 110714</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.63/50x40/32 Plimat</t>
+  </si>
+  <si>
+    <t>US004063040</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.63x40 Era</t>
+  </si>
+  <si>
+    <t>US004063050</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.63x50 Era</t>
+  </si>
+  <si>
+    <t>163,20 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 110718</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75/63x39/32 Plimat</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75/63х32 Hidroten</t>
+  </si>
+  <si>
+    <t>275,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75/63х40 Hidroten</t>
+  </si>
+  <si>
+    <t>285,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75/63х50 Hidroten</t>
+  </si>
+  <si>
+    <t>394,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004075050</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75x50 Era</t>
+  </si>
+  <si>
+    <t>196,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004075063</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.75x63 Era</t>
+  </si>
+  <si>
+    <t>304,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>P 100790</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90/75x50/40 Plimat</t>
+  </si>
+  <si>
+    <t>560,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90/75x63 Hidroten</t>
+  </si>
+  <si>
+    <t>421,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90/75х50 Hidroten</t>
+  </si>
+  <si>
+    <t>400,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004090050</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90x50 Era</t>
+  </si>
+  <si>
+    <t>396,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004090063</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90x63 Era</t>
+  </si>
+  <si>
+    <t>447,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>US004090075</t>
+  </si>
+  <si>
+    <t>Муфта переходная д.90x75 Era</t>
+  </si>
+  <si>
+    <t>789,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Сопутствующие товары для монтажа</t>
+  </si>
+  <si>
+    <t>Клей СН Coraplax 1 л. (упак. 12шт.)</t>
+  </si>
+  <si>
+    <t>2 256,89 руб./шт.</t>
+  </si>
+  <si>
+    <t>Лента PTFE 19 мм х 15 м х 0,2 мм, пл 0,4 для большого диаметра Geb</t>
+  </si>
+  <si>
+    <t>110,99 руб./шт.</t>
+  </si>
+  <si>
+    <t>Очиститель (Праймер) 237 мл P-1050 Bailey</t>
+  </si>
+  <si>
+    <t>387,60 руб./шт.</t>
+  </si>
+  <si>
+    <t>Очиститель (Праймер) 473 мл P-1050 Bailey</t>
+  </si>
+  <si>
+    <t>673,55 руб./шт.</t>
+  </si>
+  <si>
+    <t>Очиститель (Праймер) 946 мл P-1050 Bailey</t>
+  </si>
+  <si>
+    <t>1 074,45 руб./шт.</t>
+  </si>
+  <si>
+    <t>Очиститель Griffon Cleaner 1 л.</t>
+  </si>
+  <si>
+    <t>3 021,40 руб./шт.</t>
+  </si>
+  <si>
+    <t>CH 7630075</t>
+  </si>
+  <si>
+    <t>Фум. лента 12 м. Coraplax</t>
+  </si>
+  <si>
+    <t>105,70 руб./шт.</t>
+  </si>
+  <si>
+    <t>CH 7630150</t>
+  </si>
+  <si>
+    <t>Фум. лента 50 м. Coraplax</t>
+  </si>
+  <si>
+    <t>1 246,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Смотровые окна</t>
+  </si>
+  <si>
+    <t>Смотровое окно д.110 NETVITC SYSTEM Hidroten</t>
+  </si>
+  <si>
+    <t>14 620,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15555</t>
+  </si>
+  <si>
+    <t>Смотровое окно разборное д.50 Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 600,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубы цветные</t>
+  </si>
+  <si>
+    <t>Труба прозрачная ЗЕЛЕНАЯ д.32х1.0 мм Дрим Пул</t>
+  </si>
+  <si>
+    <t>588,06 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Труба прозрачная ЗЕЛЕНАЯ д.40х1.0 мм Дрим Пул</t>
+  </si>
+  <si>
+    <t>790,61 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Трубки кальянные</t>
+  </si>
+  <si>
+    <t>Шланг мягкий ПВХ 12х18мм, 1,5м белый</t>
+  </si>
+  <si>
+    <t>300,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг мягкий ПВХ 12х18мм, 1,5м зеленый</t>
+  </si>
+  <si>
+    <t>Шланг мягкий ПВХ 12х18мм, 1,5м красный</t>
+  </si>
+  <si>
+    <t>Шланг мягкий ПВХ 12х18мм, 1,5м синий</t>
+  </si>
+  <si>
+    <t>Шланг мягкий ПВХ 12х18мм, 1,5м черный</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Армированные трубки ПВХ </t>
+  </si>
+  <si>
+    <t>Д16045</t>
+  </si>
+  <si>
+    <t>Трубка ПВХ армированная  10х15 мм (1 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>250,00 руб.</t>
+  </si>
+  <si>
+    <t>Д16047</t>
+  </si>
+  <si>
+    <t>Трубка ПВХ армированная  10х15 мм (10 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 155,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16046</t>
+  </si>
+  <si>
+    <t>Трубка ПВХ армированная  10х15 мм (5 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>866,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д14114</t>
+  </si>
+  <si>
+    <t>Трубка ПВХ армированная  7х12 мм ( 3м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>600,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Неармированные трубки ПВХ</t>
+  </si>
+  <si>
+    <t>Д16660</t>
+  </si>
+  <si>
+    <t>Трубка 6х9 "силикон Т"  (1м)</t>
+  </si>
+  <si>
+    <t>345,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16659</t>
+  </si>
+  <si>
+    <t>Трубка 6х9 "силикон Т" (5м)</t>
+  </si>
+  <si>
+    <t>576,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16662</t>
+  </si>
+  <si>
+    <t>Трубка 8х11 "силикон Т" (1м)</t>
+  </si>
+  <si>
+    <t>453,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16661</t>
+  </si>
+  <si>
+    <t>Трубка 8х11 "силикон Т" (5м)</t>
+  </si>
+  <si>
+    <t>756,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубка POLYETHYLENE однослойная 4х6 мм ПВД (100 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 000,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д16623</t>
+  </si>
+  <si>
+    <t>Трубка для фильтра обратного осмоса и бытовых систем 1/4, 3м (ПНД)</t>
+  </si>
+  <si>
+    <t>200,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д18869</t>
+  </si>
+  <si>
+    <t>Трубка однослойная 14х19 мм синяя (1,1м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Д18921</t>
+  </si>
+  <si>
+    <t>Трубка однослойная 16х20 мм синяя (1,1м)</t>
+  </si>
+  <si>
+    <t>Трубка ПВХ STANDARD FOOD однослойная 10х12,4 мм. ШОР 90 (50 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 740,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубка ПВХ STANDARD FOOD однослойная 6х9 мм. ШОР 90 (50 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 320,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубка ПВХ STANDARD FOOD однослойная 7х12 мм. ШОР 90 (50 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 000,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубка ПВХ STANDARD FOOD однослойная 8х11 мм. ШОР 90 (50 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 800,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Трубка(12х18мм) мягкая ПВХ синяя 1.5м Дрим Пул</t>
+  </si>
+  <si>
+    <t>Д15931</t>
+  </si>
+  <si>
+    <t>Шланг (трубка) ПВХ стеклянно-прозрачный 12х16 мм (1м)</t>
+  </si>
+  <si>
+    <t>228,00 руб.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  10х12 мм (10 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>768,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15679</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  10х12 мм (2 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  10х12 мм (5 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  10х12 мм (50 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 400,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  10х14 мм (1 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  10х14 мм (50 м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 150,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15685</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  3х5 ( 200м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 200,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15686</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  3х5 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>700,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д22592</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  3х5 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>240,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  4х6 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  4х6 ( 200м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 360,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  4х6 ( 25м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>630,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  4х6 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 050,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  4х6 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  5х7 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>384,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  5х7 ( 200м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 840,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  5х7 ( 25м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>720,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  5х7 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 200,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  5х7 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>288,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х8 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>432,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х8 ( 1м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х8 ( 200м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>4 320,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х8 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 350,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х8 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>324,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х9 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х9 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  6х9 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  7х12 ( 100м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>11 520,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  7х12 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 152,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  7х12 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 600,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  7х12 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>864,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х10 ( 10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Д15678</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х10 ( 2м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х10 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 500,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х10 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>360,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х11 ( 25м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 260,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х11 ( 50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 100,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х11 ( 5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>504,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Шланг ПРОЗРАЧНЫЙ ПВХ  8х11 (10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Армированные трубки ПВХ морозостойкие</t>
+  </si>
+  <si>
+    <t>Неармированные трубки ПВХ морозостойкие</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 10х14 (1м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 10х14 (5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 6х8 (100м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 6х8 (10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 6х8 (1м) Дрим Пул</t>
   </si>
   <si>
     <t>96,00 руб./шт.</t>
   </si>
   <si>
-    <t>P 110456</t>
-[...770 lines deleted...]
-    <t>Муфта переходная д.75/63х50 Hidroten</t>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 6х8 (5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 6х9 (100м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>3 168,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 6х9 (10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 6х9 (1м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>144,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 6х9 (50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 6х9 (5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 8х10 (10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>480,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 8х10 (1м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>120,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 8х10 (50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 250,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 8х10 (5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 8х11 (10м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 8х11 (1м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>180,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ 8х11 (5м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ-СИЛИКОН 6х8 (50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>ШЛАНГ ПРОЗРАЧНЫЙ МЯГКИЙ ПВХ-СИЛИКОН 8х11 (50м) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Армированные трубки МБС</t>
+  </si>
+  <si>
+    <t>Неармированные трубки МБС</t>
+  </si>
+  <si>
+    <t>Д15626</t>
+  </si>
+  <si>
+    <t>Трубка 10х14 (1м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>326,00 руб.</t>
+  </si>
+  <si>
+    <t>Д13407</t>
+  </si>
+  <si>
+    <t>Трубка 10х14 (50м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>4 074,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15625</t>
+  </si>
+  <si>
+    <t>Трубка 10х14 (5м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>815,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15621</t>
+  </si>
+  <si>
+    <t>Трубка 4х6 (1м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>68,00 руб.</t>
+  </si>
+  <si>
+    <t>Д13398</t>
+  </si>
+  <si>
+    <t>Трубка 4х6 (50м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>840,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15620</t>
+  </si>
+  <si>
+    <t>Трубка 4х6 (5м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>Д15624</t>
+  </si>
+  <si>
+    <t>Трубка 4х8 (1м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>154,00 руб.</t>
+  </si>
+  <si>
+    <t>Д15622</t>
+  </si>
+  <si>
+    <t>Трубка 4х8 (50м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 932,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15623</t>
+  </si>
+  <si>
+    <t>Трубка 4х8 (5м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
   </si>
   <si>
     <t>386,00 руб./шт.</t>
   </si>
   <si>
-    <t>US004075050</t>
-[...389 lines deleted...]
-    <t>840,00 руб./шт.</t>
+    <t>Д15628</t>
+  </si>
+  <si>
+    <t>Трубка 6х9 (1м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>138,00 руб.</t>
   </si>
   <si>
     <t>Д13405</t>
   </si>
   <si>
     <t>Трубка 6х9 (50м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
   </si>
   <si>
     <t>1 722,00 руб./шт.</t>
   </si>
   <si>
+    <t>Д15627</t>
+  </si>
+  <si>
+    <t>Трубка 6х9 (5м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>344,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д15630</t>
+  </si>
+  <si>
+    <t>Трубка 8х11 (1м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>188,00 руб.</t>
+  </si>
+  <si>
     <t>Д13406</t>
   </si>
   <si>
     <t>Трубка 8х11 (50м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
   </si>
   <si>
     <t>2 352,00 руб./шт.</t>
   </si>
   <si>
+    <t>Д15629</t>
+  </si>
+  <si>
+    <t>Трубка 8х11 (5м) морозостойкая неармированная МБС(МаслоБензоСтойкая) Дрим Пул</t>
+  </si>
+  <si>
+    <t>470,00 руб./шт.</t>
+  </si>
+  <si>
     <t>Трубки ТЭП</t>
   </si>
   <si>
     <t>Трубки термоусадочные</t>
   </si>
   <si>
     <t>Трубки для капельного полива</t>
   </si>
   <si>
+    <t>Микротрубка ПВХ 14х16 черная для полива 100м Дрим Пул</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 14х16 черная для полива 50м Дрим Пул</t>
+  </si>
+  <si>
+    <t>Д14193</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 16х19 черная для полива 50м Дрим Пул</t>
+  </si>
+  <si>
+    <t>4 000,00 руб./шт.</t>
+  </si>
+  <si>
     <t>Микротрубка ПВХ 3х5 черная для полива 100 м Дрим Пул</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 3х5 черная для полива 10м Дрим Пул</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 3х5 черная для полива 1м Дрим Пул</t>
   </si>
   <si>
     <t>72,00 руб.</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 3х5 черная для полива 200м Дрим Пул</t>
   </si>
   <si>
     <t>2 880,00 руб./шт.</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 3х5 черная для полива 20м Дрим Пул</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 3х5 черная для полива 5 м Дрим Пул</t>
   </si>
   <si>
-    <t>180,00 руб./шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Микротрубка ПВХ 3х5 черная для полива 50м Дрим Пул</t>
   </si>
   <si>
     <t>900,00 руб./шт.</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 4х6 черная для полива 100м Дрим Пул</t>
   </si>
   <si>
     <t>1 848,00 руб./шт.</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 4х6 черная для полива 10м Дрим Пул</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 4х6 черная для полива 200м Дрим Пул</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 4х6 черная для полива 20м Дрим Пул</t>
   </si>
   <si>
     <t>588,00 руб./шт.</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 4х6 черная для полива 50м Дрим Пул</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 4х6 черная для полива 5м Дрим Пул</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 5х7 черная для полива 100м Дрим Пул</t>
   </si>
   <si>
     <t>2 112,00 руб./шт.</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 5х7 черная для полива 10м Дрим Пул</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 5х7 черная для полива 200м Дрим Пул</t>
   </si>
   <si>
-    <t>3 840,00 руб./шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Микротрубка ПВХ 5х7 черная для полива 20м Дрим Пул</t>
   </si>
   <si>
     <t>672,00 руб./шт.</t>
   </si>
   <si>
     <t>Микротрубка ПВХ 5х7 черная для полива 50м Дрим Пул</t>
   </si>
   <si>
-    <t>1 200,00 руб./шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Микротрубка ПВХ 5х7 черная для полива 5м Дрим Пул</t>
   </si>
   <si>
+    <t>Микротрубка ПВХ 7х9 черная для полива 100м Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 640,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 7х9 черная для полива 10м Дрим Пул</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 7х9 черная для полива 20м Дрим Пул</t>
+  </si>
+  <si>
+    <t>732,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 7х9 черная для полива 50м Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 560,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Микротрубка ПВХ 7х9 черная для полива 5м Дрим Пул</t>
+  </si>
+  <si>
+    <t>Д14872</t>
+  </si>
+  <si>
+    <t>Микротрубка слепая 3х5 мм (1/8 дюйма) для орошения 50 м</t>
+  </si>
+  <si>
+    <t>1 400,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д14873</t>
+  </si>
+  <si>
+    <t>Микротрубка слепая 4х6 мм (5/32 дюйма) для орошения 50 м</t>
+  </si>
+  <si>
     <t>Трубки пневматические полиэтиленовые</t>
   </si>
   <si>
     <t>Трубки для дозатора</t>
   </si>
   <si>
     <t>Трубки Ш-62</t>
   </si>
   <si>
     <t>Шланги ПВХ "Силикон"</t>
   </si>
   <si>
     <t>Д12636</t>
   </si>
   <si>
     <t>Шланг поливочный однослойный ПВХ прозрачный 3/4"(18 мм) 20 метров Дрим Пул</t>
   </si>
   <si>
     <t>Шланг поливочный ПВХ морозостойкий (18x22мм) 20 метров Дрим Пул</t>
   </si>
   <si>
     <t>Неармированные шланги ПВХ</t>
   </si>
   <si>
+    <t>Шланг 4х6 мм Santoprene Дрим Пул</t>
+  </si>
+  <si>
+    <t>1 500,00 руб./м.п.</t>
+  </si>
+  <si>
+    <t>Шланг 7,2х10 мм Santoprene Дрим Пул</t>
+  </si>
+  <si>
+    <t>2 500,00 руб.</t>
+  </si>
+  <si>
+    <t>Д14828</t>
+  </si>
+  <si>
+    <t>Шланг для самопромывных фильтров 1/2 дюйма Дрим Пул (5м)</t>
+  </si>
+  <si>
     <t>Д13276</t>
   </si>
   <si>
     <t>Шланг поливочный однослойный ПВХ синий 3/4" (18мм) 20 метров Дрим Пул</t>
   </si>
   <si>
     <t>Армированные шланги ПВХ</t>
   </si>
   <si>
     <t>Д14622</t>
   </si>
   <si>
     <t>Шланг Water Blue ПВХ 3-х слойный 1/2" (12,5мм) 100 м. Дрим Пул</t>
   </si>
   <si>
     <t>6 480,00 руб./шт.</t>
   </si>
   <si>
     <t>Д14623</t>
   </si>
   <si>
     <t>Шланг Water Blue ПВХ 3-х слойный 1/2" (12,5мм) 25 м. Дрим Пул</t>
   </si>
   <si>
     <t>1 620,00 руб./шт.</t>
@@ -3729,77 +4563,80 @@
   <si>
     <t>Шланг Water Blue ПВХ 3-х слойный 3/4" (19мм) 100 м. Дрим Пул</t>
   </si>
   <si>
     <t>11 880,00 руб./шт.</t>
   </si>
   <si>
     <t>Д13143</t>
   </si>
   <si>
     <t>Шланг Water Blue ПВХ 3-х слойный 3/4" (19мм) 25 м. Дрим Пул</t>
   </si>
   <si>
     <t>2 970,00 руб./шт.</t>
   </si>
   <si>
     <t>Д14525</t>
   </si>
   <si>
     <t>Шланг КЛАССИК-ЛАЙТ (голубой) ПВХ 3-х слойный 3/4" (19мм) 20 м.Дрим Пул</t>
   </si>
   <si>
     <t>1 728,00 руб./шт.</t>
   </si>
   <si>
+    <t>Д20067</t>
+  </si>
+  <si>
+    <t>Шланг МЕТЕОР ГРАФИТ ПВХ 3-х слойный 1/2" (12,5мм) 10 м. Дрим Пул</t>
+  </si>
+  <si>
     <t>Д14659</t>
   </si>
   <si>
     <t>Шланг МЕТЕОР ГРАФИТ ПВХ 3-х слойный 1/2" (12,5мм) 25 м. Дрим Пул</t>
   </si>
   <si>
     <t>1 300,00 руб./шт.</t>
   </si>
   <si>
     <t>Д14660</t>
   </si>
   <si>
     <t>Шланг МЕТЕОР ГРАФИТ ПВХ 3-х слойный 1/2" (12,5мм) 50 м. Дрим Пул</t>
   </si>
   <si>
     <t>2 600,00 руб./шт.</t>
   </si>
   <si>
     <t>Д14524</t>
   </si>
   <si>
     <t>Шланг МЕТЕОР ГРАФИТ ПВХ 3-х слойный 3/4 (19мм) 25 м. Дрим Пул</t>
   </si>
   <si>
-    <t>2 200,00 руб./шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Д14652</t>
   </si>
   <si>
     <t>Шланг МЕТЕОР ГРАФИТ ПВХ 3-х слойный 3/4 (19мм) 50 м. Дрим Пул</t>
   </si>
   <si>
     <t>4 400,00 руб./шт.</t>
   </si>
   <si>
     <t>Д14674</t>
   </si>
   <si>
     <t>Шланг ПРЕМИУМ ПВХ 4-х слойный 1" (25мм) 25 м. Дрим Пул</t>
   </si>
   <si>
     <t>6 750,00 руб./шт.</t>
   </si>
   <si>
     <t>Д14576</t>
   </si>
   <si>
     <t>Шланг ПРЕМИУМ ПВХ 4-х слойный 1/2" (12,5мм) 25 м. Дрим Пул</t>
   </si>
   <si>
     <t>Д13170</t>
@@ -3808,50 +4645,68 @@
     <t>Шланг ПРЕМИУМ ПВХ 4-х слойный 3/4" (19мм) 25 м. Дрим Пул</t>
   </si>
   <si>
     <t>Армированные шланги ТЭП</t>
   </si>
   <si>
     <t>Д16724</t>
   </si>
   <si>
     <t>Шланг поливочный ТЭП 3-х слойный 1/2 (12,5мм) 25 м. Дрим Пул</t>
   </si>
   <si>
     <t>Д16725</t>
   </si>
   <si>
     <t>Шланг поливочный ТЭП 3-х слойный 3/4 (19мм) 25 м. Дрим Пул</t>
   </si>
   <si>
     <t>2 750,00 руб./шт.</t>
   </si>
   <si>
     <t>Шланги ПВХ Ш-62</t>
   </si>
   <si>
     <t>Ассенизаторские шланги</t>
+  </si>
+  <si>
+    <t>Д22044</t>
+  </si>
+  <si>
+    <t>Шланг ассенизаторский КРАСНЫЙ д. 50 мм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>5 600,00 руб./шт.</t>
+  </si>
+  <si>
+    <t>Д21710</t>
+  </si>
+  <si>
+    <t>Шланг ассенизаторский КРАСНЫЙ д. 76 мм. (10 метров) Дрим Пул</t>
+  </si>
+  <si>
+    <t>10 000,00 руб./шт.</t>
   </si>
   <si>
     <t>Д16798</t>
   </si>
   <si>
     <t>Шланг ассенизаторский СИНИЙ д. 38 мм. (30 метров) Дрим Пул</t>
   </si>
   <si>
     <t>10 920,00 руб./шт.</t>
   </si>
   <si>
     <t>Сантехнический уплотнитель ПВХ плоский</t>
   </si>
   <si>
     <t>Тросс в ПВХ оплетке</t>
   </si>
   <si>
     <t>Веревка в ПВХ оплетке</t>
   </si>
   <si>
     <t>Полипропиленовый пруток</t>
   </si>
   <si>
     <t>Уплотнитель для натяжных потолков</t>
   </si>
@@ -4033,51 +4888,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60131ac2ef87823f69d66fb375bf2ef22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c9fe73ee8e6e41a9148c493a489b08b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af90b7aca49ad69c3c6eb39db2ceba714.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48cbd3aec582212201fd02c09e5ee7565.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4bd8a29906e441272b5b325701c25176.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c769bcccdae0a62878c8f94b8a23cff77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2abbe06f352c68a31ee2d000d029c3a68.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f168069d72f4a7a28d091c0fd124a69.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af32fa7ecdf722a6154e707826b247610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6da9f72e9233bb3a8eecad2e2df06c711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f1ef066561b3453626711df624448af12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef12da5815fb01835a1736885241550713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45d0556eaf5836761f25a64ed88b1db914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341c8f5b9eb75aa18658d55d58a96b3d15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3783b10c12564851e5417232d610287216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d1b2778bb8fb474cdfbe70523702fa117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4302662dc9ab762e1262c3b804bcab2218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6a556f1b83ce4a90afa6a56928fd1119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aa821bcace92ac04004d1e3264778d620.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fb625c8819705854722255b81e180e621.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd2e833c8450c39342d0d79dd66c411422.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e064ed78b66c463006648e3294b339f323.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c81386984db55540cb7c6812482241fd24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee12dfd34f85d3195477e7e1e5f3e0525.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa01fde3c8418b62d883e625d1449a526.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/204b44eb47d642014aeade072371792427.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cc3a7a85443748e9053898c0198a7a628.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d76d37331f8440e0f4960ca40d54c47229.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777e05d748eeed5821497bbf96dc398730.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e567826e9fe6fe33488c1383e2aad5031.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1e7e38a1256c7939ab7993819e1a632.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d6935877bc755e9aa39d1f76364f15c33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae4b551fd03d6288165fef9ecded5ea934.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/774900ac7c0bbf10abc95a928908f62f35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5490f3dd2af3d27cf8e9b73c0b2b32e36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d62a90069be43627783bf73508a38ad37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/783086f6f81c1e6b39b4184841050b6838.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50ad8696290aa3e7bcc9cfcf62d0f90239.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba6c3a70bb9989b52ce307113157cd1640.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f77b24d3f4fb751574966d740610abb41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f373ee267d5f68322b04d819f6c2a2a742.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21b220d3749267b8e31bed46f774e8c843.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652b557e5667c728f7e575d16fae56244.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f8062e0a16e4102a12da161c6b6879645.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37c2ddb10bf28ad82626bbac60ca6fff46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f807c937240a186e76b8f0b6627576bf47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d04431ec59fd3f118b5d296b872d50548.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa81a9519ecdfad422e6ac7baafe257e49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/559790d2844d6de30df6994c170a2b1b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60488e98fe833c3070721f1e0682a1663.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ff4c17a7e51d5743d727e8af6a2ce24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51b30fda0eea7a0b450517451bcc3c045.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b2e14b0537dc5d3e5d6a5a9899724d46.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554ecc2a94baaed653bfa6db35c169e97.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a579261a058f1621108118dbc479c88.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e41660667ffbe47d9bb6381d6672ebc9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71f598e703bb5715d04736d56f6e081d10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c539798988b1eada6174d0dd4353ef5111.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31771a65808e4167e68b7cc94c328c8c12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ade5339c7cee4b780a871c5267db0f8613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e355ec56e4068132b1b44e4df19df1dc14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8367a837e7ecb521400620a4fbae03715.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9260a6982bdeb91e0b6616b6c13e3dd416.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d616f03d350db0dcbc208944c92c1b8a17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ad939e1bf54aa1fd88583cc46a8dfd418.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e51da8b6f666c659ba032d084c9f736e19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15a14ddaff2b56e9a64aec7cec3ad5e820.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e54cb3dc0d58ab93001922252c0119b121.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/719afeb63ba604f1b2116dd71d6813fa22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c56700e431c0509ca76f9921aaeec3a823.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a18581bedb462de01a13e4663955e2524.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb5a065b6fc32abe9d0dc454e4b046925.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cd2a87611c09b3cba1438c9b6743a9c26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ed4dfa19a0b79586027ff72f0c3915c27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89b9042c436a95ce96dabc900b735dc428.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e893fb714e1bcfcc7f38eaa418dbd81629.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6962e6b5a2d500dd0f8bde6768c490630.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b5fd6062b73a0c0992c8ec481ff20c131.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44ac506f26c510c467a53b8ede53be6c32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bab373696eaf4e2780dc52d83c13b67633.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2daf11f090891eb88922a028efe36ba34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a712c52a44c485f9ff9fc43a3eb065035.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8b87ec8c7dad649e9f942bb0fbede8436.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5714c2e16e7bd47e427e2386bdd51637.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/141f3f14bb2922c4e5d3b043944f935838.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81952043867fe37818a62da63097cf139.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45b21d5527a4f79789296f8c176a527440.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9b868d943035aa2771479f32a9ee45641.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2e5297d1c7b7b13f00a24a442f01d842.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceeb0db3b3f005153323558211319e4543.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c256a12d3bacbe65067f64a02ab470a144.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e35331dafec26b0d8c0a92d549c6d945.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3282d13b9a5f3334d85125a889c71e1946.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae6c2fc5c7720ff9e316f037d01c74547.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fda3d79fd67b753832398c2ba12ce6d48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1faefba2dccc1e11c6d748b6d07a1a9a49.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="9620250" cy="628650"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рисунок 6" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4102,1431 +4957,1431 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>110</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>113</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>176</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>151</xdr:row>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>171</xdr:row>
+      <xdr:row>217</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>191</xdr:row>
+      <xdr:row>237</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>208</xdr:row>
+      <xdr:row>254</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>230</xdr:row>
+      <xdr:row>277</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>248</xdr:row>
+      <xdr:row>296</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>271</xdr:row>
+      <xdr:row>321</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>301</xdr:row>
+      <xdr:row>357</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>350</xdr:row>
+      <xdr:row>406</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>319088</xdr:colOff>
-      <xdr:row>355</xdr:row>
+      <xdr:row>411</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="790575" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>342900</xdr:colOff>
-      <xdr:row>390</xdr:row>
+      <xdr:row>446</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="742950" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>397</xdr:row>
+      <xdr:row>453</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>442</xdr:row>
+      <xdr:row>497</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>452</xdr:row>
+      <xdr:row>507</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>456</xdr:row>
+      <xdr:row>511</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>238125</xdr:colOff>
-      <xdr:row>460</xdr:row>
+      <xdr:row>515</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>467</xdr:row>
+      <xdr:row>522</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>470</xdr:row>
+      <xdr:row>528</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>502</xdr:row>
+      <xdr:row>583</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>505</xdr:row>
+      <xdr:row>586</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>511</xdr:row>
+      <xdr:row>608</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>514</xdr:row>
+      <xdr:row>611</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
-      <xdr:row>520</xdr:row>
+      <xdr:row>628</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="838200" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>523</xdr:row>
+      <xdr:row>631</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>526</xdr:row>
+      <xdr:row>634</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>547</xdr:row>
+      <xdr:row>665</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>550</xdr:row>
+      <xdr:row>668</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>553</xdr:row>
+      <xdr:row>671</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>556</xdr:row>
+      <xdr:row>674</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>560</xdr:row>
+      <xdr:row>678</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>563</xdr:row>
+      <xdr:row>684</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>204788</xdr:colOff>
-      <xdr:row>577</xdr:row>
+      <xdr:row>699</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>581</xdr:row>
+      <xdr:row>703</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>176213</xdr:colOff>
-      <xdr:row>584</xdr:row>
+      <xdr:row>706</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1076325" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>587</xdr:row>
+      <xdr:row>711</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>590</xdr:row>
+      <xdr:row>714</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>247650</xdr:colOff>
-      <xdr:row>593</xdr:row>
+      <xdr:row>717</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="933450" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>357188</xdr:colOff>
-      <xdr:row>596</xdr:row>
+      <xdr:row>720</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>271463</xdr:colOff>
-      <xdr:row>599</xdr:row>
+      <xdr:row>723</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="CategoryImage" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5813,54 +6668,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:WVO601"/>
+  <dimension ref="A1:WVO725"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D601" sqref="D601"/>
+      <selection activeCell="D725" sqref="D725"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="2"/>
     <col min="2" max="2" width="7" customWidth="true" style="2"/>
     <col min="3" max="3" width="7.140625" customWidth="true" style="2"/>
     <col min="4" max="4" width="9.140625" customWidth="true" style="2"/>
     <col min="5" max="5" width="70.85546875" customWidth="true" style="2"/>
     <col min="6" max="6" width="21.140625" customWidth="true" style="2"/>
     <col min="7" max="7" width="21.85546875" customWidth="true" style="2"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="2"/>
     <col min="9" max="9" width="9.140625" customWidth="true" style="2"/>
     <col min="10" max="10" width="9.140625" customWidth="true" style="2"/>
     <col min="11" max="11" width="9.140625" customWidth="true" style="2"/>
     <col min="12" max="12" width="9.140625" customWidth="true" style="2"/>
     <col min="13" max="13" width="9.140625" customWidth="true" style="2"/>
     <col min="14" max="14" width="9.140625" customWidth="true" style="2"/>
     <col min="15" max="15" width="9.140625" customWidth="true" style="2"/>
     <col min="16" max="16" width="9.140625" customWidth="true" style="2"/>
     <col min="17" max="17" width="9.140625" customWidth="true" style="2"/>
     <col min="18" max="18" width="9.140625" customWidth="true" style="2"/>
     <col min="19" max="19" width="9.140625" customWidth="true" style="2"/>
     <col min="20" max="20" width="9.140625" customWidth="true" style="2"/>
     <col min="21" max="21" width="9.140625" customWidth="true" style="2"/>
@@ -22081,8996 +22936,11106 @@
       <c r="F7" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:16135">
       <c r="A8" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="10"/>
       <c r="C8" s="10"/>
       <c r="D8" s="12" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="10"/>
       <c r="F8" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:16135">
-      <c r="A9" s="11" t="s">
-        <v>20</v>
+      <c r="A9" s="11">
+        <v>21572</v>
       </c>
       <c r="B9" s="10"/>
       <c r="C9" s="10"/>
       <c r="D9" s="12" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E9" s="10"/>
       <c r="F9" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="11" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:16135">
-      <c r="A10" s="11" t="s">
-        <v>20</v>
+      <c r="A10" s="11">
+        <v>21560</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
       <c r="D10" s="12" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E10" s="10"/>
       <c r="F10" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:16135">
-      <c r="A11" s="11" t="s">
-        <v>20</v>
+      <c r="A11" s="11">
+        <v>21312</v>
       </c>
       <c r="B11" s="10"/>
       <c r="C11" s="10"/>
       <c r="D11" s="12" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E11" s="10"/>
       <c r="F11" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G11" s="11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:16135">
       <c r="A12" s="11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B12" s="10"/>
       <c r="C12" s="10"/>
       <c r="D12" s="12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E12" s="10"/>
       <c r="F12" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G12" s="11" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:16135">
       <c r="A13" s="11" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B13" s="10"/>
       <c r="C13" s="10"/>
       <c r="D13" s="12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="E13" s="10"/>
       <c r="F13" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G13" s="11" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:16135">
       <c r="A14" s="11" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E14" s="10"/>
       <c r="F14" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G14" s="11" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:16135">
       <c r="A15" s="11" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E15" s="10"/>
       <c r="F15" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G15" s="11" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:16135">
-      <c r="A16" s="11" t="s">
-        <v>39</v>
+      <c r="A16" s="11">
+        <v>23724</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="10"/>
       <c r="D16" s="12" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E16" s="10"/>
       <c r="F16" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G16" s="11" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:16135">
       <c r="A17" s="11" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="12" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E17" s="10"/>
       <c r="F17" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G17" s="11" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:16135">
       <c r="A18" s="11" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B18" s="10"/>
       <c r="C18" s="10"/>
       <c r="D18" s="12" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E18" s="10"/>
       <c r="F18" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G18" s="11" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:16135">
       <c r="A19" s="11" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="12" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E19" s="10"/>
       <c r="F19" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G19" s="11" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:16135">
       <c r="A20" s="11" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="12" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E20" s="10"/>
       <c r="F20" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G20" s="11" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:16135">
       <c r="A21" s="11" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="12" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="E21" s="10"/>
       <c r="F21" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G21" s="11" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:16135">
       <c r="A22" s="11" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E22" s="10"/>
       <c r="F22" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G22" s="11" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="23" spans="1:16135">
       <c r="A23" s="11" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="12" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E23" s="10"/>
       <c r="F23" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G23" s="11" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:16135">
       <c r="A24" s="11" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B24" s="10"/>
       <c r="C24" s="10"/>
       <c r="D24" s="12" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E24" s="10"/>
       <c r="F24" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G24" s="11" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:16135">
       <c r="A25" s="11" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B25" s="10"/>
       <c r="C25" s="10"/>
       <c r="D25" s="12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E25" s="10"/>
       <c r="F25" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G25" s="11" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:16135">
       <c r="A26" s="11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B26" s="10"/>
       <c r="C26" s="10"/>
       <c r="D26" s="12" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E26" s="10"/>
       <c r="F26" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G26" s="11" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27" spans="1:16135">
       <c r="A27" s="11" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B27" s="10"/>
       <c r="C27" s="10"/>
       <c r="D27" s="12" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E27" s="10"/>
       <c r="F27" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G27" s="11" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:16135">
       <c r="A28" s="11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B28" s="10"/>
       <c r="C28" s="10"/>
       <c r="D28" s="12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E28" s="10"/>
       <c r="F28" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G28" s="11" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:16135">
       <c r="A29" s="11" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B29" s="10"/>
       <c r="C29" s="10"/>
       <c r="D29" s="12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E29" s="10"/>
       <c r="F29" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G29" s="11" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:16135">
       <c r="A30" s="11" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B30" s="10"/>
       <c r="C30" s="10"/>
       <c r="D30" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="E30" s="10"/>
       <c r="F30" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G30" s="11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="31" spans="1:16135">
       <c r="A31" s="11" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B31" s="10"/>
       <c r="C31" s="10"/>
       <c r="D31" s="12" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="E31" s="10"/>
       <c r="F31" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G31" s="11" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:16135">
       <c r="A32" s="11" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B32" s="10"/>
       <c r="C32" s="10"/>
       <c r="D32" s="12" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E32" s="10"/>
       <c r="F32" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G32" s="11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16135">
+      <c r="A33" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B33" s="10"/>
+      <c r="C33" s="10"/>
+      <c r="D33" s="12" t="s">
         <v>89</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D34" s="9" t="s">
+      <c r="E33" s="10"/>
+      <c r="F33" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G33" s="11" t="s">
         <v>90</v>
       </c>
-      <c r="E34" s="8"/>
-[...4 lines deleted...]
-      <c r="A35" s="11" t="s">
+    </row>
+    <row r="35" spans="1:16135" customHeight="1" ht="60">
+      <c r="A35" s="2"/>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="B35" s="10"/>
-[...1 lines deleted...]
-      <c r="D35" s="12" t="s">
+      <c r="E35" s="8"/>
+      <c r="F35" s="8"/>
+      <c r="G35" s="8"/>
+    </row>
+    <row r="36" spans="1:16135">
+      <c r="A36" s="11" t="s">
         <v>92</v>
       </c>
-      <c r="E35" s="10"/>
-[...8 lines deleted...]
-      <c r="A36" s="11"/>
       <c r="B36" s="10"/>
       <c r="C36" s="10"/>
       <c r="D36" s="12" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E36" s="10"/>
       <c r="F36" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G36" s="11" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="37" spans="1:16135">
-      <c r="A37" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A37" s="11"/>
       <c r="B37" s="10"/>
       <c r="C37" s="10"/>
       <c r="D37" s="12" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E37" s="10"/>
       <c r="F37" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G37" s="11" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="38" spans="1:16135">
-      <c r="A38" s="11"/>
+      <c r="A38" s="11" t="s">
+        <v>97</v>
+      </c>
       <c r="B38" s="10"/>
       <c r="C38" s="10"/>
       <c r="D38" s="12" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="E38" s="10"/>
       <c r="F38" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G38" s="11" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:16135">
       <c r="A39" s="11"/>
       <c r="B39" s="10"/>
       <c r="C39" s="10"/>
       <c r="D39" s="12" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="E39" s="10"/>
       <c r="F39" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G39" s="11" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="40" spans="1:16135">
       <c r="A40" s="11"/>
       <c r="B40" s="10"/>
       <c r="C40" s="10"/>
       <c r="D40" s="12" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="E40" s="10"/>
       <c r="F40" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G40" s="11" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="41" spans="1:16135">
       <c r="A41" s="11"/>
       <c r="B41" s="10"/>
       <c r="C41" s="10"/>
       <c r="D41" s="12" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E41" s="10"/>
       <c r="F41" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G41" s="11" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:16135">
       <c r="A42" s="11"/>
       <c r="B42" s="10"/>
       <c r="C42" s="10"/>
       <c r="D42" s="12" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E42" s="10"/>
       <c r="F42" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G42" s="11" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:16135">
-      <c r="A43" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A43" s="11"/>
       <c r="B43" s="10"/>
       <c r="C43" s="10"/>
       <c r="D43" s="12" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E43" s="10"/>
       <c r="F43" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G43" s="11" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="44" spans="1:16135">
-      <c r="A44" s="11"/>
+      <c r="A44" s="11" t="s">
+        <v>110</v>
+      </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="12" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E44" s="10"/>
       <c r="F44" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G44" s="11" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16135">
+      <c r="A45" s="11"/>
+      <c r="B45" s="10"/>
+      <c r="C45" s="10"/>
+      <c r="D45" s="12" t="s">
         <v>113</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D46" s="9" t="s">
+      <c r="E45" s="10"/>
+      <c r="F45" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G45" s="11" t="s">
         <v>114</v>
       </c>
-      <c r="E46" s="8"/>
-[...4 lines deleted...]
-      <c r="A47" s="11">
+    </row>
+    <row r="47" spans="1:16135" customHeight="1" ht="60">
+      <c r="A47" s="2"/>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="E47" s="8"/>
+      <c r="F47" s="8"/>
+      <c r="G47" s="8"/>
+    </row>
+    <row r="48" spans="1:16135">
+      <c r="A48" s="11">
         <v>1011682</v>
-      </c>
-[...15 lines deleted...]
-        <v>117</v>
       </c>
       <c r="B48" s="10"/>
       <c r="C48" s="10"/>
       <c r="D48" s="12" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E48" s="10"/>
       <c r="F48" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G48" s="11" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="49" spans="1:16135">
-      <c r="A49" s="11">
-        <v>1011074</v>
+      <c r="A49" s="11" t="s">
+        <v>118</v>
       </c>
       <c r="B49" s="10"/>
       <c r="C49" s="10"/>
       <c r="D49" s="12" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E49" s="10"/>
       <c r="F49" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G49" s="11" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:16135">
-      <c r="A50" s="11" t="s">
-        <v>122</v>
+      <c r="A50" s="11">
+        <v>1011074</v>
       </c>
       <c r="B50" s="10"/>
       <c r="C50" s="10"/>
       <c r="D50" s="12" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="E50" s="10"/>
       <c r="F50" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G50" s="11" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="51" spans="1:16135">
       <c r="A51" s="11" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B51" s="10"/>
       <c r="C51" s="10"/>
       <c r="D51" s="12" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="E51" s="10"/>
       <c r="F51" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G51" s="11" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="52" spans="1:16135">
       <c r="A52" s="11" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B52" s="10"/>
       <c r="C52" s="10"/>
       <c r="D52" s="12" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E52" s="10"/>
       <c r="F52" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G52" s="11" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="53" spans="1:16135">
-      <c r="A53" s="11">
-        <v>1011075</v>
+      <c r="A53" s="11" t="s">
+        <v>129</v>
       </c>
       <c r="B53" s="10"/>
       <c r="C53" s="10"/>
       <c r="D53" s="12" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E53" s="10"/>
       <c r="F53" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G53" s="11" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="54" spans="1:16135">
-      <c r="A54" s="11" t="s">
-        <v>133</v>
+      <c r="A54" s="11">
+        <v>1011075</v>
       </c>
       <c r="B54" s="10"/>
       <c r="C54" s="10"/>
       <c r="D54" s="12" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="E54" s="10"/>
       <c r="F54" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G54" s="11" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row r="55" spans="1:16135">
       <c r="A55" s="11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B55" s="10"/>
       <c r="C55" s="10"/>
       <c r="D55" s="12" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E55" s="10"/>
       <c r="F55" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G55" s="11" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
     </row>
     <row r="56" spans="1:16135">
-      <c r="A56" s="11">
-        <v>1011076</v>
+      <c r="A56" s="11" t="s">
+        <v>137</v>
       </c>
       <c r="B56" s="10"/>
       <c r="C56" s="10"/>
       <c r="D56" s="12" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E56" s="10"/>
       <c r="F56" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G56" s="11" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="57" spans="1:16135">
-      <c r="A57" s="11" t="s">
-        <v>141</v>
+      <c r="A57" s="11">
+        <v>1011076</v>
       </c>
       <c r="B57" s="10"/>
       <c r="C57" s="10"/>
       <c r="D57" s="12" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="E57" s="10"/>
       <c r="F57" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G57" s="11" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="58" spans="1:16135">
       <c r="A58" s="11" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B58" s="10"/>
       <c r="C58" s="10"/>
       <c r="D58" s="12" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="E58" s="10"/>
       <c r="F58" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G58" s="11" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="59" spans="1:16135">
-      <c r="A59" s="11">
-        <v>1011077</v>
+      <c r="A59" s="11" t="s">
+        <v>145</v>
       </c>
       <c r="B59" s="10"/>
       <c r="C59" s="10"/>
       <c r="D59" s="12" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E59" s="10"/>
       <c r="F59" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G59" s="11" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="60" spans="1:16135">
-      <c r="A60" s="11" t="s">
-        <v>149</v>
+      <c r="A60" s="11">
+        <v>1011077</v>
       </c>
       <c r="B60" s="10"/>
       <c r="C60" s="10"/>
       <c r="D60" s="12" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="E60" s="10"/>
       <c r="F60" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G60" s="11" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:16135">
       <c r="A61" s="11" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="12" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E61" s="10"/>
       <c r="F61" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G61" s="11" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
     <row r="62" spans="1:16135">
-      <c r="A62" s="11">
-        <v>1011078</v>
+      <c r="A62" s="11" t="s">
+        <v>153</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="12" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E62" s="10"/>
       <c r="F62" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G62" s="11" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="63" spans="1:16135">
-      <c r="A63" s="11" t="s">
-        <v>157</v>
+      <c r="A63" s="11">
+        <v>1011078</v>
       </c>
       <c r="B63" s="10"/>
       <c r="C63" s="10"/>
       <c r="D63" s="12" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E63" s="10"/>
       <c r="F63" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G63" s="11" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="64" spans="1:16135">
       <c r="A64" s="11" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B64" s="10"/>
       <c r="C64" s="10"/>
       <c r="D64" s="12" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="E64" s="10"/>
       <c r="F64" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G64" s="11" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:16135">
-      <c r="A65" s="11">
-        <v>1011079</v>
+      <c r="A65" s="11" t="s">
+        <v>161</v>
       </c>
       <c r="B65" s="10"/>
       <c r="C65" s="10"/>
       <c r="D65" s="12" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="E65" s="10"/>
       <c r="F65" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G65" s="11" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="66" spans="1:16135">
-      <c r="A66" s="11" t="s">
-        <v>165</v>
+      <c r="A66" s="11">
+        <v>1011079</v>
       </c>
       <c r="B66" s="10"/>
       <c r="C66" s="10"/>
       <c r="D66" s="12" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E66" s="10"/>
       <c r="F66" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G66" s="11" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="67" spans="1:16135">
       <c r="A67" s="11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B67" s="10"/>
       <c r="C67" s="10"/>
       <c r="D67" s="12" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="E67" s="10"/>
       <c r="F67" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G67" s="11" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
     </row>
     <row r="68" spans="1:16135">
-      <c r="A68" s="11">
-        <v>1011080</v>
+      <c r="A68" s="11" t="s">
+        <v>169</v>
       </c>
       <c r="B68" s="10"/>
       <c r="C68" s="10"/>
       <c r="D68" s="12" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E68" s="10"/>
       <c r="F68" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G68" s="11" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
     </row>
     <row r="69" spans="1:16135">
-      <c r="A69" s="11" t="s">
-        <v>173</v>
+      <c r="A69" s="11">
+        <v>1011080</v>
       </c>
       <c r="B69" s="10"/>
       <c r="C69" s="10"/>
       <c r="D69" s="12" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E69" s="10"/>
       <c r="F69" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G69" s="11" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
     </row>
     <row r="70" spans="1:16135">
       <c r="A70" s="11" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B70" s="10"/>
       <c r="C70" s="10"/>
       <c r="D70" s="12" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="E70" s="10"/>
       <c r="F70" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G70" s="11" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
     </row>
     <row r="71" spans="1:16135">
       <c r="A71" s="11" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B71" s="10"/>
       <c r="C71" s="10"/>
       <c r="D71" s="12" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E71" s="10"/>
       <c r="F71" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G71" s="11" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="72" spans="1:16135">
       <c r="A72" s="11" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B72" s="10"/>
       <c r="C72" s="10"/>
       <c r="D72" s="12" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="E72" s="10"/>
       <c r="F72" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G72" s="11" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
     </row>
     <row r="73" spans="1:16135">
       <c r="A73" s="11" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B73" s="10"/>
       <c r="C73" s="10"/>
       <c r="D73" s="12" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="E73" s="10"/>
       <c r="F73" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G73" s="11" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="74" spans="1:16135">
       <c r="A74" s="11" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B74" s="10"/>
       <c r="C74" s="10"/>
       <c r="D74" s="12" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="E74" s="10"/>
       <c r="F74" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G74" s="11" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="75" spans="1:16135">
       <c r="A75" s="11" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B75" s="10"/>
       <c r="C75" s="10"/>
       <c r="D75" s="12" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="E75" s="10"/>
       <c r="F75" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G75" s="11" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
     </row>
     <row r="76" spans="1:16135">
       <c r="A76" s="11" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="12" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="E76" s="10"/>
       <c r="F76" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G76" s="11" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
     </row>
     <row r="77" spans="1:16135">
       <c r="A77" s="11" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B77" s="10"/>
       <c r="C77" s="10"/>
       <c r="D77" s="12" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E77" s="10"/>
       <c r="F77" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G77" s="11" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
     </row>
     <row r="78" spans="1:16135">
       <c r="A78" s="11" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B78" s="10"/>
       <c r="C78" s="10"/>
       <c r="D78" s="12" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E78" s="10"/>
       <c r="F78" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G78" s="11" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
     </row>
     <row r="79" spans="1:16135">
       <c r="A79" s="11" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B79" s="10"/>
       <c r="C79" s="10"/>
       <c r="D79" s="12" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="E79" s="10"/>
       <c r="F79" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G79" s="11" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
     </row>
     <row r="80" spans="1:16135">
       <c r="A80" s="11" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B80" s="10"/>
       <c r="C80" s="10"/>
       <c r="D80" s="12" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="E80" s="10"/>
       <c r="F80" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G80" s="11" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16135">
+      <c r="A81" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="B81" s="10"/>
+      <c r="C81" s="10"/>
+      <c r="D81" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="E81" s="10"/>
+      <c r="F81" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G81" s="11" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="82" spans="1:16135" customHeight="1" ht="60">
-[...3 lines deleted...]
-      <c r="D82" s="9" t="s">
+    <row r="83" spans="1:16135" customHeight="1" ht="60">
+      <c r="A83" s="2"/>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="9" t="s">
         <v>209</v>
       </c>
-      <c r="E82" s="8"/>
-[...18 lines deleted...]
-      </c>
+      <c r="E83" s="8"/>
+      <c r="F83" s="8"/>
+      <c r="G83" s="8"/>
     </row>
     <row r="84" spans="1:16135">
       <c r="A84" s="11">
-        <v>6492</v>
+        <v>8947</v>
       </c>
       <c r="B84" s="10"/>
       <c r="C84" s="10"/>
       <c r="D84" s="12" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="E84" s="10"/>
       <c r="F84" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G84" s="11" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
     </row>
     <row r="85" spans="1:16135">
       <c r="A85" s="11">
-        <v>6588</v>
+        <v>6492</v>
       </c>
       <c r="B85" s="10"/>
       <c r="C85" s="10"/>
       <c r="D85" s="12" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="E85" s="10"/>
       <c r="F85" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G85" s="11" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
     </row>
     <row r="86" spans="1:16135">
       <c r="A86" s="11">
-        <v>7668</v>
+        <v>6588</v>
       </c>
       <c r="B86" s="10"/>
       <c r="C86" s="10"/>
       <c r="D86" s="12" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="E86" s="10"/>
       <c r="F86" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G86" s="11" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
     </row>
     <row r="87" spans="1:16135">
       <c r="A87" s="11">
-        <v>7669</v>
+        <v>7668</v>
       </c>
       <c r="B87" s="10"/>
       <c r="C87" s="10"/>
       <c r="D87" s="12" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E87" s="10"/>
       <c r="F87" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G87" s="11" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16135">
+      <c r="A88" s="11">
+        <v>7669</v>
+      </c>
+      <c r="B88" s="10"/>
+      <c r="C88" s="10"/>
+      <c r="D88" s="12" t="s">
+        <v>218</v>
+      </c>
+      <c r="E88" s="10"/>
+      <c r="F88" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G88" s="11" t="s">
         <v>219</v>
       </c>
     </row>
-    <row r="89" spans="1:16135" customHeight="1" ht="60">
-[...3 lines deleted...]
-      <c r="D89" s="9" t="s">
+    <row r="90" spans="1:16135" customHeight="1" ht="60">
+      <c r="A90" s="2"/>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="9" t="s">
         <v>220</v>
       </c>
-      <c r="E89" s="8"/>
-[...4 lines deleted...]
-      <c r="A90" s="11" t="s">
+      <c r="E90" s="8"/>
+      <c r="F90" s="8"/>
+      <c r="G90" s="8"/>
+    </row>
+    <row r="91" spans="1:16135">
+      <c r="A91" s="11" t="s">
         <v>221</v>
       </c>
-      <c r="B90" s="10"/>
-[...1 lines deleted...]
-      <c r="D90" s="12" t="s">
+      <c r="B91" s="10"/>
+      <c r="C91" s="10"/>
+      <c r="D91" s="12" t="s">
         <v>222</v>
       </c>
-      <c r="E90" s="10"/>
-[...3 lines deleted...]
-      <c r="G90" s="11" t="s">
+      <c r="E91" s="10"/>
+      <c r="F91" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G91" s="11" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="92" spans="1:16135" customHeight="1" ht="60">
-[...3 lines deleted...]
-      <c r="D92" s="9" t="s">
+    <row r="93" spans="1:16135" customHeight="1" ht="60">
+      <c r="A93" s="2"/>
+      <c r="B93" s="2"/>
+      <c r="C93" s="2"/>
+      <c r="D93" s="9" t="s">
         <v>224</v>
       </c>
-      <c r="E92" s="8"/>
-[...18 lines deleted...]
-      </c>
+      <c r="E93" s="8"/>
+      <c r="F93" s="8"/>
+      <c r="G93" s="8"/>
     </row>
     <row r="94" spans="1:16135">
       <c r="A94" s="11" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B94" s="10"/>
       <c r="C94" s="10"/>
       <c r="D94" s="12" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="E94" s="10"/>
       <c r="F94" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G94" s="11" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
     </row>
     <row r="95" spans="1:16135">
       <c r="A95" s="11" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="B95" s="10"/>
       <c r="C95" s="10"/>
       <c r="D95" s="12" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="E95" s="10"/>
       <c r="F95" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G95" s="11" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
     </row>
     <row r="96" spans="1:16135">
       <c r="A96" s="11" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B96" s="10"/>
       <c r="C96" s="10"/>
       <c r="D96" s="12" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="E96" s="10"/>
       <c r="F96" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G96" s="11" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
     </row>
     <row r="97" spans="1:16135">
       <c r="A97" s="11" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B97" s="10"/>
       <c r="C97" s="10"/>
       <c r="D97" s="12" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E97" s="10"/>
       <c r="F97" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G97" s="11" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
     </row>
     <row r="98" spans="1:16135">
       <c r="A98" s="11" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B98" s="10"/>
       <c r="C98" s="10"/>
       <c r="D98" s="12" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="E98" s="10"/>
       <c r="F98" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G98" s="11" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
     </row>
     <row r="99" spans="1:16135">
       <c r="A99" s="11" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B99" s="10"/>
       <c r="C99" s="10"/>
       <c r="D99" s="12" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="E99" s="10"/>
       <c r="F99" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G99" s="11" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
     </row>
     <row r="100" spans="1:16135">
       <c r="A100" s="11" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B100" s="10"/>
       <c r="C100" s="10"/>
       <c r="D100" s="12" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="E100" s="10"/>
       <c r="F100" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G100" s="11" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
     </row>
     <row r="101" spans="1:16135">
       <c r="A101" s="11" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B101" s="10"/>
       <c r="C101" s="10"/>
       <c r="D101" s="12" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E101" s="10"/>
       <c r="F101" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G101" s="11" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
     </row>
     <row r="102" spans="1:16135">
       <c r="A102" s="11" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B102" s="10"/>
       <c r="C102" s="10"/>
       <c r="D102" s="12" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="E102" s="10"/>
       <c r="F102" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G102" s="11" t="s">
-        <v>213</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:16135">
       <c r="A103" s="11" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B103" s="10"/>
       <c r="C103" s="10"/>
       <c r="D103" s="12" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="E103" s="10"/>
       <c r="F103" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G103" s="11" t="s">
-        <v>227</v>
+        <v>253</v>
       </c>
     </row>
     <row r="104" spans="1:16135">
       <c r="A104" s="11" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B104" s="10"/>
       <c r="C104" s="10"/>
       <c r="D104" s="12" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="E104" s="10"/>
       <c r="F104" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G104" s="11" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
     </row>
     <row r="105" spans="1:16135">
       <c r="A105" s="11" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B105" s="10"/>
       <c r="C105" s="10"/>
       <c r="D105" s="12" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="E105" s="10"/>
       <c r="F105" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G105" s="11" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
     </row>
     <row r="106" spans="1:16135">
       <c r="A106" s="11" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B106" s="10"/>
       <c r="C106" s="10"/>
       <c r="D106" s="12" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E106" s="10"/>
       <c r="F106" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G106" s="11" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="107" spans="1:16135">
       <c r="A107" s="11" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B107" s="10"/>
       <c r="C107" s="10"/>
       <c r="D107" s="12" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="E107" s="10"/>
       <c r="F107" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G107" s="11" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="108" spans="1:16135">
       <c r="A108" s="11" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B108" s="10"/>
       <c r="C108" s="10"/>
       <c r="D108" s="12" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="E108" s="10"/>
       <c r="F108" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G108" s="11" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
     </row>
     <row r="109" spans="1:16135">
       <c r="A109" s="11" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B109" s="10"/>
       <c r="C109" s="10"/>
       <c r="D109" s="12" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="E109" s="10"/>
       <c r="F109" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G109" s="11" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16135">
+      <c r="A110" s="11" t="s">
         <v>272</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D111" s="9" t="s">
+      <c r="B110" s="10"/>
+      <c r="C110" s="10"/>
+      <c r="D110" s="12" t="s">
         <v>273</v>
       </c>
-      <c r="E111" s="8"/>
-[...1 lines deleted...]
-      <c r="G111" s="8"/>
+      <c r="E110" s="10"/>
+      <c r="F110" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G110" s="11" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16135">
+      <c r="A111" s="11" t="s">
+        <v>275</v>
+      </c>
+      <c r="B111" s="10"/>
+      <c r="C111" s="10"/>
+      <c r="D111" s="12" t="s">
+        <v>276</v>
+      </c>
+      <c r="E111" s="10"/>
+      <c r="F111" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G111" s="11" t="s">
+        <v>277</v>
+      </c>
     </row>
     <row r="112" spans="1:16135">
-      <c r="A112" s="11"/>
+      <c r="A112" s="11" t="s">
+        <v>278</v>
+      </c>
       <c r="B112" s="10"/>
       <c r="C112" s="10"/>
       <c r="D112" s="12" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="E112" s="10"/>
       <c r="F112" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G112" s="11" t="s">
-        <v>7</v>
-[...11 lines deleted...]
-      <c r="G114" s="8"/>
+        <v>280</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16135">
+      <c r="A113" s="11" t="s">
+        <v>281</v>
+      </c>
+      <c r="B113" s="10"/>
+      <c r="C113" s="10"/>
+      <c r="D113" s="12" t="s">
+        <v>282</v>
+      </c>
+      <c r="E113" s="10"/>
+      <c r="F113" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G113" s="11" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16135">
+      <c r="A114" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="B114" s="10"/>
+      <c r="C114" s="10"/>
+      <c r="D114" s="12" t="s">
+        <v>285</v>
+      </c>
+      <c r="E114" s="10"/>
+      <c r="F114" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G114" s="11" t="s">
+        <v>286</v>
+      </c>
     </row>
     <row r="115" spans="1:16135">
       <c r="A115" s="11" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
       <c r="B115" s="10"/>
       <c r="C115" s="10"/>
       <c r="D115" s="12" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="E115" s="10"/>
       <c r="F115" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G115" s="11" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="116" spans="1:16135">
-      <c r="A116" s="11">
-        <v>1001022</v>
+      <c r="A116" s="11" t="s">
+        <v>290</v>
       </c>
       <c r="B116" s="10"/>
       <c r="C116" s="10"/>
       <c r="D116" s="12" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="E116" s="10"/>
       <c r="F116" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G116" s="11" t="s">
-        <v>279</v>
+        <v>292</v>
       </c>
     </row>
     <row r="117" spans="1:16135">
       <c r="A117" s="11" t="s">
-        <v>280</v>
+        <v>293</v>
       </c>
       <c r="B117" s="10"/>
       <c r="C117" s="10"/>
       <c r="D117" s="12" t="s">
-        <v>281</v>
+        <v>294</v>
       </c>
       <c r="E117" s="10"/>
       <c r="F117" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G117" s="11" t="s">
-        <v>282</v>
+        <v>295</v>
       </c>
     </row>
     <row r="118" spans="1:16135">
-      <c r="A118" s="11">
-        <v>1001073</v>
+      <c r="A118" s="11" t="s">
+        <v>296</v>
       </c>
       <c r="B118" s="10"/>
       <c r="C118" s="10"/>
       <c r="D118" s="12" t="s">
-        <v>283</v>
+        <v>297</v>
       </c>
       <c r="E118" s="10"/>
       <c r="F118" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G118" s="11" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
     </row>
     <row r="119" spans="1:16135">
       <c r="A119" s="11" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="B119" s="10"/>
       <c r="C119" s="10"/>
       <c r="D119" s="12" t="s">
-        <v>286</v>
+        <v>300</v>
       </c>
       <c r="E119" s="10"/>
       <c r="F119" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G119" s="11" t="s">
-        <v>287</v>
+        <v>301</v>
       </c>
     </row>
     <row r="120" spans="1:16135">
       <c r="A120" s="11" t="s">
-        <v>288</v>
+        <v>302</v>
       </c>
       <c r="B120" s="10"/>
       <c r="C120" s="10"/>
       <c r="D120" s="12" t="s">
-        <v>289</v>
+        <v>303</v>
       </c>
       <c r="E120" s="10"/>
       <c r="F120" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G120" s="11" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="121" spans="1:16135">
-      <c r="A121" s="11">
-        <v>1001016</v>
+      <c r="A121" s="11" t="s">
+        <v>305</v>
       </c>
       <c r="B121" s="10"/>
       <c r="C121" s="10"/>
       <c r="D121" s="12" t="s">
-        <v>291</v>
+        <v>306</v>
       </c>
       <c r="E121" s="10"/>
       <c r="F121" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G121" s="11" t="s">
-        <v>292</v>
+        <v>307</v>
       </c>
     </row>
     <row r="122" spans="1:16135">
       <c r="A122" s="11" t="s">
-        <v>293</v>
+        <v>308</v>
       </c>
       <c r="B122" s="10"/>
       <c r="C122" s="10"/>
       <c r="D122" s="12" t="s">
-        <v>294</v>
+        <v>309</v>
       </c>
       <c r="E122" s="10"/>
       <c r="F122" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G122" s="11" t="s">
-        <v>295</v>
+        <v>310</v>
       </c>
     </row>
     <row r="123" spans="1:16135">
-      <c r="A123" s="11">
-        <v>1001017</v>
+      <c r="A123" s="11" t="s">
+        <v>311</v>
       </c>
       <c r="B123" s="10"/>
       <c r="C123" s="10"/>
       <c r="D123" s="12" t="s">
-        <v>296</v>
+        <v>312</v>
       </c>
       <c r="E123" s="10"/>
       <c r="F123" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G123" s="11" t="s">
-        <v>297</v>
+        <v>313</v>
       </c>
     </row>
     <row r="124" spans="1:16135">
       <c r="A124" s="11" t="s">
-        <v>298</v>
+        <v>314</v>
       </c>
       <c r="B124" s="10"/>
       <c r="C124" s="10"/>
       <c r="D124" s="12" t="s">
-        <v>299</v>
+        <v>315</v>
       </c>
       <c r="E124" s="10"/>
       <c r="F124" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G124" s="11" t="s">
-        <v>300</v>
+        <v>223</v>
       </c>
     </row>
     <row r="125" spans="1:16135">
       <c r="A125" s="11" t="s">
-        <v>301</v>
+        <v>316</v>
       </c>
       <c r="B125" s="10"/>
       <c r="C125" s="10"/>
       <c r="D125" s="12" t="s">
-        <v>302</v>
+        <v>317</v>
       </c>
       <c r="E125" s="10"/>
       <c r="F125" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G125" s="11" t="s">
-        <v>303</v>
+        <v>274</v>
       </c>
     </row>
     <row r="126" spans="1:16135">
-      <c r="A126" s="11">
-        <v>1001001</v>
+      <c r="A126" s="11" t="s">
+        <v>318</v>
       </c>
       <c r="B126" s="10"/>
       <c r="C126" s="10"/>
       <c r="D126" s="12" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="E126" s="10"/>
       <c r="F126" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G126" s="11" t="s">
-        <v>305</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:16135">
       <c r="A127" s="11" t="s">
-        <v>306</v>
+        <v>321</v>
       </c>
       <c r="B127" s="10"/>
       <c r="C127" s="10"/>
       <c r="D127" s="12" t="s">
-        <v>307</v>
+        <v>322</v>
       </c>
       <c r="E127" s="10"/>
       <c r="F127" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G127" s="11" t="s">
-        <v>308</v>
+        <v>323</v>
       </c>
     </row>
     <row r="128" spans="1:16135">
-      <c r="A128" s="11">
-        <v>1001002</v>
+      <c r="A128" s="11" t="s">
+        <v>324</v>
       </c>
       <c r="B128" s="10"/>
       <c r="C128" s="10"/>
       <c r="D128" s="12" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="E128" s="10"/>
       <c r="F128" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G128" s="11" t="s">
-        <v>310</v>
+        <v>326</v>
       </c>
     </row>
     <row r="129" spans="1:16135">
       <c r="A129" s="11" t="s">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="B129" s="10"/>
       <c r="C129" s="10"/>
       <c r="D129" s="12" t="s">
-        <v>312</v>
+        <v>328</v>
       </c>
       <c r="E129" s="10"/>
       <c r="F129" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G129" s="11" t="s">
-        <v>313</v>
+        <v>213</v>
       </c>
     </row>
     <row r="130" spans="1:16135">
       <c r="A130" s="11" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="B130" s="10"/>
       <c r="C130" s="10"/>
       <c r="D130" s="12" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
       <c r="E130" s="10"/>
       <c r="F130" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G130" s="11" t="s">
-        <v>313</v>
+        <v>229</v>
       </c>
     </row>
     <row r="131" spans="1:16135">
       <c r="A131" s="11" t="s">
-        <v>316</v>
+        <v>331</v>
       </c>
       <c r="B131" s="10"/>
       <c r="C131" s="10"/>
       <c r="D131" s="12" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
       <c r="E131" s="10"/>
       <c r="F131" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G131" s="11" t="s">
-        <v>318</v>
+        <v>333</v>
       </c>
     </row>
     <row r="132" spans="1:16135">
-      <c r="A132" s="11">
-        <v>1001005</v>
+      <c r="A132" s="11" t="s">
+        <v>334</v>
       </c>
       <c r="B132" s="10"/>
       <c r="C132" s="10"/>
       <c r="D132" s="12" t="s">
-        <v>319</v>
+        <v>335</v>
       </c>
       <c r="E132" s="10"/>
       <c r="F132" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G132" s="11" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
     </row>
     <row r="133" spans="1:16135">
       <c r="A133" s="11" t="s">
-        <v>321</v>
+        <v>337</v>
       </c>
       <c r="B133" s="10"/>
       <c r="C133" s="10"/>
       <c r="D133" s="12" t="s">
-        <v>322</v>
+        <v>338</v>
       </c>
       <c r="E133" s="10"/>
       <c r="F133" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G133" s="11" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
     </row>
     <row r="134" spans="1:16135">
       <c r="A134" s="11" t="s">
-        <v>324</v>
+        <v>340</v>
       </c>
       <c r="B134" s="10"/>
       <c r="C134" s="10"/>
       <c r="D134" s="12" t="s">
-        <v>325</v>
+        <v>341</v>
       </c>
       <c r="E134" s="10"/>
       <c r="F134" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G134" s="11" t="s">
-        <v>326</v>
-[...11 lines deleted...]
-      <c r="G136" s="8"/>
+        <v>342</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16135">
+      <c r="A135" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B135" s="10"/>
+      <c r="C135" s="10"/>
+      <c r="D135" s="12" t="s">
+        <v>344</v>
+      </c>
+      <c r="E135" s="10"/>
+      <c r="F135" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G135" s="11" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16135">
+      <c r="A136" s="11" t="s">
+        <v>346</v>
+      </c>
+      <c r="B136" s="10"/>
+      <c r="C136" s="10"/>
+      <c r="D136" s="12" t="s">
+        <v>347</v>
+      </c>
+      <c r="E136" s="10"/>
+      <c r="F136" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G136" s="11" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="137" spans="1:16135">
       <c r="A137" s="11" t="s">
-        <v>328</v>
+        <v>349</v>
       </c>
       <c r="B137" s="10"/>
       <c r="C137" s="10"/>
       <c r="D137" s="12" t="s">
-        <v>329</v>
+        <v>350</v>
       </c>
       <c r="E137" s="10"/>
       <c r="F137" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G137" s="11" t="s">
-        <v>330</v>
+        <v>351</v>
       </c>
     </row>
     <row r="138" spans="1:16135">
       <c r="A138" s="11" t="s">
-        <v>331</v>
+        <v>352</v>
       </c>
       <c r="B138" s="10"/>
       <c r="C138" s="10"/>
       <c r="D138" s="12" t="s">
-        <v>332</v>
+        <v>353</v>
       </c>
       <c r="E138" s="10"/>
       <c r="F138" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G138" s="11" t="s">
-        <v>333</v>
+        <v>354</v>
       </c>
     </row>
     <row r="139" spans="1:16135">
       <c r="A139" s="11" t="s">
-        <v>334</v>
+        <v>355</v>
       </c>
       <c r="B139" s="10"/>
       <c r="C139" s="10"/>
       <c r="D139" s="12" t="s">
-        <v>335</v>
+        <v>356</v>
       </c>
       <c r="E139" s="10"/>
       <c r="F139" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G139" s="11" t="s">
-        <v>336</v>
+        <v>357</v>
       </c>
     </row>
     <row r="140" spans="1:16135">
-      <c r="A140" s="11">
-        <v>1010030</v>
+      <c r="A140" s="11" t="s">
+        <v>358</v>
       </c>
       <c r="B140" s="10"/>
       <c r="C140" s="10"/>
       <c r="D140" s="12" t="s">
-        <v>337</v>
+        <v>359</v>
       </c>
       <c r="E140" s="10"/>
       <c r="F140" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G140" s="11" t="s">
-        <v>338</v>
+        <v>360</v>
       </c>
     </row>
     <row r="141" spans="1:16135">
-      <c r="A141" s="11">
-        <v>1010032</v>
+      <c r="A141" s="11" t="s">
+        <v>361</v>
       </c>
       <c r="B141" s="10"/>
       <c r="C141" s="10"/>
       <c r="D141" s="12" t="s">
-        <v>339</v>
+        <v>362</v>
       </c>
       <c r="E141" s="10"/>
       <c r="F141" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G141" s="11" t="s">
-        <v>340</v>
-[...34 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16135" customHeight="1" ht="60">
+      <c r="A143" s="2"/>
+      <c r="B143" s="2"/>
+      <c r="C143" s="2"/>
+      <c r="D143" s="9" t="s">
+        <v>364</v>
+      </c>
+      <c r="E143" s="8"/>
+      <c r="F143" s="8"/>
+      <c r="G143" s="8"/>
     </row>
     <row r="144" spans="1:16135">
-      <c r="A144" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A144" s="11"/>
       <c r="B144" s="10"/>
       <c r="C144" s="10"/>
       <c r="D144" s="12" t="s">
-        <v>346</v>
+        <v>364</v>
       </c>
       <c r="E144" s="10"/>
       <c r="F144" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G144" s="11" t="s">
-        <v>347</v>
-[...34 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16135" customHeight="1" ht="60">
+      <c r="A146" s="2"/>
+      <c r="B146" s="2"/>
+      <c r="C146" s="2"/>
+      <c r="D146" s="9" t="s">
+        <v>365</v>
+      </c>
+      <c r="E146" s="8"/>
+      <c r="F146" s="8"/>
+      <c r="G146" s="8"/>
     </row>
     <row r="147" spans="1:16135">
-      <c r="A147" s="11">
-        <v>1010159</v>
+      <c r="A147" s="11" t="s">
+        <v>366</v>
       </c>
       <c r="B147" s="10"/>
       <c r="C147" s="10"/>
       <c r="D147" s="12" t="s">
-        <v>353</v>
+        <v>367</v>
       </c>
       <c r="E147" s="10"/>
       <c r="F147" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G147" s="11" t="s">
-        <v>354</v>
+        <v>368</v>
       </c>
     </row>
     <row r="148" spans="1:16135">
       <c r="A148" s="11">
-        <v>1010161</v>
+        <v>1001022</v>
       </c>
       <c r="B148" s="10"/>
       <c r="C148" s="10"/>
       <c r="D148" s="12" t="s">
-        <v>355</v>
+        <v>369</v>
       </c>
       <c r="E148" s="10"/>
       <c r="F148" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G148" s="11" t="s">
-        <v>356</v>
+        <v>370</v>
       </c>
     </row>
     <row r="149" spans="1:16135">
       <c r="A149" s="11" t="s">
-        <v>357</v>
+        <v>371</v>
       </c>
       <c r="B149" s="10"/>
       <c r="C149" s="10"/>
       <c r="D149" s="12" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="E149" s="10"/>
       <c r="F149" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G149" s="11" t="s">
-        <v>359</v>
+        <v>373</v>
       </c>
     </row>
     <row r="150" spans="1:16135">
-      <c r="A150" s="11" t="s">
-        <v>360</v>
+      <c r="A150" s="11">
+        <v>1001073</v>
       </c>
       <c r="B150" s="10"/>
       <c r="C150" s="10"/>
       <c r="D150" s="12" t="s">
-        <v>361</v>
+        <v>374</v>
       </c>
       <c r="E150" s="10"/>
       <c r="F150" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G150" s="11" t="s">
-        <v>362</v>
-[...11 lines deleted...]
-      <c r="G152" s="8"/>
+        <v>375</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16135">
+      <c r="A151" s="11" t="s">
+        <v>376</v>
+      </c>
+      <c r="B151" s="10"/>
+      <c r="C151" s="10"/>
+      <c r="D151" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="E151" s="10"/>
+      <c r="F151" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G151" s="11" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16135">
+      <c r="A152" s="11" t="s">
+        <v>379</v>
+      </c>
+      <c r="B152" s="10"/>
+      <c r="C152" s="10"/>
+      <c r="D152" s="12" t="s">
+        <v>380</v>
+      </c>
+      <c r="E152" s="10"/>
+      <c r="F152" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G152" s="11" t="s">
+        <v>381</v>
+      </c>
     </row>
     <row r="153" spans="1:16135">
       <c r="A153" s="11" t="s">
-        <v>364</v>
+        <v>382</v>
       </c>
       <c r="B153" s="10"/>
       <c r="C153" s="10"/>
       <c r="D153" s="12" t="s">
-        <v>365</v>
+        <v>383</v>
       </c>
       <c r="E153" s="10"/>
       <c r="F153" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G153" s="11" t="s">
-        <v>366</v>
+        <v>384</v>
       </c>
     </row>
     <row r="154" spans="1:16135">
-      <c r="A154" s="11" t="s">
-        <v>367</v>
+      <c r="A154" s="11">
+        <v>1001016</v>
       </c>
       <c r="B154" s="10"/>
       <c r="C154" s="10"/>
       <c r="D154" s="12" t="s">
-        <v>368</v>
+        <v>385</v>
       </c>
       <c r="E154" s="10"/>
       <c r="F154" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G154" s="11" t="s">
-        <v>369</v>
+        <v>386</v>
       </c>
     </row>
     <row r="155" spans="1:16135">
       <c r="A155" s="11" t="s">
-        <v>370</v>
+        <v>387</v>
       </c>
       <c r="B155" s="10"/>
       <c r="C155" s="10"/>
       <c r="D155" s="12" t="s">
-        <v>371</v>
+        <v>388</v>
       </c>
       <c r="E155" s="10"/>
       <c r="F155" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G155" s="11" t="s">
-        <v>372</v>
+        <v>389</v>
       </c>
     </row>
     <row r="156" spans="1:16135">
-      <c r="A156" s="11">
-        <v>1001349</v>
+      <c r="A156" s="11" t="s">
+        <v>390</v>
       </c>
       <c r="B156" s="10"/>
       <c r="C156" s="10"/>
       <c r="D156" s="12" t="s">
-        <v>373</v>
+        <v>391</v>
       </c>
       <c r="E156" s="10"/>
       <c r="F156" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G156" s="11" t="s">
-        <v>374</v>
+        <v>392</v>
       </c>
     </row>
     <row r="157" spans="1:16135">
-      <c r="A157" s="11" t="s">
-        <v>375</v>
+      <c r="A157" s="11">
+        <v>1001017</v>
       </c>
       <c r="B157" s="10"/>
       <c r="C157" s="10"/>
       <c r="D157" s="12" t="s">
-        <v>376</v>
+        <v>393</v>
       </c>
       <c r="E157" s="10"/>
       <c r="F157" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G157" s="11" t="s">
-        <v>377</v>
+        <v>394</v>
       </c>
     </row>
     <row r="158" spans="1:16135">
       <c r="A158" s="11" t="s">
-        <v>378</v>
+        <v>395</v>
       </c>
       <c r="B158" s="10"/>
       <c r="C158" s="10"/>
       <c r="D158" s="12" t="s">
-        <v>379</v>
+        <v>396</v>
       </c>
       <c r="E158" s="10"/>
       <c r="F158" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G158" s="11" t="s">
-        <v>380</v>
+        <v>397</v>
       </c>
     </row>
     <row r="159" spans="1:16135">
-      <c r="A159" s="11">
-        <v>1001343</v>
+      <c r="A159" s="11" t="s">
+        <v>398</v>
       </c>
       <c r="B159" s="10"/>
       <c r="C159" s="10"/>
       <c r="D159" s="12" t="s">
-        <v>381</v>
+        <v>399</v>
       </c>
       <c r="E159" s="10"/>
       <c r="F159" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G159" s="11" t="s">
-        <v>382</v>
+        <v>400</v>
       </c>
     </row>
     <row r="160" spans="1:16135">
-      <c r="A160" s="11">
-        <v>1001344</v>
+      <c r="A160" s="11" t="s">
+        <v>401</v>
       </c>
       <c r="B160" s="10"/>
       <c r="C160" s="10"/>
       <c r="D160" s="12" t="s">
-        <v>383</v>
+        <v>402</v>
       </c>
       <c r="E160" s="10"/>
       <c r="F160" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G160" s="11" t="s">
-        <v>384</v>
+        <v>403</v>
       </c>
     </row>
     <row r="161" spans="1:16135">
-      <c r="A161" s="11" t="s">
-        <v>385</v>
+      <c r="A161" s="11">
+        <v>1001010</v>
       </c>
       <c r="B161" s="10"/>
       <c r="C161" s="10"/>
       <c r="D161" s="12" t="s">
-        <v>386</v>
+        <v>404</v>
       </c>
       <c r="E161" s="10"/>
       <c r="F161" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G161" s="11" t="s">
-        <v>387</v>
+        <v>405</v>
       </c>
     </row>
     <row r="162" spans="1:16135">
       <c r="A162" s="11" t="s">
-        <v>388</v>
+        <v>406</v>
       </c>
       <c r="B162" s="10"/>
       <c r="C162" s="10"/>
       <c r="D162" s="12" t="s">
-        <v>389</v>
+        <v>407</v>
       </c>
       <c r="E162" s="10"/>
       <c r="F162" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G162" s="11" t="s">
-        <v>390</v>
+        <v>408</v>
       </c>
     </row>
     <row r="163" spans="1:16135">
       <c r="A163" s="11" t="s">
-        <v>391</v>
+        <v>409</v>
       </c>
       <c r="B163" s="10"/>
       <c r="C163" s="10"/>
       <c r="D163" s="12" t="s">
-        <v>392</v>
+        <v>410</v>
       </c>
       <c r="E163" s="10"/>
       <c r="F163" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G163" s="11" t="s">
-        <v>393</v>
+        <v>411</v>
       </c>
     </row>
     <row r="164" spans="1:16135">
       <c r="A164" s="11">
-        <v>1001075</v>
+        <v>1001001</v>
       </c>
       <c r="B164" s="10"/>
       <c r="C164" s="10"/>
       <c r="D164" s="12" t="s">
-        <v>394</v>
+        <v>412</v>
       </c>
       <c r="E164" s="10"/>
       <c r="F164" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G164" s="11" t="s">
-        <v>395</v>
+        <v>413</v>
       </c>
     </row>
     <row r="165" spans="1:16135">
       <c r="A165" s="11" t="s">
-        <v>396</v>
+        <v>414</v>
       </c>
       <c r="B165" s="10"/>
       <c r="C165" s="10"/>
       <c r="D165" s="12" t="s">
-        <v>397</v>
+        <v>415</v>
       </c>
       <c r="E165" s="10"/>
       <c r="F165" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G165" s="11" t="s">
-        <v>398</v>
+        <v>416</v>
       </c>
     </row>
     <row r="166" spans="1:16135">
       <c r="A166" s="11">
-        <v>1001026</v>
+        <v>1001002</v>
       </c>
       <c r="B166" s="10"/>
       <c r="C166" s="10"/>
       <c r="D166" s="12" t="s">
-        <v>399</v>
+        <v>417</v>
       </c>
       <c r="E166" s="10"/>
       <c r="F166" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G166" s="11" t="s">
-        <v>400</v>
+        <v>418</v>
       </c>
     </row>
     <row r="167" spans="1:16135">
-      <c r="A167" s="11">
-        <v>1001027</v>
+      <c r="A167" s="11" t="s">
+        <v>419</v>
       </c>
       <c r="B167" s="10"/>
       <c r="C167" s="10"/>
       <c r="D167" s="12" t="s">
-        <v>401</v>
+        <v>420</v>
       </c>
       <c r="E167" s="10"/>
       <c r="F167" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G167" s="11" t="s">
-        <v>402</v>
+        <v>421</v>
       </c>
     </row>
     <row r="168" spans="1:16135">
       <c r="A168" s="11" t="s">
-        <v>403</v>
+        <v>422</v>
       </c>
       <c r="B168" s="10"/>
       <c r="C168" s="10"/>
       <c r="D168" s="12" t="s">
-        <v>404</v>
+        <v>423</v>
       </c>
       <c r="E168" s="10"/>
       <c r="F168" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G168" s="11" t="s">
-        <v>405</v>
+        <v>424</v>
       </c>
     </row>
     <row r="169" spans="1:16135">
       <c r="A169" s="11" t="s">
-        <v>406</v>
+        <v>425</v>
       </c>
       <c r="B169" s="10"/>
       <c r="C169" s="10"/>
       <c r="D169" s="12" t="s">
-        <v>407</v>
+        <v>426</v>
       </c>
       <c r="E169" s="10"/>
       <c r="F169" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G169" s="11" t="s">
-        <v>408</v>
+        <v>424</v>
       </c>
     </row>
     <row r="170" spans="1:16135">
       <c r="A170" s="11" t="s">
-        <v>409</v>
+        <v>427</v>
       </c>
       <c r="B170" s="10"/>
       <c r="C170" s="10"/>
       <c r="D170" s="12" t="s">
-        <v>410</v>
+        <v>428</v>
       </c>
       <c r="E170" s="10"/>
       <c r="F170" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G170" s="11" t="s">
-        <v>411</v>
-[...11 lines deleted...]
-      <c r="G172" s="8"/>
+        <v>429</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16135">
+      <c r="A171" s="11">
+        <v>1001005</v>
+      </c>
+      <c r="B171" s="10"/>
+      <c r="C171" s="10"/>
+      <c r="D171" s="12" t="s">
+        <v>430</v>
+      </c>
+      <c r="E171" s="10"/>
+      <c r="F171" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G171" s="11" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16135">
+      <c r="A172" s="11" t="s">
+        <v>432</v>
+      </c>
+      <c r="B172" s="10"/>
+      <c r="C172" s="10"/>
+      <c r="D172" s="12" t="s">
+        <v>433</v>
+      </c>
+      <c r="E172" s="10"/>
+      <c r="F172" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G172" s="11" t="s">
+        <v>434</v>
+      </c>
     </row>
     <row r="173" spans="1:16135">
       <c r="A173" s="11" t="s">
-        <v>413</v>
+        <v>435</v>
       </c>
       <c r="B173" s="10"/>
       <c r="C173" s="10"/>
       <c r="D173" s="12" t="s">
-        <v>414</v>
+        <v>436</v>
       </c>
       <c r="E173" s="10"/>
       <c r="F173" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G173" s="11" t="s">
-        <v>415</v>
+        <v>437</v>
       </c>
     </row>
     <row r="174" spans="1:16135">
       <c r="A174" s="11" t="s">
-        <v>416</v>
+        <v>438</v>
       </c>
       <c r="B174" s="10"/>
       <c r="C174" s="10"/>
       <c r="D174" s="12" t="s">
-        <v>417</v>
+        <v>439</v>
       </c>
       <c r="E174" s="10"/>
       <c r="F174" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G174" s="11" t="s">
-        <v>418</v>
+        <v>440</v>
       </c>
     </row>
     <row r="175" spans="1:16135">
       <c r="A175" s="11" t="s">
-        <v>419</v>
+        <v>441</v>
       </c>
       <c r="B175" s="10"/>
       <c r="C175" s="10"/>
       <c r="D175" s="12" t="s">
-        <v>420</v>
+        <v>442</v>
       </c>
       <c r="E175" s="10"/>
       <c r="F175" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G175" s="11" t="s">
-        <v>421</v>
-[...34 lines deleted...]
-      </c>
+        <v>443</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16135" customHeight="1" ht="60">
+      <c r="A177" s="2"/>
+      <c r="B177" s="2"/>
+      <c r="C177" s="2"/>
+      <c r="D177" s="9" t="s">
+        <v>444</v>
+      </c>
+      <c r="E177" s="8"/>
+      <c r="F177" s="8"/>
+      <c r="G177" s="8"/>
     </row>
     <row r="178" spans="1:16135">
       <c r="A178" s="11" t="s">
-        <v>428</v>
+        <v>445</v>
       </c>
       <c r="B178" s="10"/>
       <c r="C178" s="10"/>
       <c r="D178" s="12" t="s">
-        <v>429</v>
+        <v>446</v>
       </c>
       <c r="E178" s="10"/>
       <c r="F178" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G178" s="11" t="s">
-        <v>430</v>
+        <v>447</v>
       </c>
     </row>
     <row r="179" spans="1:16135">
       <c r="A179" s="11" t="s">
-        <v>431</v>
+        <v>448</v>
       </c>
       <c r="B179" s="10"/>
       <c r="C179" s="10"/>
       <c r="D179" s="12" t="s">
-        <v>432</v>
+        <v>449</v>
       </c>
       <c r="E179" s="10"/>
       <c r="F179" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G179" s="11" t="s">
-        <v>433</v>
+        <v>450</v>
       </c>
     </row>
     <row r="180" spans="1:16135">
       <c r="A180" s="11" t="s">
-        <v>434</v>
+        <v>451</v>
       </c>
       <c r="B180" s="10"/>
       <c r="C180" s="10"/>
       <c r="D180" s="12" t="s">
-        <v>435</v>
+        <v>452</v>
       </c>
       <c r="E180" s="10"/>
       <c r="F180" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G180" s="11" t="s">
-        <v>436</v>
+        <v>453</v>
       </c>
     </row>
     <row r="181" spans="1:16135">
       <c r="A181" s="11" t="s">
-        <v>437</v>
+        <v>454</v>
       </c>
       <c r="B181" s="10"/>
       <c r="C181" s="10"/>
       <c r="D181" s="12" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="E181" s="10"/>
       <c r="F181" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G181" s="11" t="s">
-        <v>439</v>
+        <v>456</v>
       </c>
     </row>
     <row r="182" spans="1:16135">
-      <c r="A182" s="11" t="s">
-        <v>440</v>
+      <c r="A182" s="11">
+        <v>1010030</v>
       </c>
       <c r="B182" s="10"/>
       <c r="C182" s="10"/>
       <c r="D182" s="12" t="s">
-        <v>441</v>
+        <v>457</v>
       </c>
       <c r="E182" s="10"/>
       <c r="F182" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G182" s="11" t="s">
-        <v>442</v>
+        <v>458</v>
       </c>
     </row>
     <row r="183" spans="1:16135">
-      <c r="A183" s="11" t="s">
-        <v>443</v>
+      <c r="A183" s="11">
+        <v>1010032</v>
       </c>
       <c r="B183" s="10"/>
       <c r="C183" s="10"/>
       <c r="D183" s="12" t="s">
-        <v>444</v>
+        <v>459</v>
       </c>
       <c r="E183" s="10"/>
       <c r="F183" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G183" s="11" t="s">
-        <v>445</v>
+        <v>460</v>
       </c>
     </row>
     <row r="184" spans="1:16135">
-      <c r="A184" s="11" t="s">
-        <v>446</v>
+      <c r="A184" s="11">
+        <v>1010025</v>
       </c>
       <c r="B184" s="10"/>
       <c r="C184" s="10"/>
       <c r="D184" s="12" t="s">
-        <v>447</v>
+        <v>461</v>
       </c>
       <c r="E184" s="10"/>
       <c r="F184" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G184" s="11" t="s">
-        <v>448</v>
+        <v>462</v>
       </c>
     </row>
     <row r="185" spans="1:16135">
-      <c r="A185" s="11" t="s">
-        <v>449</v>
+      <c r="A185" s="11">
+        <v>1010026</v>
       </c>
       <c r="B185" s="10"/>
       <c r="C185" s="10"/>
       <c r="D185" s="12" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="E185" s="10"/>
       <c r="F185" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G185" s="11" t="s">
-        <v>451</v>
+        <v>464</v>
       </c>
     </row>
     <row r="186" spans="1:16135">
       <c r="A186" s="11" t="s">
-        <v>452</v>
+        <v>465</v>
       </c>
       <c r="B186" s="10"/>
       <c r="C186" s="10"/>
       <c r="D186" s="12" t="s">
-        <v>453</v>
+        <v>466</v>
       </c>
       <c r="E186" s="10"/>
       <c r="F186" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G186" s="11" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
     </row>
     <row r="187" spans="1:16135">
       <c r="A187" s="11" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
       <c r="B187" s="10"/>
       <c r="C187" s="10"/>
       <c r="D187" s="12" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="E187" s="10"/>
       <c r="F187" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G187" s="11" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
     </row>
     <row r="188" spans="1:16135">
-      <c r="A188" s="11" t="s">
-        <v>458</v>
+      <c r="A188" s="11">
+        <v>1010125</v>
       </c>
       <c r="B188" s="10"/>
       <c r="C188" s="10"/>
       <c r="D188" s="12" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
       <c r="E188" s="10"/>
       <c r="F188" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G188" s="11" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
     </row>
     <row r="189" spans="1:16135">
-      <c r="A189" s="11" t="s">
-        <v>461</v>
+      <c r="A189" s="11">
+        <v>1010159</v>
       </c>
       <c r="B189" s="10"/>
       <c r="C189" s="10"/>
       <c r="D189" s="12" t="s">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="E189" s="10"/>
       <c r="F189" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G189" s="11" t="s">
-        <v>463</v>
+        <v>474</v>
       </c>
     </row>
     <row r="190" spans="1:16135">
       <c r="A190" s="11" t="s">
-        <v>464</v>
+        <v>475</v>
       </c>
       <c r="B190" s="10"/>
       <c r="C190" s="10"/>
       <c r="D190" s="12" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="E190" s="10"/>
       <c r="F190" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G190" s="11" t="s">
-        <v>466</v>
-[...11 lines deleted...]
-      <c r="G192" s="8"/>
+        <v>477</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16135">
+      <c r="A191" s="11">
+        <v>1010161</v>
+      </c>
+      <c r="B191" s="10"/>
+      <c r="C191" s="10"/>
+      <c r="D191" s="12" t="s">
+        <v>478</v>
+      </c>
+      <c r="E191" s="10"/>
+      <c r="F191" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G191" s="11" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16135">
+      <c r="A192" s="11" t="s">
+        <v>480</v>
+      </c>
+      <c r="B192" s="10"/>
+      <c r="C192" s="10"/>
+      <c r="D192" s="12" t="s">
+        <v>481</v>
+      </c>
+      <c r="E192" s="10"/>
+      <c r="F192" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G192" s="11" t="s">
+        <v>482</v>
+      </c>
     </row>
     <row r="193" spans="1:16135">
       <c r="A193" s="11" t="s">
-        <v>468</v>
+        <v>483</v>
       </c>
       <c r="B193" s="10"/>
       <c r="C193" s="10"/>
       <c r="D193" s="12" t="s">
-        <v>469</v>
+        <v>484</v>
       </c>
       <c r="E193" s="10"/>
       <c r="F193" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G193" s="11" t="s">
-        <v>470</v>
-[...34 lines deleted...]
-      </c>
+        <v>485</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16135" customHeight="1" ht="60">
+      <c r="A195" s="2"/>
+      <c r="B195" s="2"/>
+      <c r="C195" s="2"/>
+      <c r="D195" s="9" t="s">
+        <v>486</v>
+      </c>
+      <c r="E195" s="8"/>
+      <c r="F195" s="8"/>
+      <c r="G195" s="8"/>
     </row>
     <row r="196" spans="1:16135">
       <c r="A196" s="11" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="B196" s="10"/>
       <c r="C196" s="10"/>
       <c r="D196" s="12" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="E196" s="10"/>
       <c r="F196" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G196" s="11" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
     </row>
     <row r="197" spans="1:16135">
       <c r="A197" s="11" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="B197" s="10"/>
       <c r="C197" s="10"/>
       <c r="D197" s="12" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="E197" s="10"/>
       <c r="F197" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G197" s="11" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
     </row>
     <row r="198" spans="1:16135">
       <c r="A198" s="11" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="B198" s="10"/>
       <c r="C198" s="10"/>
       <c r="D198" s="12" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="E198" s="10"/>
       <c r="F198" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G198" s="11" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
     </row>
     <row r="199" spans="1:16135">
-      <c r="A199" s="11" t="s">
-        <v>486</v>
+      <c r="A199" s="11">
+        <v>1001349</v>
       </c>
       <c r="B199" s="10"/>
       <c r="C199" s="10"/>
       <c r="D199" s="12" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="E199" s="10"/>
       <c r="F199" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G199" s="11" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
     </row>
     <row r="200" spans="1:16135">
       <c r="A200" s="11" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="B200" s="10"/>
       <c r="C200" s="10"/>
       <c r="D200" s="12" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="E200" s="10"/>
       <c r="F200" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G200" s="11" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
     </row>
     <row r="201" spans="1:16135">
       <c r="A201" s="11" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="B201" s="10"/>
       <c r="C201" s="10"/>
       <c r="D201" s="12" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="E201" s="10"/>
       <c r="F201" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G201" s="11" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
     </row>
     <row r="202" spans="1:16135">
-      <c r="A202" s="11" t="s">
-        <v>495</v>
+      <c r="A202" s="11">
+        <v>1001343</v>
       </c>
       <c r="B202" s="10"/>
       <c r="C202" s="10"/>
       <c r="D202" s="12" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="E202" s="10"/>
       <c r="F202" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G202" s="11" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
     </row>
     <row r="203" spans="1:16135">
-      <c r="A203" s="11" t="s">
-        <v>498</v>
+      <c r="A203" s="11">
+        <v>1001344</v>
       </c>
       <c r="B203" s="10"/>
       <c r="C203" s="10"/>
       <c r="D203" s="12" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="E203" s="10"/>
       <c r="F203" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G203" s="11" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
     </row>
     <row r="204" spans="1:16135">
       <c r="A204" s="11" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="B204" s="10"/>
       <c r="C204" s="10"/>
       <c r="D204" s="12" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E204" s="10"/>
       <c r="F204" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G204" s="11" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
     </row>
     <row r="205" spans="1:16135">
       <c r="A205" s="11" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="B205" s="10"/>
       <c r="C205" s="10"/>
       <c r="D205" s="12" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="E205" s="10"/>
       <c r="F205" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G205" s="11" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
     </row>
     <row r="206" spans="1:16135">
       <c r="A206" s="11" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="B206" s="10"/>
       <c r="C206" s="10"/>
       <c r="D206" s="12" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="E206" s="10"/>
       <c r="F206" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G206" s="11" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
     </row>
     <row r="207" spans="1:16135">
       <c r="A207" s="11" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="B207" s="10"/>
       <c r="C207" s="10"/>
       <c r="D207" s="12" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="E207" s="10"/>
       <c r="F207" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G207" s="11" t="s">
-        <v>512</v>
-[...11 lines deleted...]
-      <c r="G209" s="8"/>
+        <v>519</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16135">
+      <c r="A208" s="11">
+        <v>1001075</v>
+      </c>
+      <c r="B208" s="10"/>
+      <c r="C208" s="10"/>
+      <c r="D208" s="12" t="s">
+        <v>520</v>
+      </c>
+      <c r="E208" s="10"/>
+      <c r="F208" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G208" s="11" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16135">
+      <c r="A209" s="11" t="s">
+        <v>522</v>
+      </c>
+      <c r="B209" s="10"/>
+      <c r="C209" s="10"/>
+      <c r="D209" s="12" t="s">
+        <v>523</v>
+      </c>
+      <c r="E209" s="10"/>
+      <c r="F209" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G209" s="11" t="s">
+        <v>524</v>
+      </c>
     </row>
     <row r="210" spans="1:16135">
       <c r="A210" s="11">
-        <v>1001079</v>
+        <v>1001026</v>
       </c>
       <c r="B210" s="10"/>
       <c r="C210" s="10"/>
       <c r="D210" s="12" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="E210" s="10"/>
       <c r="F210" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G210" s="11" t="s">
-        <v>402</v>
+        <v>389</v>
       </c>
     </row>
     <row r="211" spans="1:16135">
-      <c r="A211" s="11" t="s">
-        <v>515</v>
+      <c r="A211" s="11">
+        <v>1001027</v>
       </c>
       <c r="B211" s="10"/>
       <c r="C211" s="10"/>
       <c r="D211" s="12" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="E211" s="10"/>
       <c r="F211" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G211" s="11" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
     </row>
     <row r="212" spans="1:16135">
       <c r="A212" s="11" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="B212" s="10"/>
       <c r="C212" s="10"/>
       <c r="D212" s="12" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="E212" s="10"/>
       <c r="F212" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G212" s="11" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
     </row>
     <row r="213" spans="1:16135">
-      <c r="A213" s="11">
-        <v>1001081</v>
+      <c r="A213" s="11" t="s">
+        <v>531</v>
       </c>
       <c r="B213" s="10"/>
       <c r="C213" s="10"/>
       <c r="D213" s="12" t="s">
-        <v>521</v>
+        <v>532</v>
       </c>
       <c r="E213" s="10"/>
       <c r="F213" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G213" s="11" t="s">
-        <v>522</v>
+        <v>533</v>
       </c>
     </row>
     <row r="214" spans="1:16135">
-      <c r="A214" s="11">
-        <v>1001082</v>
+      <c r="A214" s="11" t="s">
+        <v>534</v>
       </c>
       <c r="B214" s="10"/>
       <c r="C214" s="10"/>
       <c r="D214" s="12" t="s">
-        <v>523</v>
+        <v>535</v>
       </c>
       <c r="E214" s="10"/>
       <c r="F214" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G214" s="11" t="s">
-        <v>524</v>
+        <v>503</v>
       </c>
     </row>
     <row r="215" spans="1:16135">
-      <c r="A215" s="11">
-        <v>1001083</v>
+      <c r="A215" s="11" t="s">
+        <v>536</v>
       </c>
       <c r="B215" s="10"/>
       <c r="C215" s="10"/>
       <c r="D215" s="12" t="s">
-        <v>525</v>
+        <v>537</v>
       </c>
       <c r="E215" s="10"/>
       <c r="F215" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G215" s="11" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
     </row>
     <row r="216" spans="1:16135">
       <c r="A216" s="11" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
       <c r="B216" s="10"/>
       <c r="C216" s="10"/>
       <c r="D216" s="12" t="s">
-        <v>528</v>
+        <v>540</v>
       </c>
       <c r="E216" s="10"/>
       <c r="F216" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G216" s="11" t="s">
-        <v>529</v>
-[...34 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16135" customHeight="1" ht="60">
+      <c r="A218" s="2"/>
+      <c r="B218" s="2"/>
+      <c r="C218" s="2"/>
+      <c r="D218" s="9" t="s">
+        <v>542</v>
+      </c>
+      <c r="E218" s="8"/>
+      <c r="F218" s="8"/>
+      <c r="G218" s="8"/>
     </row>
     <row r="219" spans="1:16135">
       <c r="A219" s="11" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="B219" s="10"/>
       <c r="C219" s="10"/>
       <c r="D219" s="12" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="E219" s="10"/>
       <c r="F219" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G219" s="11" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
     </row>
     <row r="220" spans="1:16135">
-      <c r="A220" s="11">
-        <v>1001086</v>
+      <c r="A220" s="11" t="s">
+        <v>546</v>
       </c>
       <c r="B220" s="10"/>
       <c r="C220" s="10"/>
       <c r="D220" s="12" t="s">
-        <v>538</v>
+        <v>547</v>
       </c>
       <c r="E220" s="10"/>
       <c r="F220" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G220" s="11" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
     </row>
     <row r="221" spans="1:16135">
       <c r="A221" s="11" t="s">
-        <v>540</v>
+        <v>549</v>
       </c>
       <c r="B221" s="10"/>
       <c r="C221" s="10"/>
       <c r="D221" s="12" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
       <c r="E221" s="10"/>
       <c r="F221" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G221" s="11" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
     </row>
     <row r="222" spans="1:16135">
       <c r="A222" s="11" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="B222" s="10"/>
       <c r="C222" s="10"/>
       <c r="D222" s="12" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="E222" s="10"/>
       <c r="F222" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G222" s="11" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
     </row>
     <row r="223" spans="1:16135">
       <c r="A223" s="11" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="B223" s="10"/>
       <c r="C223" s="10"/>
       <c r="D223" s="12" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="E223" s="10"/>
       <c r="F223" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G223" s="11" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
     </row>
     <row r="224" spans="1:16135">
-      <c r="A224" s="11">
-        <v>1002076</v>
+      <c r="A224" s="11" t="s">
+        <v>558</v>
       </c>
       <c r="B224" s="10"/>
       <c r="C224" s="10"/>
       <c r="D224" s="12" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="E224" s="10"/>
       <c r="F224" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G224" s="11" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
     </row>
     <row r="225" spans="1:16135">
-      <c r="A225" s="11">
-        <v>1002077</v>
+      <c r="A225" s="11" t="s">
+        <v>561</v>
       </c>
       <c r="B225" s="10"/>
       <c r="C225" s="10"/>
       <c r="D225" s="12" t="s">
-        <v>551</v>
+        <v>562</v>
       </c>
       <c r="E225" s="10"/>
       <c r="F225" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G225" s="11" t="s">
-        <v>552</v>
+        <v>563</v>
       </c>
     </row>
     <row r="226" spans="1:16135">
-      <c r="A226" s="11">
-        <v>1002060</v>
+      <c r="A226" s="11" t="s">
+        <v>564</v>
       </c>
       <c r="B226" s="10"/>
       <c r="C226" s="10"/>
       <c r="D226" s="12" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="E226" s="10"/>
       <c r="F226" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G226" s="11" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
     </row>
     <row r="227" spans="1:16135">
-      <c r="A227" s="11">
-        <v>1002078</v>
+      <c r="A227" s="11" t="s">
+        <v>567</v>
       </c>
       <c r="B227" s="10"/>
       <c r="C227" s="10"/>
       <c r="D227" s="12" t="s">
-        <v>555</v>
+        <v>568</v>
       </c>
       <c r="E227" s="10"/>
       <c r="F227" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G227" s="11" t="s">
-        <v>556</v>
+        <v>569</v>
       </c>
     </row>
     <row r="228" spans="1:16135">
       <c r="A228" s="11" t="s">
-        <v>557</v>
+        <v>570</v>
       </c>
       <c r="B228" s="10"/>
       <c r="C228" s="10"/>
       <c r="D228" s="12" t="s">
-        <v>558</v>
+        <v>571</v>
       </c>
       <c r="E228" s="10"/>
       <c r="F228" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G228" s="11" t="s">
-        <v>559</v>
+        <v>572</v>
       </c>
     </row>
     <row r="229" spans="1:16135">
-      <c r="A229" s="11">
-        <v>1002079</v>
+      <c r="A229" s="11" t="s">
+        <v>573</v>
       </c>
       <c r="B229" s="10"/>
       <c r="C229" s="10"/>
       <c r="D229" s="12" t="s">
-        <v>560</v>
+        <v>574</v>
       </c>
       <c r="E229" s="10"/>
       <c r="F229" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G229" s="11" t="s">
-        <v>561</v>
-[...11 lines deleted...]
-      <c r="G231" s="8"/>
+        <v>575</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16135">
+      <c r="A230" s="11" t="s">
+        <v>576</v>
+      </c>
+      <c r="B230" s="10"/>
+      <c r="C230" s="10"/>
+      <c r="D230" s="12" t="s">
+        <v>577</v>
+      </c>
+      <c r="E230" s="10"/>
+      <c r="F230" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G230" s="11" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16135">
+      <c r="A231" s="11" t="s">
+        <v>579</v>
+      </c>
+      <c r="B231" s="10"/>
+      <c r="C231" s="10"/>
+      <c r="D231" s="12" t="s">
+        <v>580</v>
+      </c>
+      <c r="E231" s="10"/>
+      <c r="F231" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G231" s="11" t="s">
+        <v>581</v>
+      </c>
     </row>
     <row r="232" spans="1:16135">
       <c r="A232" s="11" t="s">
-        <v>563</v>
+        <v>582</v>
       </c>
       <c r="B232" s="10"/>
       <c r="C232" s="10"/>
       <c r="D232" s="12" t="s">
-        <v>564</v>
+        <v>583</v>
       </c>
       <c r="E232" s="10"/>
       <c r="F232" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G232" s="11" t="s">
-        <v>565</v>
+        <v>584</v>
       </c>
     </row>
     <row r="233" spans="1:16135">
       <c r="A233" s="11" t="s">
-        <v>566</v>
+        <v>585</v>
       </c>
       <c r="B233" s="10"/>
       <c r="C233" s="10"/>
       <c r="D233" s="12" t="s">
-        <v>567</v>
+        <v>586</v>
       </c>
       <c r="E233" s="10"/>
       <c r="F233" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G233" s="11" t="s">
-        <v>390</v>
+        <v>587</v>
       </c>
     </row>
     <row r="234" spans="1:16135">
       <c r="A234" s="11" t="s">
-        <v>568</v>
+        <v>588</v>
       </c>
       <c r="B234" s="10"/>
       <c r="C234" s="10"/>
       <c r="D234" s="12" t="s">
-        <v>569</v>
+        <v>589</v>
       </c>
       <c r="E234" s="10"/>
       <c r="F234" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G234" s="11" t="s">
-        <v>570</v>
+        <v>590</v>
       </c>
     </row>
     <row r="235" spans="1:16135">
       <c r="A235" s="11" t="s">
-        <v>571</v>
+        <v>591</v>
       </c>
       <c r="B235" s="10"/>
       <c r="C235" s="10"/>
       <c r="D235" s="12" t="s">
-        <v>572</v>
+        <v>592</v>
       </c>
       <c r="E235" s="10"/>
       <c r="F235" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G235" s="11" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
     </row>
     <row r="236" spans="1:16135">
-      <c r="A236" s="11">
-        <v>1001037</v>
+      <c r="A236" s="11" t="s">
+        <v>594</v>
       </c>
       <c r="B236" s="10"/>
       <c r="C236" s="10"/>
       <c r="D236" s="12" t="s">
-        <v>574</v>
+        <v>595</v>
       </c>
       <c r="E236" s="10"/>
       <c r="F236" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G236" s="11" t="s">
-        <v>575</v>
-[...34 lines deleted...]
-      </c>
+        <v>596</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16135" customHeight="1" ht="60">
+      <c r="A238" s="2"/>
+      <c r="B238" s="2"/>
+      <c r="C238" s="2"/>
+      <c r="D238" s="9" t="s">
+        <v>597</v>
+      </c>
+      <c r="E238" s="8"/>
+      <c r="F238" s="8"/>
+      <c r="G238" s="8"/>
     </row>
     <row r="239" spans="1:16135">
       <c r="A239" s="11" t="s">
-        <v>581</v>
+        <v>598</v>
       </c>
       <c r="B239" s="10"/>
       <c r="C239" s="10"/>
       <c r="D239" s="12" t="s">
-        <v>582</v>
+        <v>599</v>
       </c>
       <c r="E239" s="10"/>
       <c r="F239" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G239" s="11" t="s">
-        <v>308</v>
+        <v>600</v>
       </c>
     </row>
     <row r="240" spans="1:16135">
-      <c r="A240" s="11">
-        <v>1001039</v>
+      <c r="A240" s="11" t="s">
+        <v>601</v>
       </c>
       <c r="B240" s="10"/>
       <c r="C240" s="10"/>
       <c r="D240" s="12" t="s">
-        <v>583</v>
+        <v>602</v>
       </c>
       <c r="E240" s="10"/>
       <c r="F240" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G240" s="11" t="s">
-        <v>584</v>
+        <v>603</v>
       </c>
     </row>
     <row r="241" spans="1:16135">
       <c r="A241" s="11" t="s">
-        <v>585</v>
+        <v>604</v>
       </c>
       <c r="B241" s="10"/>
       <c r="C241" s="10"/>
       <c r="D241" s="12" t="s">
-        <v>586</v>
+        <v>605</v>
       </c>
       <c r="E241" s="10"/>
       <c r="F241" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G241" s="11" t="s">
-        <v>587</v>
+        <v>606</v>
       </c>
     </row>
     <row r="242" spans="1:16135">
       <c r="A242" s="11" t="s">
-        <v>588</v>
+        <v>607</v>
       </c>
       <c r="B242" s="10"/>
       <c r="C242" s="10"/>
       <c r="D242" s="12" t="s">
-        <v>589</v>
+        <v>608</v>
       </c>
       <c r="E242" s="10"/>
       <c r="F242" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G242" s="11" t="s">
-        <v>590</v>
+        <v>609</v>
       </c>
     </row>
     <row r="243" spans="1:16135">
       <c r="A243" s="11" t="s">
-        <v>591</v>
+        <v>610</v>
       </c>
       <c r="B243" s="10"/>
       <c r="C243" s="10"/>
       <c r="D243" s="12" t="s">
-        <v>592</v>
+        <v>611</v>
       </c>
       <c r="E243" s="10"/>
       <c r="F243" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G243" s="11" t="s">
-        <v>593</v>
+        <v>612</v>
       </c>
     </row>
     <row r="244" spans="1:16135">
-      <c r="A244" s="11">
-        <v>1001041</v>
+      <c r="A244" s="11" t="s">
+        <v>613</v>
       </c>
       <c r="B244" s="10"/>
       <c r="C244" s="10"/>
       <c r="D244" s="12" t="s">
-        <v>594</v>
+        <v>614</v>
       </c>
       <c r="E244" s="10"/>
       <c r="F244" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G244" s="11" t="s">
-        <v>595</v>
+        <v>615</v>
       </c>
     </row>
     <row r="245" spans="1:16135">
       <c r="A245" s="11" t="s">
-        <v>596</v>
+        <v>616</v>
       </c>
       <c r="B245" s="10"/>
       <c r="C245" s="10"/>
       <c r="D245" s="12" t="s">
-        <v>597</v>
+        <v>617</v>
       </c>
       <c r="E245" s="10"/>
       <c r="F245" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G245" s="11" t="s">
-        <v>598</v>
+        <v>618</v>
       </c>
     </row>
     <row r="246" spans="1:16135">
       <c r="A246" s="11" t="s">
-        <v>599</v>
+        <v>619</v>
       </c>
       <c r="B246" s="10"/>
       <c r="C246" s="10"/>
       <c r="D246" s="12" t="s">
-        <v>600</v>
+        <v>620</v>
       </c>
       <c r="E246" s="10"/>
       <c r="F246" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G246" s="11" t="s">
-        <v>601</v>
+        <v>621</v>
       </c>
     </row>
     <row r="247" spans="1:16135">
       <c r="A247" s="11" t="s">
-        <v>602</v>
+        <v>622</v>
       </c>
       <c r="B247" s="10"/>
       <c r="C247" s="10"/>
       <c r="D247" s="12" t="s">
-        <v>603</v>
+        <v>623</v>
       </c>
       <c r="E247" s="10"/>
       <c r="F247" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G247" s="11" t="s">
-        <v>604</v>
-[...11 lines deleted...]
-      <c r="G249" s="8"/>
+        <v>624</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16135">
+      <c r="A248" s="11" t="s">
+        <v>625</v>
+      </c>
+      <c r="B248" s="10"/>
+      <c r="C248" s="10"/>
+      <c r="D248" s="12" t="s">
+        <v>626</v>
+      </c>
+      <c r="E248" s="10"/>
+      <c r="F248" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G248" s="11" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16135">
+      <c r="A249" s="11" t="s">
+        <v>628</v>
+      </c>
+      <c r="B249" s="10"/>
+      <c r="C249" s="10"/>
+      <c r="D249" s="12" t="s">
+        <v>629</v>
+      </c>
+      <c r="E249" s="10"/>
+      <c r="F249" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G249" s="11" t="s">
+        <v>630</v>
+      </c>
     </row>
     <row r="250" spans="1:16135">
       <c r="A250" s="11" t="s">
-        <v>606</v>
+        <v>631</v>
       </c>
       <c r="B250" s="10"/>
       <c r="C250" s="10"/>
       <c r="D250" s="12" t="s">
-        <v>607</v>
+        <v>632</v>
       </c>
       <c r="E250" s="10"/>
       <c r="F250" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G250" s="11" t="s">
-        <v>608</v>
+        <v>633</v>
       </c>
     </row>
     <row r="251" spans="1:16135">
       <c r="A251" s="11" t="s">
-        <v>609</v>
+        <v>634</v>
       </c>
       <c r="B251" s="10"/>
       <c r="C251" s="10"/>
       <c r="D251" s="12" t="s">
-        <v>610</v>
+        <v>635</v>
       </c>
       <c r="E251" s="10"/>
       <c r="F251" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G251" s="11" t="s">
-        <v>611</v>
+        <v>636</v>
       </c>
     </row>
     <row r="252" spans="1:16135">
-      <c r="A252" s="11">
-        <v>1001059</v>
+      <c r="A252" s="11" t="s">
+        <v>637</v>
       </c>
       <c r="B252" s="10"/>
       <c r="C252" s="10"/>
       <c r="D252" s="12" t="s">
-        <v>612</v>
+        <v>638</v>
       </c>
       <c r="E252" s="10"/>
       <c r="F252" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G252" s="11" t="s">
-        <v>613</v>
+        <v>639</v>
       </c>
     </row>
     <row r="253" spans="1:16135">
-      <c r="A253" s="11">
-        <v>1001077</v>
+      <c r="A253" s="11" t="s">
+        <v>640</v>
       </c>
       <c r="B253" s="10"/>
       <c r="C253" s="10"/>
       <c r="D253" s="12" t="s">
-        <v>614</v>
+        <v>641</v>
       </c>
       <c r="E253" s="10"/>
       <c r="F253" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G253" s="11" t="s">
-        <v>615</v>
-[...34 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16135" customHeight="1" ht="60">
+      <c r="A255" s="2"/>
+      <c r="B255" s="2"/>
+      <c r="C255" s="2"/>
+      <c r="D255" s="9" t="s">
+        <v>643</v>
+      </c>
+      <c r="E255" s="8"/>
+      <c r="F255" s="8"/>
+      <c r="G255" s="8"/>
     </row>
     <row r="256" spans="1:16135">
-      <c r="A256" s="11" t="s">
-        <v>620</v>
+      <c r="A256" s="11">
+        <v>1001079</v>
       </c>
       <c r="B256" s="10"/>
       <c r="C256" s="10"/>
       <c r="D256" s="12" t="s">
-        <v>621</v>
+        <v>644</v>
       </c>
       <c r="E256" s="10"/>
       <c r="F256" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G256" s="11" t="s">
-        <v>622</v>
+        <v>527</v>
       </c>
     </row>
     <row r="257" spans="1:16135">
       <c r="A257" s="11" t="s">
-        <v>623</v>
+        <v>645</v>
       </c>
       <c r="B257" s="10"/>
       <c r="C257" s="10"/>
       <c r="D257" s="12" t="s">
-        <v>624</v>
+        <v>646</v>
       </c>
       <c r="E257" s="10"/>
       <c r="F257" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G257" s="11" t="s">
-        <v>625</v>
+        <v>647</v>
       </c>
     </row>
     <row r="258" spans="1:16135">
-      <c r="A258" s="11">
-        <v>1001053</v>
+      <c r="A258" s="11" t="s">
+        <v>648</v>
       </c>
       <c r="B258" s="10"/>
       <c r="C258" s="10"/>
       <c r="D258" s="12" t="s">
-        <v>626</v>
+        <v>649</v>
       </c>
       <c r="E258" s="10"/>
       <c r="F258" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G258" s="11" t="s">
-        <v>627</v>
+        <v>650</v>
       </c>
     </row>
     <row r="259" spans="1:16135">
       <c r="A259" s="11">
-        <v>1001054</v>
+        <v>1001081</v>
       </c>
       <c r="B259" s="10"/>
       <c r="C259" s="10"/>
       <c r="D259" s="12" t="s">
-        <v>628</v>
+        <v>651</v>
       </c>
       <c r="E259" s="10"/>
       <c r="F259" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G259" s="11" t="s">
-        <v>629</v>
+        <v>652</v>
       </c>
     </row>
     <row r="260" spans="1:16135">
       <c r="A260" s="11" t="s">
-        <v>630</v>
+        <v>653</v>
       </c>
       <c r="B260" s="10"/>
       <c r="C260" s="10"/>
       <c r="D260" s="12" t="s">
-        <v>631</v>
+        <v>654</v>
       </c>
       <c r="E260" s="10"/>
       <c r="F260" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G260" s="11" t="s">
-        <v>632</v>
+        <v>655</v>
       </c>
     </row>
     <row r="261" spans="1:16135">
-      <c r="A261" s="11" t="s">
-        <v>633</v>
+      <c r="A261" s="11">
+        <v>1001082</v>
       </c>
       <c r="B261" s="10"/>
       <c r="C261" s="10"/>
       <c r="D261" s="12" t="s">
-        <v>634</v>
+        <v>656</v>
       </c>
       <c r="E261" s="10"/>
       <c r="F261" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G261" s="11" t="s">
-        <v>635</v>
+        <v>657</v>
       </c>
     </row>
     <row r="262" spans="1:16135">
-      <c r="A262" s="11" t="s">
-        <v>636</v>
+      <c r="A262" s="11">
+        <v>1001083</v>
       </c>
       <c r="B262" s="10"/>
       <c r="C262" s="10"/>
       <c r="D262" s="12" t="s">
-        <v>637</v>
+        <v>658</v>
       </c>
       <c r="E262" s="10"/>
       <c r="F262" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G262" s="11" t="s">
-        <v>638</v>
+        <v>659</v>
       </c>
     </row>
     <row r="263" spans="1:16135">
       <c r="A263" s="11" t="s">
-        <v>639</v>
+        <v>660</v>
       </c>
       <c r="B263" s="10"/>
       <c r="C263" s="10"/>
       <c r="D263" s="12" t="s">
-        <v>640</v>
+        <v>661</v>
       </c>
       <c r="E263" s="10"/>
       <c r="F263" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G263" s="11" t="s">
-        <v>641</v>
+        <v>662</v>
       </c>
     </row>
     <row r="264" spans="1:16135">
-      <c r="A264" s="11" t="s">
-        <v>642</v>
+      <c r="A264" s="11">
+        <v>1001084</v>
       </c>
       <c r="B264" s="10"/>
       <c r="C264" s="10"/>
       <c r="D264" s="12" t="s">
-        <v>643</v>
+        <v>663</v>
       </c>
       <c r="E264" s="10"/>
       <c r="F264" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G264" s="11" t="s">
-        <v>644</v>
+        <v>664</v>
       </c>
     </row>
     <row r="265" spans="1:16135">
       <c r="A265" s="11" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="B265" s="10"/>
       <c r="C265" s="10"/>
       <c r="D265" s="12" t="s">
-        <v>646</v>
+        <v>666</v>
       </c>
       <c r="E265" s="10"/>
       <c r="F265" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G265" s="11" t="s">
-        <v>622</v>
+        <v>667</v>
       </c>
     </row>
     <row r="266" spans="1:16135">
       <c r="A266" s="11" t="s">
-        <v>647</v>
+        <v>668</v>
       </c>
       <c r="B266" s="10"/>
       <c r="C266" s="10"/>
       <c r="D266" s="12" t="s">
-        <v>648</v>
+        <v>669</v>
       </c>
       <c r="E266" s="10"/>
       <c r="F266" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G266" s="11" t="s">
-        <v>649</v>
+        <v>670</v>
       </c>
     </row>
     <row r="267" spans="1:16135">
-      <c r="A267" s="11" t="s">
-        <v>650</v>
+      <c r="A267" s="11">
+        <v>1001086</v>
       </c>
       <c r="B267" s="10"/>
       <c r="C267" s="10"/>
       <c r="D267" s="12" t="s">
-        <v>651</v>
+        <v>671</v>
       </c>
       <c r="E267" s="10"/>
       <c r="F267" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G267" s="11" t="s">
-        <v>390</v>
+        <v>672</v>
       </c>
     </row>
     <row r="268" spans="1:16135">
       <c r="A268" s="11" t="s">
-        <v>652</v>
+        <v>673</v>
       </c>
       <c r="B268" s="10"/>
       <c r="C268" s="10"/>
       <c r="D268" s="12" t="s">
-        <v>653</v>
+        <v>674</v>
       </c>
       <c r="E268" s="10"/>
       <c r="F268" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G268" s="11" t="s">
-        <v>654</v>
+        <v>675</v>
       </c>
     </row>
     <row r="269" spans="1:16135">
       <c r="A269" s="11" t="s">
-        <v>655</v>
+        <v>676</v>
       </c>
       <c r="B269" s="10"/>
       <c r="C269" s="10"/>
       <c r="D269" s="12" t="s">
-        <v>656</v>
+        <v>677</v>
       </c>
       <c r="E269" s="10"/>
       <c r="F269" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G269" s="11" t="s">
-        <v>635</v>
+        <v>678</v>
       </c>
     </row>
     <row r="270" spans="1:16135">
       <c r="A270" s="11" t="s">
-        <v>657</v>
+        <v>679</v>
       </c>
       <c r="B270" s="10"/>
       <c r="C270" s="10"/>
       <c r="D270" s="12" t="s">
-        <v>658</v>
+        <v>680</v>
       </c>
       <c r="E270" s="10"/>
       <c r="F270" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G270" s="11" t="s">
-        <v>659</v>
-[...11 lines deleted...]
-      <c r="G272" s="8"/>
+        <v>681</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16135">
+      <c r="A271" s="11">
+        <v>1002076</v>
+      </c>
+      <c r="B271" s="10"/>
+      <c r="C271" s="10"/>
+      <c r="D271" s="12" t="s">
+        <v>682</v>
+      </c>
+      <c r="E271" s="10"/>
+      <c r="F271" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G271" s="11" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16135">
+      <c r="A272" s="11">
+        <v>1002077</v>
+      </c>
+      <c r="B272" s="10"/>
+      <c r="C272" s="10"/>
+      <c r="D272" s="12" t="s">
+        <v>684</v>
+      </c>
+      <c r="E272" s="10"/>
+      <c r="F272" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G272" s="11" t="s">
+        <v>685</v>
+      </c>
     </row>
     <row r="273" spans="1:16135">
-      <c r="A273" s="11" t="s">
-        <v>661</v>
+      <c r="A273" s="11">
+        <v>1002060</v>
       </c>
       <c r="B273" s="10"/>
       <c r="C273" s="10"/>
       <c r="D273" s="12" t="s">
-        <v>662</v>
+        <v>686</v>
       </c>
       <c r="E273" s="10"/>
       <c r="F273" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G273" s="11" t="s">
-        <v>663</v>
+        <v>687</v>
       </c>
     </row>
     <row r="274" spans="1:16135">
       <c r="A274" s="11">
-        <v>1001068</v>
+        <v>1002078</v>
       </c>
       <c r="B274" s="10"/>
       <c r="C274" s="10"/>
       <c r="D274" s="12" t="s">
-        <v>664</v>
+        <v>688</v>
       </c>
       <c r="E274" s="10"/>
       <c r="F274" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G274" s="11" t="s">
-        <v>665</v>
+        <v>689</v>
       </c>
     </row>
     <row r="275" spans="1:16135">
       <c r="A275" s="11" t="s">
-        <v>666</v>
+        <v>690</v>
       </c>
       <c r="B275" s="10"/>
       <c r="C275" s="10"/>
       <c r="D275" s="12" t="s">
-        <v>667</v>
+        <v>691</v>
       </c>
       <c r="E275" s="10"/>
       <c r="F275" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G275" s="11" t="s">
-        <v>668</v>
+        <v>692</v>
       </c>
     </row>
     <row r="276" spans="1:16135">
       <c r="A276" s="11">
-        <v>1001125</v>
+        <v>1002079</v>
       </c>
       <c r="B276" s="10"/>
       <c r="C276" s="10"/>
       <c r="D276" s="12" t="s">
-        <v>669</v>
+        <v>693</v>
       </c>
       <c r="E276" s="10"/>
       <c r="F276" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G276" s="11" t="s">
-        <v>670</v>
-[...34 lines deleted...]
-      </c>
+        <v>694</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16135" customHeight="1" ht="60">
+      <c r="A278" s="2"/>
+      <c r="B278" s="2"/>
+      <c r="C278" s="2"/>
+      <c r="D278" s="9" t="s">
+        <v>695</v>
+      </c>
+      <c r="E278" s="8"/>
+      <c r="F278" s="8"/>
+      <c r="G278" s="8"/>
     </row>
     <row r="279" spans="1:16135">
-      <c r="A279" s="11">
-        <v>1001144</v>
+      <c r="A279" s="11" t="s">
+        <v>696</v>
       </c>
       <c r="B279" s="10"/>
       <c r="C279" s="10"/>
       <c r="D279" s="12" t="s">
-        <v>676</v>
+        <v>697</v>
       </c>
       <c r="E279" s="10"/>
       <c r="F279" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G279" s="11" t="s">
-        <v>677</v>
+        <v>698</v>
       </c>
     </row>
     <row r="280" spans="1:16135">
       <c r="A280" s="11" t="s">
-        <v>678</v>
+        <v>699</v>
       </c>
       <c r="B280" s="10"/>
       <c r="C280" s="10"/>
       <c r="D280" s="12" t="s">
-        <v>679</v>
+        <v>700</v>
       </c>
       <c r="E280" s="10"/>
       <c r="F280" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G280" s="11" t="s">
-        <v>680</v>
+        <v>516</v>
       </c>
     </row>
     <row r="281" spans="1:16135">
       <c r="A281" s="11" t="s">
-        <v>681</v>
+        <v>701</v>
       </c>
       <c r="B281" s="10"/>
       <c r="C281" s="10"/>
       <c r="D281" s="12" t="s">
-        <v>682</v>
+        <v>702</v>
       </c>
       <c r="E281" s="10"/>
       <c r="F281" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G281" s="11" t="s">
-        <v>683</v>
+        <v>703</v>
       </c>
     </row>
     <row r="282" spans="1:16135">
       <c r="A282" s="11" t="s">
-        <v>684</v>
+        <v>704</v>
       </c>
       <c r="B282" s="10"/>
       <c r="C282" s="10"/>
       <c r="D282" s="12" t="s">
-        <v>685</v>
+        <v>705</v>
       </c>
       <c r="E282" s="10"/>
       <c r="F282" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G282" s="11" t="s">
-        <v>686</v>
+        <v>706</v>
       </c>
     </row>
     <row r="283" spans="1:16135">
-      <c r="A283" s="11" t="s">
-        <v>687</v>
+      <c r="A283" s="11">
+        <v>1001037</v>
       </c>
       <c r="B283" s="10"/>
       <c r="C283" s="10"/>
       <c r="D283" s="12" t="s">
-        <v>688</v>
+        <v>707</v>
       </c>
       <c r="E283" s="10"/>
       <c r="F283" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G283" s="11" t="s">
-        <v>689</v>
+        <v>708</v>
       </c>
     </row>
     <row r="284" spans="1:16135">
       <c r="A284" s="11" t="s">
-        <v>690</v>
+        <v>709</v>
       </c>
       <c r="B284" s="10"/>
       <c r="C284" s="10"/>
       <c r="D284" s="12" t="s">
-        <v>691</v>
+        <v>710</v>
       </c>
       <c r="E284" s="10"/>
       <c r="F284" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G284" s="11" t="s">
-        <v>692</v>
+        <v>711</v>
       </c>
     </row>
     <row r="285" spans="1:16135">
       <c r="A285" s="11">
-        <v>1001061</v>
+        <v>1001038</v>
       </c>
       <c r="B285" s="10"/>
       <c r="C285" s="10"/>
       <c r="D285" s="12" t="s">
-        <v>693</v>
+        <v>712</v>
       </c>
       <c r="E285" s="10"/>
       <c r="F285" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G285" s="11" t="s">
-        <v>694</v>
+        <v>713</v>
       </c>
     </row>
     <row r="286" spans="1:16135">
       <c r="A286" s="11" t="s">
-        <v>695</v>
+        <v>714</v>
       </c>
       <c r="B286" s="10"/>
       <c r="C286" s="10"/>
       <c r="D286" s="12" t="s">
-        <v>696</v>
+        <v>715</v>
       </c>
       <c r="E286" s="10"/>
       <c r="F286" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G286" s="11" t="s">
-        <v>697</v>
+        <v>416</v>
       </c>
     </row>
     <row r="287" spans="1:16135">
-      <c r="A287" s="11" t="s">
-        <v>698</v>
+      <c r="A287" s="11">
+        <v>1001039</v>
       </c>
       <c r="B287" s="10"/>
       <c r="C287" s="10"/>
       <c r="D287" s="12" t="s">
-        <v>699</v>
+        <v>716</v>
       </c>
       <c r="E287" s="10"/>
       <c r="F287" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G287" s="11" t="s">
-        <v>673</v>
+        <v>717</v>
       </c>
     </row>
     <row r="288" spans="1:16135">
-      <c r="A288" s="11">
-        <v>1001170</v>
+      <c r="A288" s="11" t="s">
+        <v>718</v>
       </c>
       <c r="B288" s="10"/>
       <c r="C288" s="10"/>
       <c r="D288" s="12" t="s">
-        <v>700</v>
+        <v>719</v>
       </c>
       <c r="E288" s="10"/>
       <c r="F288" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G288" s="11" t="s">
-        <v>701</v>
+        <v>720</v>
       </c>
     </row>
     <row r="289" spans="1:16135">
-      <c r="A289" s="11">
-        <v>1001062</v>
+      <c r="A289" s="11" t="s">
+        <v>721</v>
       </c>
       <c r="B289" s="10"/>
       <c r="C289" s="10"/>
       <c r="D289" s="12" t="s">
-        <v>702</v>
+        <v>722</v>
       </c>
       <c r="E289" s="10"/>
       <c r="F289" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G289" s="11" t="s">
-        <v>703</v>
+        <v>723</v>
       </c>
     </row>
     <row r="290" spans="1:16135">
-      <c r="A290" s="11">
-        <v>1001171</v>
+      <c r="A290" s="11" t="s">
+        <v>724</v>
       </c>
       <c r="B290" s="10"/>
       <c r="C290" s="10"/>
       <c r="D290" s="12" t="s">
-        <v>704</v>
+        <v>725</v>
       </c>
       <c r="E290" s="10"/>
       <c r="F290" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G290" s="11" t="s">
-        <v>284</v>
+        <v>413</v>
       </c>
     </row>
     <row r="291" spans="1:16135">
-      <c r="A291" s="11">
-        <v>1001172</v>
+      <c r="A291" s="11" t="s">
+        <v>726</v>
       </c>
       <c r="B291" s="10"/>
       <c r="C291" s="10"/>
       <c r="D291" s="12" t="s">
-        <v>705</v>
+        <v>727</v>
       </c>
       <c r="E291" s="10"/>
       <c r="F291" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G291" s="11" t="s">
-        <v>706</v>
+        <v>728</v>
       </c>
     </row>
     <row r="292" spans="1:16135">
       <c r="A292" s="11">
-        <v>1001173</v>
+        <v>1001041</v>
       </c>
       <c r="B292" s="10"/>
       <c r="C292" s="10"/>
       <c r="D292" s="12" t="s">
-        <v>707</v>
+        <v>729</v>
       </c>
       <c r="E292" s="10"/>
       <c r="F292" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G292" s="11" t="s">
-        <v>619</v>
+        <v>730</v>
       </c>
     </row>
     <row r="293" spans="1:16135">
-      <c r="A293" s="11">
-        <v>1001174</v>
+      <c r="A293" s="11" t="s">
+        <v>731</v>
       </c>
       <c r="B293" s="10"/>
       <c r="C293" s="10"/>
       <c r="D293" s="12" t="s">
-        <v>708</v>
+        <v>732</v>
       </c>
       <c r="E293" s="10"/>
       <c r="F293" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G293" s="11" t="s">
-        <v>709</v>
+        <v>733</v>
       </c>
     </row>
     <row r="294" spans="1:16135">
-      <c r="A294" s="11">
-        <v>1001178</v>
+      <c r="A294" s="11" t="s">
+        <v>734</v>
       </c>
       <c r="B294" s="10"/>
       <c r="C294" s="10"/>
       <c r="D294" s="12" t="s">
-        <v>710</v>
+        <v>735</v>
       </c>
       <c r="E294" s="10"/>
       <c r="F294" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G294" s="11" t="s">
-        <v>711</v>
+        <v>736</v>
       </c>
     </row>
     <row r="295" spans="1:16135">
       <c r="A295" s="11" t="s">
-        <v>712</v>
+        <v>737</v>
       </c>
       <c r="B295" s="10"/>
       <c r="C295" s="10"/>
       <c r="D295" s="12" t="s">
-        <v>713</v>
+        <v>738</v>
       </c>
       <c r="E295" s="10"/>
       <c r="F295" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G295" s="11" t="s">
-        <v>714</v>
-[...34 lines deleted...]
-      </c>
+        <v>739</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16135" customHeight="1" ht="60">
+      <c r="A297" s="2"/>
+      <c r="B297" s="2"/>
+      <c r="C297" s="2"/>
+      <c r="D297" s="9" t="s">
+        <v>740</v>
+      </c>
+      <c r="E297" s="8"/>
+      <c r="F297" s="8"/>
+      <c r="G297" s="8"/>
     </row>
     <row r="298" spans="1:16135">
-      <c r="A298" s="11">
-        <v>1001066</v>
+      <c r="A298" s="11" t="s">
+        <v>741</v>
       </c>
       <c r="B298" s="10"/>
       <c r="C298" s="10"/>
       <c r="D298" s="12" t="s">
-        <v>719</v>
+        <v>742</v>
       </c>
       <c r="E298" s="10"/>
       <c r="F298" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G298" s="11" t="s">
-        <v>720</v>
+        <v>743</v>
       </c>
     </row>
     <row r="299" spans="1:16135">
-      <c r="A299" s="11">
-        <v>1001189</v>
+      <c r="A299" s="11" t="s">
+        <v>744</v>
       </c>
       <c r="B299" s="10"/>
       <c r="C299" s="10"/>
       <c r="D299" s="12" t="s">
-        <v>721</v>
+        <v>745</v>
       </c>
       <c r="E299" s="10"/>
       <c r="F299" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G299" s="11" t="s">
-        <v>722</v>
+        <v>411</v>
       </c>
     </row>
     <row r="300" spans="1:16135">
-      <c r="A300" s="11" t="s">
-        <v>723</v>
+      <c r="A300" s="11">
+        <v>1001059</v>
       </c>
       <c r="B300" s="10"/>
       <c r="C300" s="10"/>
       <c r="D300" s="12" t="s">
-        <v>724</v>
+        <v>746</v>
       </c>
       <c r="E300" s="10"/>
       <c r="F300" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G300" s="11" t="s">
-        <v>725</v>
-[...11 lines deleted...]
-      <c r="G302" s="8"/>
+        <v>747</v>
+      </c>
+    </row>
+    <row r="301" spans="1:16135">
+      <c r="A301" s="11">
+        <v>1001077</v>
+      </c>
+      <c r="B301" s="10"/>
+      <c r="C301" s="10"/>
+      <c r="D301" s="12" t="s">
+        <v>748</v>
+      </c>
+      <c r="E301" s="10"/>
+      <c r="F301" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G301" s="11" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="302" spans="1:16135">
+      <c r="A302" s="11">
+        <v>1001049</v>
+      </c>
+      <c r="B302" s="10"/>
+      <c r="C302" s="10"/>
+      <c r="D302" s="12" t="s">
+        <v>750</v>
+      </c>
+      <c r="E302" s="10"/>
+      <c r="F302" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G302" s="11" t="s">
+        <v>751</v>
+      </c>
     </row>
     <row r="303" spans="1:16135">
-      <c r="A303" s="11" t="s">
-        <v>727</v>
+      <c r="A303" s="11">
+        <v>1001051</v>
       </c>
       <c r="B303" s="10"/>
       <c r="C303" s="10"/>
       <c r="D303" s="12" t="s">
-        <v>728</v>
+        <v>752</v>
       </c>
       <c r="E303" s="10"/>
       <c r="F303" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G303" s="11" t="s">
-        <v>729</v>
+        <v>753</v>
       </c>
     </row>
     <row r="304" spans="1:16135">
       <c r="A304" s="11" t="s">
-        <v>730</v>
+        <v>754</v>
       </c>
       <c r="B304" s="10"/>
       <c r="C304" s="10"/>
       <c r="D304" s="12" t="s">
-        <v>731</v>
+        <v>755</v>
       </c>
       <c r="E304" s="10"/>
       <c r="F304" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G304" s="11" t="s">
-        <v>732</v>
+        <v>756</v>
       </c>
     </row>
     <row r="305" spans="1:16135">
       <c r="A305" s="11" t="s">
-        <v>733</v>
+        <v>757</v>
       </c>
       <c r="B305" s="10"/>
       <c r="C305" s="10"/>
       <c r="D305" s="12" t="s">
-        <v>734</v>
+        <v>758</v>
       </c>
       <c r="E305" s="10"/>
       <c r="F305" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G305" s="11" t="s">
-        <v>732</v>
+        <v>759</v>
       </c>
     </row>
     <row r="306" spans="1:16135">
-      <c r="A306" s="11" t="s">
-        <v>735</v>
+      <c r="A306" s="11">
+        <v>1001053</v>
       </c>
       <c r="B306" s="10"/>
       <c r="C306" s="10"/>
       <c r="D306" s="12" t="s">
-        <v>736</v>
+        <v>760</v>
       </c>
       <c r="E306" s="10"/>
       <c r="F306" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G306" s="11" t="s">
-        <v>737</v>
+        <v>761</v>
       </c>
     </row>
     <row r="307" spans="1:16135">
       <c r="A307" s="11" t="s">
-        <v>738</v>
+        <v>762</v>
       </c>
       <c r="B307" s="10"/>
       <c r="C307" s="10"/>
       <c r="D307" s="12" t="s">
-        <v>739</v>
+        <v>763</v>
       </c>
       <c r="E307" s="10"/>
       <c r="F307" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G307" s="11" t="s">
-        <v>740</v>
+        <v>764</v>
       </c>
     </row>
     <row r="308" spans="1:16135">
-      <c r="A308" s="11" t="s">
-        <v>741</v>
+      <c r="A308" s="11">
+        <v>1001054</v>
       </c>
       <c r="B308" s="10"/>
       <c r="C308" s="10"/>
       <c r="D308" s="12" t="s">
-        <v>742</v>
+        <v>765</v>
       </c>
       <c r="E308" s="10"/>
       <c r="F308" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G308" s="11" t="s">
-        <v>743</v>
+        <v>766</v>
       </c>
     </row>
     <row r="309" spans="1:16135">
       <c r="A309" s="11" t="s">
-        <v>744</v>
+        <v>767</v>
       </c>
       <c r="B309" s="10"/>
       <c r="C309" s="10"/>
       <c r="D309" s="12" t="s">
-        <v>745</v>
+        <v>768</v>
       </c>
       <c r="E309" s="10"/>
       <c r="F309" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G309" s="11" t="s">
-        <v>746</v>
+        <v>769</v>
       </c>
     </row>
     <row r="310" spans="1:16135">
       <c r="A310" s="11" t="s">
-        <v>747</v>
+        <v>770</v>
       </c>
       <c r="B310" s="10"/>
       <c r="C310" s="10"/>
       <c r="D310" s="12" t="s">
-        <v>748</v>
+        <v>771</v>
       </c>
       <c r="E310" s="10"/>
       <c r="F310" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G310" s="11" t="s">
-        <v>749</v>
+        <v>772</v>
       </c>
     </row>
     <row r="311" spans="1:16135">
       <c r="A311" s="11" t="s">
-        <v>750</v>
+        <v>773</v>
       </c>
       <c r="B311" s="10"/>
       <c r="C311" s="10"/>
       <c r="D311" s="12" t="s">
-        <v>751</v>
+        <v>774</v>
       </c>
       <c r="E311" s="10"/>
       <c r="F311" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G311" s="11" t="s">
-        <v>752</v>
+        <v>775</v>
       </c>
     </row>
     <row r="312" spans="1:16135">
       <c r="A312" s="11" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B312" s="10"/>
       <c r="C312" s="10"/>
       <c r="D312" s="12" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="E312" s="10"/>
       <c r="F312" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G312" s="11" t="s">
-        <v>755</v>
+        <v>778</v>
       </c>
     </row>
     <row r="313" spans="1:16135">
       <c r="A313" s="11" t="s">
-        <v>756</v>
+        <v>779</v>
       </c>
       <c r="B313" s="10"/>
       <c r="C313" s="10"/>
       <c r="D313" s="12" t="s">
-        <v>757</v>
+        <v>780</v>
       </c>
       <c r="E313" s="10"/>
       <c r="F313" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G313" s="11" t="s">
-        <v>758</v>
+        <v>781</v>
       </c>
     </row>
     <row r="314" spans="1:16135">
       <c r="A314" s="11" t="s">
-        <v>759</v>
+        <v>782</v>
       </c>
       <c r="B314" s="10"/>
       <c r="C314" s="10"/>
       <c r="D314" s="12" t="s">
-        <v>760</v>
+        <v>783</v>
       </c>
       <c r="E314" s="10"/>
       <c r="F314" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G314" s="11" t="s">
-        <v>761</v>
+        <v>784</v>
       </c>
     </row>
     <row r="315" spans="1:16135">
       <c r="A315" s="11" t="s">
-        <v>762</v>
+        <v>785</v>
       </c>
       <c r="B315" s="10"/>
       <c r="C315" s="10"/>
       <c r="D315" s="12" t="s">
-        <v>763</v>
+        <v>786</v>
       </c>
       <c r="E315" s="10"/>
       <c r="F315" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G315" s="11" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
     </row>
     <row r="316" spans="1:16135">
       <c r="A316" s="11" t="s">
-        <v>765</v>
+        <v>787</v>
       </c>
       <c r="B316" s="10"/>
       <c r="C316" s="10"/>
       <c r="D316" s="12" t="s">
-        <v>766</v>
+        <v>788</v>
       </c>
       <c r="E316" s="10"/>
       <c r="F316" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G316" s="11" t="s">
-        <v>767</v>
+        <v>789</v>
       </c>
     </row>
     <row r="317" spans="1:16135">
       <c r="A317" s="11" t="s">
-        <v>768</v>
+        <v>790</v>
       </c>
       <c r="B317" s="10"/>
       <c r="C317" s="10"/>
       <c r="D317" s="12" t="s">
-        <v>769</v>
+        <v>791</v>
       </c>
       <c r="E317" s="10"/>
       <c r="F317" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G317" s="11" t="s">
-        <v>635</v>
+        <v>516</v>
       </c>
     </row>
     <row r="318" spans="1:16135">
-      <c r="A318" s="11">
-        <v>1002000</v>
+      <c r="A318" s="11" t="s">
+        <v>792</v>
       </c>
       <c r="B318" s="10"/>
       <c r="C318" s="10"/>
       <c r="D318" s="12" t="s">
-        <v>770</v>
+        <v>793</v>
       </c>
       <c r="E318" s="10"/>
       <c r="F318" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G318" s="11" t="s">
-        <v>587</v>
+        <v>794</v>
       </c>
     </row>
     <row r="319" spans="1:16135">
       <c r="A319" s="11" t="s">
-        <v>771</v>
+        <v>795</v>
       </c>
       <c r="B319" s="10"/>
       <c r="C319" s="10"/>
       <c r="D319" s="12" t="s">
-        <v>772</v>
+        <v>796</v>
       </c>
       <c r="E319" s="10"/>
       <c r="F319" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G319" s="11" t="s">
-        <v>635</v>
+        <v>775</v>
       </c>
     </row>
     <row r="320" spans="1:16135">
       <c r="A320" s="11" t="s">
-        <v>773</v>
+        <v>797</v>
       </c>
       <c r="B320" s="10"/>
       <c r="C320" s="10"/>
       <c r="D320" s="12" t="s">
-        <v>774</v>
+        <v>798</v>
       </c>
       <c r="E320" s="10"/>
       <c r="F320" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G320" s="11" t="s">
-        <v>775</v>
-[...34 lines deleted...]
-      </c>
+        <v>799</v>
+      </c>
+    </row>
+    <row r="322" spans="1:16135" customHeight="1" ht="60">
+      <c r="A322" s="2"/>
+      <c r="B322" s="2"/>
+      <c r="C322" s="2"/>
+      <c r="D322" s="9" t="s">
+        <v>800</v>
+      </c>
+      <c r="E322" s="8"/>
+      <c r="F322" s="8"/>
+      <c r="G322" s="8"/>
     </row>
     <row r="323" spans="1:16135">
-      <c r="A323" s="11">
-        <v>1002002</v>
+      <c r="A323" s="11" t="s">
+        <v>801</v>
       </c>
       <c r="B323" s="10"/>
       <c r="C323" s="10"/>
       <c r="D323" s="12" t="s">
-        <v>779</v>
+        <v>802</v>
       </c>
       <c r="E323" s="10"/>
       <c r="F323" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G323" s="11" t="s">
-        <v>354</v>
+        <v>803</v>
       </c>
     </row>
     <row r="324" spans="1:16135">
       <c r="A324" s="11">
-        <v>1002733</v>
+        <v>1001068</v>
       </c>
       <c r="B324" s="10"/>
       <c r="C324" s="10"/>
       <c r="D324" s="12" t="s">
-        <v>780</v>
+        <v>804</v>
       </c>
       <c r="E324" s="10"/>
       <c r="F324" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G324" s="11" t="s">
-        <v>781</v>
+        <v>805</v>
       </c>
     </row>
     <row r="325" spans="1:16135">
       <c r="A325" s="11" t="s">
-        <v>782</v>
+        <v>806</v>
       </c>
       <c r="B325" s="10"/>
       <c r="C325" s="10"/>
       <c r="D325" s="12" t="s">
-        <v>783</v>
+        <v>807</v>
       </c>
       <c r="E325" s="10"/>
       <c r="F325" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G325" s="11" t="s">
-        <v>784</v>
+        <v>336</v>
       </c>
     </row>
     <row r="326" spans="1:16135">
       <c r="A326" s="11">
-        <v>1002732</v>
+        <v>1001125</v>
       </c>
       <c r="B326" s="10"/>
       <c r="C326" s="10"/>
       <c r="D326" s="12" t="s">
-        <v>785</v>
+        <v>808</v>
       </c>
       <c r="E326" s="10"/>
       <c r="F326" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G326" s="11" t="s">
-        <v>786</v>
+        <v>809</v>
       </c>
     </row>
     <row r="327" spans="1:16135">
       <c r="A327" s="11" t="s">
-        <v>787</v>
+        <v>810</v>
       </c>
       <c r="B327" s="10"/>
       <c r="C327" s="10"/>
       <c r="D327" s="12" t="s">
-        <v>788</v>
+        <v>811</v>
       </c>
       <c r="E327" s="10"/>
       <c r="F327" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G327" s="11" t="s">
-        <v>761</v>
+        <v>812</v>
       </c>
     </row>
     <row r="328" spans="1:16135">
       <c r="A328" s="11" t="s">
-        <v>789</v>
+        <v>813</v>
       </c>
       <c r="B328" s="10"/>
       <c r="C328" s="10"/>
       <c r="D328" s="12" t="s">
-        <v>790</v>
+        <v>814</v>
       </c>
       <c r="E328" s="10"/>
       <c r="F328" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G328" s="11" t="s">
-        <v>791</v>
+        <v>812</v>
       </c>
     </row>
     <row r="329" spans="1:16135">
-      <c r="A329" s="11" t="s">
-        <v>792</v>
+      <c r="A329" s="11">
+        <v>1001144</v>
       </c>
       <c r="B329" s="10"/>
       <c r="C329" s="10"/>
       <c r="D329" s="12" t="s">
-        <v>793</v>
+        <v>815</v>
       </c>
       <c r="E329" s="10"/>
       <c r="F329" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G329" s="11" t="s">
-        <v>761</v>
+        <v>816</v>
       </c>
     </row>
     <row r="330" spans="1:16135">
-      <c r="A330" s="11">
-        <v>1002743</v>
+      <c r="A330" s="11" t="s">
+        <v>817</v>
       </c>
       <c r="B330" s="10"/>
       <c r="C330" s="10"/>
       <c r="D330" s="12" t="s">
-        <v>794</v>
+        <v>818</v>
       </c>
       <c r="E330" s="10"/>
       <c r="F330" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G330" s="11" t="s">
-        <v>795</v>
+        <v>819</v>
       </c>
     </row>
     <row r="331" spans="1:16135">
       <c r="A331" s="11" t="s">
-        <v>796</v>
+        <v>820</v>
       </c>
       <c r="B331" s="10"/>
       <c r="C331" s="10"/>
       <c r="D331" s="12" t="s">
-        <v>797</v>
+        <v>821</v>
       </c>
       <c r="E331" s="10"/>
       <c r="F331" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G331" s="11" t="s">
-        <v>798</v>
+        <v>822</v>
       </c>
     </row>
     <row r="332" spans="1:16135">
-      <c r="A332" s="11">
-        <v>1002742</v>
+      <c r="A332" s="11" t="s">
+        <v>823</v>
       </c>
       <c r="B332" s="10"/>
       <c r="C332" s="10"/>
       <c r="D332" s="12" t="s">
-        <v>799</v>
+        <v>824</v>
       </c>
       <c r="E332" s="10"/>
       <c r="F332" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G332" s="11" t="s">
-        <v>795</v>
+        <v>825</v>
       </c>
     </row>
     <row r="333" spans="1:16135">
       <c r="A333" s="11" t="s">
-        <v>800</v>
+        <v>826</v>
       </c>
       <c r="B333" s="10"/>
       <c r="C333" s="10"/>
       <c r="D333" s="12" t="s">
-        <v>801</v>
+        <v>827</v>
       </c>
       <c r="E333" s="10"/>
       <c r="F333" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G333" s="11" t="s">
-        <v>737</v>
+        <v>828</v>
       </c>
     </row>
     <row r="334" spans="1:16135">
       <c r="A334" s="11" t="s">
-        <v>802</v>
+        <v>829</v>
       </c>
       <c r="B334" s="10"/>
       <c r="C334" s="10"/>
       <c r="D334" s="12" t="s">
-        <v>803</v>
+        <v>830</v>
       </c>
       <c r="E334" s="10"/>
       <c r="F334" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G334" s="11" t="s">
-        <v>737</v>
+        <v>831</v>
       </c>
     </row>
     <row r="335" spans="1:16135">
       <c r="A335" s="11">
-        <v>1002753</v>
+        <v>1001061</v>
       </c>
       <c r="B335" s="10"/>
       <c r="C335" s="10"/>
       <c r="D335" s="12" t="s">
-        <v>804</v>
+        <v>832</v>
       </c>
       <c r="E335" s="10"/>
       <c r="F335" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G335" s="11" t="s">
-        <v>292</v>
+        <v>833</v>
       </c>
     </row>
     <row r="336" spans="1:16135">
       <c r="A336" s="11" t="s">
-        <v>805</v>
+        <v>834</v>
       </c>
       <c r="B336" s="10"/>
       <c r="C336" s="10"/>
       <c r="D336" s="12" t="s">
-        <v>806</v>
+        <v>835</v>
       </c>
       <c r="E336" s="10"/>
       <c r="F336" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G336" s="11" t="s">
-        <v>807</v>
+        <v>836</v>
       </c>
     </row>
     <row r="337" spans="1:16135">
       <c r="A337" s="11" t="s">
-        <v>808</v>
+        <v>837</v>
       </c>
       <c r="B337" s="10"/>
       <c r="C337" s="10"/>
       <c r="D337" s="12" t="s">
-        <v>809</v>
+        <v>838</v>
       </c>
       <c r="E337" s="10"/>
       <c r="F337" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G337" s="11" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
     </row>
     <row r="338" spans="1:16135">
       <c r="A338" s="11">
-        <v>1002754</v>
+        <v>1001170</v>
       </c>
       <c r="B338" s="10"/>
       <c r="C338" s="10"/>
       <c r="D338" s="12" t="s">
-        <v>811</v>
+        <v>839</v>
       </c>
       <c r="E338" s="10"/>
       <c r="F338" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G338" s="11" t="s">
-        <v>812</v>
+        <v>708</v>
       </c>
     </row>
     <row r="339" spans="1:16135">
       <c r="A339" s="11" t="s">
-        <v>813</v>
+        <v>840</v>
       </c>
       <c r="B339" s="10"/>
       <c r="C339" s="10"/>
       <c r="D339" s="12" t="s">
-        <v>814</v>
+        <v>841</v>
       </c>
       <c r="E339" s="10"/>
       <c r="F339" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G339" s="11" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
     </row>
     <row r="340" spans="1:16135">
       <c r="A340" s="11">
-        <v>1002763</v>
+        <v>1001062</v>
       </c>
       <c r="B340" s="10"/>
       <c r="C340" s="10"/>
       <c r="D340" s="12" t="s">
-        <v>816</v>
+        <v>842</v>
       </c>
       <c r="E340" s="10"/>
       <c r="F340" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G340" s="11" t="s">
-        <v>817</v>
+        <v>843</v>
       </c>
     </row>
     <row r="341" spans="1:16135">
-      <c r="A341" s="11" t="s">
-        <v>818</v>
+      <c r="A341" s="11">
+        <v>1001171</v>
       </c>
       <c r="B341" s="10"/>
       <c r="C341" s="10"/>
       <c r="D341" s="12" t="s">
-        <v>819</v>
+        <v>844</v>
       </c>
       <c r="E341" s="10"/>
       <c r="F341" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G341" s="11" t="s">
-        <v>820</v>
+        <v>375</v>
       </c>
     </row>
     <row r="342" spans="1:16135">
-      <c r="A342" s="11" t="s">
-        <v>821</v>
+      <c r="A342" s="11">
+        <v>1001172</v>
       </c>
       <c r="B342" s="10"/>
       <c r="C342" s="10"/>
       <c r="D342" s="12" t="s">
-        <v>822</v>
+        <v>845</v>
       </c>
       <c r="E342" s="10"/>
       <c r="F342" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G342" s="11" t="s">
-        <v>820</v>
+        <v>846</v>
       </c>
     </row>
     <row r="343" spans="1:16135">
-      <c r="A343" s="11">
-        <v>1002761</v>
+      <c r="A343" s="11" t="s">
+        <v>847</v>
       </c>
       <c r="B343" s="10"/>
       <c r="C343" s="10"/>
       <c r="D343" s="12" t="s">
-        <v>823</v>
+        <v>848</v>
       </c>
       <c r="E343" s="10"/>
       <c r="F343" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G343" s="11" t="s">
-        <v>824</v>
+        <v>849</v>
       </c>
     </row>
     <row r="344" spans="1:16135">
       <c r="A344" s="11">
-        <v>1002765</v>
+        <v>1001173</v>
       </c>
       <c r="B344" s="10"/>
       <c r="C344" s="10"/>
       <c r="D344" s="12" t="s">
-        <v>825</v>
+        <v>850</v>
       </c>
       <c r="E344" s="10"/>
       <c r="F344" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G344" s="11" t="s">
-        <v>826</v>
+        <v>851</v>
       </c>
     </row>
     <row r="345" spans="1:16135">
-      <c r="A345" s="11" t="s">
-        <v>827</v>
+      <c r="A345" s="11">
+        <v>1001174</v>
       </c>
       <c r="B345" s="10"/>
       <c r="C345" s="10"/>
       <c r="D345" s="12" t="s">
-        <v>828</v>
+        <v>852</v>
       </c>
       <c r="E345" s="10"/>
       <c r="F345" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G345" s="11" t="s">
-        <v>752</v>
+        <v>853</v>
       </c>
     </row>
     <row r="346" spans="1:16135">
-      <c r="A346" s="11">
-        <v>1002766</v>
+      <c r="A346" s="11" t="s">
+        <v>854</v>
       </c>
       <c r="B346" s="10"/>
       <c r="C346" s="10"/>
       <c r="D346" s="12" t="s">
-        <v>829</v>
+        <v>855</v>
       </c>
       <c r="E346" s="10"/>
       <c r="F346" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G346" s="11" t="s">
-        <v>830</v>
+        <v>421</v>
       </c>
     </row>
     <row r="347" spans="1:16135">
-      <c r="A347" s="11" t="s">
-        <v>831</v>
+      <c r="A347" s="11">
+        <v>1001178</v>
       </c>
       <c r="B347" s="10"/>
       <c r="C347" s="10"/>
       <c r="D347" s="12" t="s">
-        <v>832</v>
+        <v>856</v>
       </c>
       <c r="E347" s="10"/>
       <c r="F347" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G347" s="11" t="s">
-        <v>755</v>
+        <v>857</v>
       </c>
     </row>
     <row r="348" spans="1:16135">
       <c r="A348" s="11" t="s">
-        <v>833</v>
+        <v>858</v>
       </c>
       <c r="B348" s="10"/>
       <c r="C348" s="10"/>
       <c r="D348" s="12" t="s">
-        <v>834</v>
+        <v>859</v>
       </c>
       <c r="E348" s="10"/>
       <c r="F348" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G348" s="11" t="s">
-        <v>755</v>
+        <v>860</v>
       </c>
     </row>
     <row r="349" spans="1:16135">
       <c r="A349" s="11" t="s">
-        <v>835</v>
+        <v>861</v>
       </c>
       <c r="B349" s="10"/>
       <c r="C349" s="10"/>
       <c r="D349" s="12" t="s">
-        <v>836</v>
+        <v>862</v>
       </c>
       <c r="E349" s="10"/>
       <c r="F349" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G349" s="11" t="s">
-        <v>755</v>
-[...11 lines deleted...]
-      <c r="G351" s="8"/>
+        <v>389</v>
+      </c>
+    </row>
+    <row r="350" spans="1:16135">
+      <c r="A350" s="11" t="s">
+        <v>863</v>
+      </c>
+      <c r="B350" s="10"/>
+      <c r="C350" s="10"/>
+      <c r="D350" s="12" t="s">
+        <v>864</v>
+      </c>
+      <c r="E350" s="10"/>
+      <c r="F350" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G350" s="11" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="351" spans="1:16135">
+      <c r="A351" s="11">
+        <v>1001184</v>
+      </c>
+      <c r="B351" s="10"/>
+      <c r="C351" s="10"/>
+      <c r="D351" s="12" t="s">
+        <v>865</v>
+      </c>
+      <c r="E351" s="10"/>
+      <c r="F351" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G351" s="11" t="s">
+        <v>866</v>
+      </c>
     </row>
     <row r="352" spans="1:16135">
-      <c r="A352" s="11" t="s">
-        <v>838</v>
+      <c r="A352" s="11">
+        <v>1001066</v>
       </c>
       <c r="B352" s="10"/>
       <c r="C352" s="10"/>
       <c r="D352" s="12" t="s">
-        <v>839</v>
+        <v>867</v>
       </c>
       <c r="E352" s="10"/>
       <c r="F352" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G352" s="11" t="s">
-        <v>840</v>
+        <v>868</v>
       </c>
     </row>
     <row r="353" spans="1:16135">
       <c r="A353" s="11" t="s">
-        <v>841</v>
+        <v>869</v>
       </c>
       <c r="B353" s="10"/>
       <c r="C353" s="10"/>
       <c r="D353" s="12" t="s">
-        <v>842</v>
+        <v>870</v>
       </c>
       <c r="E353" s="10"/>
       <c r="F353" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G353" s="11" t="s">
-        <v>843</v>
+        <v>871</v>
       </c>
     </row>
     <row r="354" spans="1:16135">
-      <c r="A354" s="11" t="s">
-        <v>844</v>
+      <c r="A354" s="11">
+        <v>1001189</v>
       </c>
       <c r="B354" s="10"/>
       <c r="C354" s="10"/>
       <c r="D354" s="12" t="s">
-        <v>845</v>
+        <v>872</v>
       </c>
       <c r="E354" s="10"/>
       <c r="F354" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G354" s="11" t="s">
-        <v>846</v>
-[...45 lines deleted...]
-      </c>
+        <v>873</v>
+      </c>
+    </row>
+    <row r="355" spans="1:16135">
+      <c r="A355" s="11" t="s">
+        <v>874</v>
+      </c>
+      <c r="B355" s="10"/>
+      <c r="C355" s="10"/>
+      <c r="D355" s="12" t="s">
+        <v>875</v>
+      </c>
+      <c r="E355" s="10"/>
+      <c r="F355" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G355" s="11" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="356" spans="1:16135">
+      <c r="A356" s="11" t="s">
+        <v>877</v>
+      </c>
+      <c r="B356" s="10"/>
+      <c r="C356" s="10"/>
+      <c r="D356" s="12" t="s">
+        <v>878</v>
+      </c>
+      <c r="E356" s="10"/>
+      <c r="F356" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G356" s="11" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="358" spans="1:16135" customHeight="1" ht="60">
+      <c r="A358" s="2"/>
+      <c r="B358" s="2"/>
+      <c r="C358" s="2"/>
+      <c r="D358" s="9" t="s">
+        <v>880</v>
+      </c>
+      <c r="E358" s="8"/>
+      <c r="F358" s="8"/>
+      <c r="G358" s="8"/>
     </row>
     <row r="359" spans="1:16135">
       <c r="A359" s="11" t="s">
-        <v>853</v>
+        <v>881</v>
       </c>
       <c r="B359" s="10"/>
       <c r="C359" s="10"/>
       <c r="D359" s="12" t="s">
-        <v>854</v>
+        <v>882</v>
       </c>
       <c r="E359" s="10"/>
       <c r="F359" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G359" s="11" t="s">
-        <v>850</v>
+        <v>883</v>
       </c>
     </row>
     <row r="360" spans="1:16135">
       <c r="A360" s="11" t="s">
-        <v>855</v>
+        <v>884</v>
       </c>
       <c r="B360" s="10"/>
       <c r="C360" s="10"/>
       <c r="D360" s="12" t="s">
-        <v>856</v>
+        <v>885</v>
       </c>
       <c r="E360" s="10"/>
       <c r="F360" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G360" s="11" t="s">
-        <v>850</v>
+        <v>886</v>
       </c>
     </row>
     <row r="361" spans="1:16135">
       <c r="A361" s="11" t="s">
-        <v>857</v>
+        <v>887</v>
       </c>
       <c r="B361" s="10"/>
       <c r="C361" s="10"/>
       <c r="D361" s="12" t="s">
-        <v>858</v>
+        <v>888</v>
       </c>
       <c r="E361" s="10"/>
       <c r="F361" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G361" s="11" t="s">
-        <v>859</v>
+        <v>886</v>
       </c>
     </row>
     <row r="362" spans="1:16135">
       <c r="A362" s="11" t="s">
-        <v>860</v>
+        <v>889</v>
       </c>
       <c r="B362" s="10"/>
       <c r="C362" s="10"/>
       <c r="D362" s="12" t="s">
-        <v>861</v>
+        <v>890</v>
       </c>
       <c r="E362" s="10"/>
       <c r="F362" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G362" s="11" t="s">
-        <v>859</v>
+        <v>876</v>
       </c>
     </row>
     <row r="363" spans="1:16135">
       <c r="A363" s="11" t="s">
-        <v>862</v>
+        <v>891</v>
       </c>
       <c r="B363" s="10"/>
       <c r="C363" s="10"/>
       <c r="D363" s="12" t="s">
-        <v>863</v>
+        <v>892</v>
       </c>
       <c r="E363" s="10"/>
       <c r="F363" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G363" s="11" t="s">
-        <v>864</v>
+        <v>893</v>
       </c>
     </row>
     <row r="364" spans="1:16135">
       <c r="A364" s="11" t="s">
-        <v>865</v>
+        <v>894</v>
       </c>
       <c r="B364" s="10"/>
       <c r="C364" s="10"/>
       <c r="D364" s="12" t="s">
-        <v>866</v>
+        <v>895</v>
       </c>
       <c r="E364" s="10"/>
       <c r="F364" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G364" s="11" t="s">
-        <v>405</v>
+        <v>896</v>
       </c>
     </row>
     <row r="365" spans="1:16135">
       <c r="A365" s="11" t="s">
-        <v>867</v>
+        <v>897</v>
       </c>
       <c r="B365" s="10"/>
       <c r="C365" s="10"/>
       <c r="D365" s="12" t="s">
-        <v>868</v>
+        <v>898</v>
       </c>
       <c r="E365" s="10"/>
       <c r="F365" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G365" s="11" t="s">
-        <v>869</v>
+        <v>899</v>
       </c>
     </row>
     <row r="366" spans="1:16135">
       <c r="A366" s="11" t="s">
-        <v>870</v>
+        <v>900</v>
       </c>
       <c r="B366" s="10"/>
       <c r="C366" s="10"/>
       <c r="D366" s="12" t="s">
-        <v>871</v>
+        <v>901</v>
       </c>
       <c r="E366" s="10"/>
       <c r="F366" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G366" s="11" t="s">
-        <v>598</v>
+        <v>902</v>
       </c>
     </row>
     <row r="367" spans="1:16135">
       <c r="A367" s="11" t="s">
-        <v>872</v>
+        <v>903</v>
       </c>
       <c r="B367" s="10"/>
       <c r="C367" s="10"/>
       <c r="D367" s="12" t="s">
-        <v>873</v>
+        <v>904</v>
       </c>
       <c r="E367" s="10"/>
       <c r="F367" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G367" s="11" t="s">
-        <v>408</v>
+        <v>905</v>
       </c>
     </row>
     <row r="368" spans="1:16135">
       <c r="A368" s="11" t="s">
-        <v>874</v>
+        <v>906</v>
       </c>
       <c r="B368" s="10"/>
       <c r="C368" s="10"/>
       <c r="D368" s="12" t="s">
-        <v>875</v>
+        <v>907</v>
       </c>
       <c r="E368" s="10"/>
       <c r="F368" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G368" s="11" t="s">
-        <v>876</v>
+        <v>908</v>
       </c>
     </row>
     <row r="369" spans="1:16135">
       <c r="A369" s="11" t="s">
-        <v>877</v>
+        <v>909</v>
       </c>
       <c r="B369" s="10"/>
       <c r="C369" s="10"/>
       <c r="D369" s="12" t="s">
-        <v>878</v>
+        <v>910</v>
       </c>
       <c r="E369" s="10"/>
       <c r="F369" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G369" s="11" t="s">
-        <v>876</v>
+        <v>911</v>
       </c>
     </row>
     <row r="370" spans="1:16135">
       <c r="A370" s="11" t="s">
-        <v>879</v>
+        <v>912</v>
       </c>
       <c r="B370" s="10"/>
       <c r="C370" s="10"/>
       <c r="D370" s="12" t="s">
-        <v>880</v>
+        <v>913</v>
       </c>
       <c r="E370" s="10"/>
       <c r="F370" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G370" s="11" t="s">
-        <v>881</v>
+        <v>914</v>
       </c>
     </row>
     <row r="371" spans="1:16135">
       <c r="A371" s="11" t="s">
-        <v>882</v>
+        <v>915</v>
       </c>
       <c r="B371" s="10"/>
       <c r="C371" s="10"/>
       <c r="D371" s="12" t="s">
-        <v>883</v>
+        <v>916</v>
       </c>
       <c r="E371" s="10"/>
       <c r="F371" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G371" s="11" t="s">
-        <v>884</v>
+        <v>917</v>
       </c>
     </row>
     <row r="372" spans="1:16135">
       <c r="A372" s="11" t="s">
-        <v>885</v>
+        <v>918</v>
       </c>
       <c r="B372" s="10"/>
       <c r="C372" s="10"/>
       <c r="D372" s="12" t="s">
-        <v>886</v>
+        <v>919</v>
       </c>
       <c r="E372" s="10"/>
       <c r="F372" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G372" s="11" t="s">
-        <v>380</v>
+        <v>920</v>
       </c>
     </row>
     <row r="373" spans="1:16135">
       <c r="A373" s="11" t="s">
-        <v>887</v>
+        <v>921</v>
       </c>
       <c r="B373" s="10"/>
       <c r="C373" s="10"/>
       <c r="D373" s="12" t="s">
-        <v>888</v>
+        <v>922</v>
       </c>
       <c r="E373" s="10"/>
       <c r="F373" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G373" s="11" t="s">
-        <v>889</v>
+        <v>775</v>
       </c>
     </row>
     <row r="374" spans="1:16135">
-      <c r="A374" s="11" t="s">
-        <v>890</v>
+      <c r="A374" s="11">
+        <v>1002000</v>
       </c>
       <c r="B374" s="10"/>
       <c r="C374" s="10"/>
       <c r="D374" s="12" t="s">
-        <v>891</v>
+        <v>923</v>
       </c>
       <c r="E374" s="10"/>
       <c r="F374" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G374" s="11" t="s">
-        <v>892</v>
+        <v>413</v>
       </c>
     </row>
     <row r="375" spans="1:16135">
       <c r="A375" s="11" t="s">
-        <v>893</v>
+        <v>924</v>
       </c>
       <c r="B375" s="10"/>
       <c r="C375" s="10"/>
       <c r="D375" s="12" t="s">
-        <v>894</v>
+        <v>925</v>
       </c>
       <c r="E375" s="10"/>
       <c r="F375" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G375" s="11" t="s">
-        <v>300</v>
+        <v>775</v>
       </c>
     </row>
     <row r="376" spans="1:16135">
       <c r="A376" s="11" t="s">
-        <v>895</v>
+        <v>926</v>
       </c>
       <c r="B376" s="10"/>
       <c r="C376" s="10"/>
       <c r="D376" s="12" t="s">
-        <v>896</v>
+        <v>927</v>
       </c>
       <c r="E376" s="10"/>
       <c r="F376" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G376" s="11" t="s">
-        <v>897</v>
+        <v>928</v>
       </c>
     </row>
     <row r="377" spans="1:16135">
-      <c r="A377" s="11" t="s">
-        <v>898</v>
+      <c r="A377" s="11">
+        <v>1002729</v>
       </c>
       <c r="B377" s="10"/>
       <c r="C377" s="10"/>
       <c r="D377" s="12" t="s">
-        <v>899</v>
+        <v>929</v>
       </c>
       <c r="E377" s="10"/>
       <c r="F377" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G377" s="11" t="s">
-        <v>900</v>
+        <v>930</v>
       </c>
     </row>
     <row r="378" spans="1:16135">
-      <c r="A378" s="11" t="s">
-        <v>901</v>
+      <c r="A378" s="11">
+        <v>1002728</v>
       </c>
       <c r="B378" s="10"/>
       <c r="C378" s="10"/>
       <c r="D378" s="12" t="s">
-        <v>902</v>
+        <v>931</v>
       </c>
       <c r="E378" s="10"/>
       <c r="F378" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G378" s="11" t="s">
-        <v>903</v>
+        <v>930</v>
       </c>
     </row>
     <row r="379" spans="1:16135">
-      <c r="A379" s="11" t="s">
-        <v>904</v>
+      <c r="A379" s="11">
+        <v>1002002</v>
       </c>
       <c r="B379" s="10"/>
       <c r="C379" s="10"/>
       <c r="D379" s="12" t="s">
-        <v>905</v>
+        <v>932</v>
       </c>
       <c r="E379" s="10"/>
       <c r="F379" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G379" s="11" t="s">
-        <v>906</v>
+        <v>930</v>
       </c>
     </row>
     <row r="380" spans="1:16135">
-      <c r="A380" s="11" t="s">
-        <v>907</v>
+      <c r="A380" s="11">
+        <v>1002733</v>
       </c>
       <c r="B380" s="10"/>
       <c r="C380" s="10"/>
       <c r="D380" s="12" t="s">
-        <v>908</v>
+        <v>933</v>
       </c>
       <c r="E380" s="10"/>
       <c r="F380" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G380" s="11" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
     </row>
     <row r="381" spans="1:16135">
       <c r="A381" s="11" t="s">
-        <v>909</v>
+        <v>934</v>
       </c>
       <c r="B381" s="10"/>
       <c r="C381" s="10"/>
       <c r="D381" s="12" t="s">
-        <v>910</v>
+        <v>935</v>
       </c>
       <c r="E381" s="10"/>
       <c r="F381" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G381" s="11" t="s">
-        <v>911</v>
+        <v>936</v>
       </c>
     </row>
     <row r="382" spans="1:16135">
-      <c r="A382" s="11" t="s">
-        <v>912</v>
+      <c r="A382" s="11">
+        <v>1002732</v>
       </c>
       <c r="B382" s="10"/>
       <c r="C382" s="10"/>
       <c r="D382" s="12" t="s">
-        <v>913</v>
+        <v>937</v>
       </c>
       <c r="E382" s="10"/>
       <c r="F382" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G382" s="11" t="s">
-        <v>914</v>
+        <v>938</v>
       </c>
     </row>
     <row r="383" spans="1:16135">
       <c r="A383" s="11" t="s">
-        <v>915</v>
+        <v>939</v>
       </c>
       <c r="B383" s="10"/>
       <c r="C383" s="10"/>
       <c r="D383" s="12" t="s">
-        <v>916</v>
+        <v>940</v>
       </c>
       <c r="E383" s="10"/>
       <c r="F383" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G383" s="11" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
     </row>
     <row r="384" spans="1:16135">
       <c r="A384" s="11" t="s">
-        <v>918</v>
+        <v>941</v>
       </c>
       <c r="B384" s="10"/>
       <c r="C384" s="10"/>
       <c r="D384" s="12" t="s">
-        <v>919</v>
+        <v>942</v>
       </c>
       <c r="E384" s="10"/>
       <c r="F384" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G384" s="11" t="s">
-        <v>920</v>
+        <v>943</v>
       </c>
     </row>
     <row r="385" spans="1:16135">
       <c r="A385" s="11" t="s">
-        <v>921</v>
+        <v>944</v>
       </c>
       <c r="B385" s="10"/>
       <c r="C385" s="10"/>
       <c r="D385" s="12" t="s">
-        <v>922</v>
+        <v>945</v>
       </c>
       <c r="E385" s="10"/>
       <c r="F385" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G385" s="11" t="s">
-        <v>517</v>
+        <v>914</v>
       </c>
     </row>
     <row r="386" spans="1:16135">
-      <c r="A386" s="11" t="s">
-        <v>923</v>
+      <c r="A386" s="11">
+        <v>1002743</v>
       </c>
       <c r="B386" s="10"/>
       <c r="C386" s="10"/>
       <c r="D386" s="12" t="s">
-        <v>924</v>
+        <v>946</v>
       </c>
       <c r="E386" s="10"/>
       <c r="F386" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G386" s="11" t="s">
-        <v>517</v>
+        <v>947</v>
       </c>
     </row>
     <row r="387" spans="1:16135">
       <c r="A387" s="11" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B387" s="10"/>
       <c r="C387" s="10"/>
       <c r="D387" s="12" t="s">
-        <v>926</v>
+        <v>949</v>
       </c>
       <c r="E387" s="10"/>
       <c r="F387" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G387" s="11" t="s">
-        <v>927</v>
+        <v>950</v>
       </c>
     </row>
     <row r="388" spans="1:16135">
-      <c r="A388" s="11" t="s">
-        <v>928</v>
+      <c r="A388" s="11">
+        <v>1002742</v>
       </c>
       <c r="B388" s="10"/>
       <c r="C388" s="10"/>
       <c r="D388" s="12" t="s">
-        <v>929</v>
+        <v>951</v>
       </c>
       <c r="E388" s="10"/>
       <c r="F388" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G388" s="11" t="s">
-        <v>927</v>
+        <v>947</v>
       </c>
     </row>
     <row r="389" spans="1:16135">
       <c r="A389" s="11" t="s">
-        <v>930</v>
+        <v>952</v>
       </c>
       <c r="B389" s="10"/>
       <c r="C389" s="10"/>
       <c r="D389" s="12" t="s">
-        <v>931</v>
+        <v>953</v>
       </c>
       <c r="E389" s="10"/>
       <c r="F389" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G389" s="11" t="s">
-        <v>932</v>
-[...11 lines deleted...]
-      <c r="G391" s="8"/>
+        <v>876</v>
+      </c>
+    </row>
+    <row r="390" spans="1:16135">
+      <c r="A390" s="11" t="s">
+        <v>954</v>
+      </c>
+      <c r="B390" s="10"/>
+      <c r="C390" s="10"/>
+      <c r="D390" s="12" t="s">
+        <v>955</v>
+      </c>
+      <c r="E390" s="10"/>
+      <c r="F390" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G390" s="11" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="391" spans="1:16135">
+      <c r="A391" s="11">
+        <v>1002753</v>
+      </c>
+      <c r="B391" s="10"/>
+      <c r="C391" s="10"/>
+      <c r="D391" s="12" t="s">
+        <v>956</v>
+      </c>
+      <c r="E391" s="10"/>
+      <c r="F391" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G391" s="11" t="s">
+        <v>957</v>
+      </c>
     </row>
     <row r="392" spans="1:16135">
       <c r="A392" s="11" t="s">
-        <v>934</v>
+        <v>958</v>
       </c>
       <c r="B392" s="10"/>
       <c r="C392" s="10"/>
       <c r="D392" s="12" t="s">
-        <v>935</v>
+        <v>959</v>
       </c>
       <c r="E392" s="10"/>
       <c r="F392" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G392" s="11" t="s">
-        <v>936</v>
+        <v>960</v>
       </c>
     </row>
     <row r="393" spans="1:16135">
       <c r="A393" s="11" t="s">
-        <v>937</v>
+        <v>961</v>
       </c>
       <c r="B393" s="10"/>
       <c r="C393" s="10"/>
       <c r="D393" s="12" t="s">
-        <v>938</v>
+        <v>962</v>
       </c>
       <c r="E393" s="10"/>
       <c r="F393" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G393" s="11" t="s">
-        <v>939</v>
+        <v>963</v>
       </c>
     </row>
     <row r="394" spans="1:16135">
-      <c r="A394" s="11" t="s">
-        <v>940</v>
+      <c r="A394" s="11">
+        <v>1002754</v>
       </c>
       <c r="B394" s="10"/>
       <c r="C394" s="10"/>
       <c r="D394" s="12" t="s">
-        <v>941</v>
+        <v>964</v>
       </c>
       <c r="E394" s="10"/>
       <c r="F394" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G394" s="11" t="s">
-        <v>942</v>
+        <v>965</v>
       </c>
     </row>
     <row r="395" spans="1:16135">
       <c r="A395" s="11" t="s">
-        <v>943</v>
+        <v>966</v>
       </c>
       <c r="B395" s="10"/>
       <c r="C395" s="10"/>
       <c r="D395" s="12" t="s">
-        <v>944</v>
+        <v>967</v>
       </c>
       <c r="E395" s="10"/>
       <c r="F395" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G395" s="11" t="s">
-        <v>945</v>
+        <v>968</v>
       </c>
     </row>
     <row r="396" spans="1:16135">
-      <c r="A396" s="11" t="s">
-        <v>946</v>
+      <c r="A396" s="11">
+        <v>1002763</v>
       </c>
       <c r="B396" s="10"/>
       <c r="C396" s="10"/>
       <c r="D396" s="12" t="s">
-        <v>947</v>
+        <v>969</v>
       </c>
       <c r="E396" s="10"/>
       <c r="F396" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G396" s="11" t="s">
-        <v>948</v>
-[...11 lines deleted...]
-      <c r="G398" s="8"/>
+        <v>970</v>
+      </c>
+    </row>
+    <row r="397" spans="1:16135">
+      <c r="A397" s="11" t="s">
+        <v>971</v>
+      </c>
+      <c r="B397" s="10"/>
+      <c r="C397" s="10"/>
+      <c r="D397" s="12" t="s">
+        <v>972</v>
+      </c>
+      <c r="E397" s="10"/>
+      <c r="F397" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G397" s="11" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="398" spans="1:16135">
+      <c r="A398" s="11" t="s">
+        <v>974</v>
+      </c>
+      <c r="B398" s="10"/>
+      <c r="C398" s="10"/>
+      <c r="D398" s="12" t="s">
+        <v>975</v>
+      </c>
+      <c r="E398" s="10"/>
+      <c r="F398" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G398" s="11" t="s">
+        <v>973</v>
+      </c>
     </row>
     <row r="399" spans="1:16135">
-      <c r="A399" s="11" t="s">
-        <v>950</v>
+      <c r="A399" s="11">
+        <v>1002761</v>
       </c>
       <c r="B399" s="10"/>
       <c r="C399" s="10"/>
       <c r="D399" s="12" t="s">
-        <v>951</v>
+        <v>976</v>
       </c>
       <c r="E399" s="10"/>
       <c r="F399" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G399" s="11" t="s">
-        <v>952</v>
+        <v>977</v>
       </c>
     </row>
     <row r="400" spans="1:16135">
-      <c r="A400" s="11" t="s">
-        <v>953</v>
+      <c r="A400" s="11">
+        <v>1002765</v>
       </c>
       <c r="B400" s="10"/>
       <c r="C400" s="10"/>
       <c r="D400" s="12" t="s">
-        <v>954</v>
+        <v>978</v>
       </c>
       <c r="E400" s="10"/>
       <c r="F400" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G400" s="11" t="s">
-        <v>955</v>
+        <v>979</v>
       </c>
     </row>
     <row r="401" spans="1:16135">
       <c r="A401" s="11" t="s">
-        <v>956</v>
+        <v>980</v>
       </c>
       <c r="B401" s="10"/>
       <c r="C401" s="10"/>
       <c r="D401" s="12" t="s">
-        <v>957</v>
+        <v>981</v>
       </c>
       <c r="E401" s="10"/>
       <c r="F401" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G401" s="11" t="s">
-        <v>958</v>
+        <v>905</v>
       </c>
     </row>
     <row r="402" spans="1:16135">
       <c r="A402" s="11">
-        <v>1001331</v>
+        <v>1002766</v>
       </c>
       <c r="B402" s="10"/>
       <c r="C402" s="10"/>
       <c r="D402" s="12" t="s">
-        <v>959</v>
+        <v>982</v>
       </c>
       <c r="E402" s="10"/>
       <c r="F402" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G402" s="11" t="s">
-        <v>960</v>
+        <v>983</v>
       </c>
     </row>
     <row r="403" spans="1:16135">
       <c r="A403" s="11" t="s">
-        <v>961</v>
+        <v>984</v>
       </c>
       <c r="B403" s="10"/>
       <c r="C403" s="10"/>
       <c r="D403" s="12" t="s">
-        <v>962</v>
+        <v>985</v>
       </c>
       <c r="E403" s="10"/>
       <c r="F403" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G403" s="11" t="s">
-        <v>963</v>
+        <v>908</v>
       </c>
     </row>
     <row r="404" spans="1:16135">
       <c r="A404" s="11" t="s">
-        <v>964</v>
+        <v>986</v>
       </c>
       <c r="B404" s="10"/>
       <c r="C404" s="10"/>
       <c r="D404" s="12" t="s">
-        <v>965</v>
+        <v>987</v>
       </c>
       <c r="E404" s="10"/>
       <c r="F404" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G404" s="11" t="s">
-        <v>966</v>
+        <v>908</v>
       </c>
     </row>
     <row r="405" spans="1:16135">
       <c r="A405" s="11" t="s">
-        <v>967</v>
+        <v>988</v>
       </c>
       <c r="B405" s="10"/>
       <c r="C405" s="10"/>
       <c r="D405" s="12" t="s">
-        <v>968</v>
+        <v>989</v>
       </c>
       <c r="E405" s="10"/>
       <c r="F405" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G405" s="11" t="s">
-        <v>969</v>
-[...34 lines deleted...]
-      </c>
+        <v>908</v>
+      </c>
+    </row>
+    <row r="407" spans="1:16135" customHeight="1" ht="60">
+      <c r="A407" s="2"/>
+      <c r="B407" s="2"/>
+      <c r="C407" s="2"/>
+      <c r="D407" s="9" t="s">
+        <v>990</v>
+      </c>
+      <c r="E407" s="8"/>
+      <c r="F407" s="8"/>
+      <c r="G407" s="8"/>
     </row>
     <row r="408" spans="1:16135">
       <c r="A408" s="11" t="s">
-        <v>976</v>
+        <v>991</v>
       </c>
       <c r="B408" s="10"/>
       <c r="C408" s="10"/>
       <c r="D408" s="12" t="s">
-        <v>977</v>
+        <v>992</v>
       </c>
       <c r="E408" s="10"/>
       <c r="F408" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G408" s="11" t="s">
-        <v>972</v>
+        <v>993</v>
       </c>
     </row>
     <row r="409" spans="1:16135">
       <c r="A409" s="11" t="s">
-        <v>978</v>
+        <v>994</v>
       </c>
       <c r="B409" s="10"/>
       <c r="C409" s="10"/>
       <c r="D409" s="12" t="s">
-        <v>979</v>
+        <v>995</v>
       </c>
       <c r="E409" s="10"/>
       <c r="F409" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G409" s="11" t="s">
-        <v>980</v>
+        <v>996</v>
       </c>
     </row>
     <row r="410" spans="1:16135">
       <c r="A410" s="11" t="s">
-        <v>981</v>
+        <v>997</v>
       </c>
       <c r="B410" s="10"/>
       <c r="C410" s="10"/>
       <c r="D410" s="12" t="s">
-        <v>982</v>
+        <v>998</v>
       </c>
       <c r="E410" s="10"/>
       <c r="F410" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G410" s="11" t="s">
-        <v>983</v>
-[...34 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+    </row>
+    <row r="412" spans="1:16135" customHeight="1" ht="60">
+      <c r="A412" s="2"/>
+      <c r="B412" s="2"/>
+      <c r="C412" s="2"/>
+      <c r="D412" s="9" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E412" s="8"/>
+      <c r="F412" s="8"/>
+      <c r="G412" s="8"/>
     </row>
     <row r="413" spans="1:16135">
       <c r="A413" s="11" t="s">
-        <v>990</v>
+        <v>1001</v>
       </c>
       <c r="B413" s="10"/>
       <c r="C413" s="10"/>
       <c r="D413" s="12" t="s">
-        <v>991</v>
+        <v>1002</v>
       </c>
       <c r="E413" s="10"/>
       <c r="F413" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G413" s="11" t="s">
-        <v>992</v>
+        <v>421</v>
       </c>
     </row>
     <row r="414" spans="1:16135">
       <c r="A414" s="11" t="s">
-        <v>993</v>
+        <v>1003</v>
       </c>
       <c r="B414" s="10"/>
       <c r="C414" s="10"/>
       <c r="D414" s="12" t="s">
-        <v>994</v>
+        <v>1004</v>
       </c>
       <c r="E414" s="10"/>
       <c r="F414" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G414" s="11" t="s">
-        <v>995</v>
+        <v>421</v>
       </c>
     </row>
     <row r="415" spans="1:16135">
       <c r="A415" s="11" t="s">
-        <v>996</v>
+        <v>1005</v>
       </c>
       <c r="B415" s="10"/>
       <c r="C415" s="10"/>
       <c r="D415" s="12" t="s">
-        <v>997</v>
+        <v>1006</v>
       </c>
       <c r="E415" s="10"/>
       <c r="F415" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G415" s="11" t="s">
-        <v>998</v>
+        <v>421</v>
       </c>
     </row>
     <row r="416" spans="1:16135">
-      <c r="A416" s="11">
-        <v>1001103</v>
+      <c r="A416" s="11" t="s">
+        <v>1007</v>
       </c>
       <c r="B416" s="10"/>
       <c r="C416" s="10"/>
       <c r="D416" s="12" t="s">
-        <v>999</v>
+        <v>1008</v>
       </c>
       <c r="E416" s="10"/>
       <c r="F416" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G416" s="11" t="s">
-        <v>1000</v>
+        <v>421</v>
       </c>
     </row>
     <row r="417" spans="1:16135">
       <c r="A417" s="11" t="s">
-        <v>1001</v>
+        <v>1009</v>
       </c>
       <c r="B417" s="10"/>
       <c r="C417" s="10"/>
       <c r="D417" s="12" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="E417" s="10"/>
       <c r="F417" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G417" s="11" t="s">
-        <v>398</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="418" spans="1:16135">
       <c r="A418" s="11" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
       <c r="B418" s="10"/>
       <c r="C418" s="10"/>
       <c r="D418" s="12" t="s">
-        <v>1004</v>
+        <v>1013</v>
       </c>
       <c r="E418" s="10"/>
       <c r="F418" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G418" s="11" t="s">
-        <v>398</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="419" spans="1:16135">
       <c r="A419" s="11" t="s">
-        <v>1005</v>
+        <v>1014</v>
       </c>
       <c r="B419" s="10"/>
       <c r="C419" s="10"/>
       <c r="D419" s="12" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
       <c r="E419" s="10"/>
       <c r="F419" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G419" s="11" t="s">
-        <v>1007</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="420" spans="1:16135">
-      <c r="A420" s="11">
-        <v>1001322</v>
+      <c r="A420" s="11" t="s">
+        <v>1017</v>
       </c>
       <c r="B420" s="10"/>
       <c r="C420" s="10"/>
       <c r="D420" s="12" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="E420" s="10"/>
       <c r="F420" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G420" s="11" t="s">
-        <v>1009</v>
+        <v>530</v>
       </c>
     </row>
     <row r="421" spans="1:16135">
-      <c r="A421" s="11">
-        <v>1001104</v>
+      <c r="A421" s="11" t="s">
+        <v>1019</v>
       </c>
       <c r="B421" s="10"/>
       <c r="C421" s="10"/>
       <c r="D421" s="12" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="E421" s="10"/>
       <c r="F421" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G421" s="11" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="422" spans="1:16135">
       <c r="A422" s="11" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="B422" s="10"/>
       <c r="C422" s="10"/>
       <c r="D422" s="12" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="E422" s="10"/>
       <c r="F422" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G422" s="11" t="s">
-        <v>850</v>
+        <v>733</v>
       </c>
     </row>
     <row r="423" spans="1:16135">
       <c r="A423" s="11" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="B423" s="10"/>
       <c r="C423" s="10"/>
       <c r="D423" s="12" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="E423" s="10"/>
       <c r="F423" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G423" s="11" t="s">
-        <v>1016</v>
+        <v>533</v>
       </c>
     </row>
     <row r="424" spans="1:16135">
       <c r="A424" s="11" t="s">
-        <v>1017</v>
+        <v>1026</v>
       </c>
       <c r="B424" s="10"/>
       <c r="C424" s="10"/>
       <c r="D424" s="12" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="E424" s="10"/>
       <c r="F424" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G424" s="11" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="425" spans="1:16135">
-      <c r="A425" s="11">
-        <v>1001324</v>
+      <c r="A425" s="11" t="s">
+        <v>1029</v>
       </c>
       <c r="B425" s="10"/>
       <c r="C425" s="10"/>
       <c r="D425" s="12" t="s">
-        <v>1020</v>
+        <v>1030</v>
       </c>
       <c r="E425" s="10"/>
       <c r="F425" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G425" s="11" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="426" spans="1:16135">
       <c r="A426" s="11" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="B426" s="10"/>
       <c r="C426" s="10"/>
       <c r="D426" s="12" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="E426" s="10"/>
       <c r="F426" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G426" s="11" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="427" spans="1:16135">
       <c r="A427" s="11" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="B427" s="10"/>
       <c r="C427" s="10"/>
       <c r="D427" s="12" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="E427" s="10"/>
       <c r="F427" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G427" s="11" t="s">
-        <v>1024</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="428" spans="1:16135">
       <c r="A428" s="11" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="B428" s="10"/>
       <c r="C428" s="10"/>
       <c r="D428" s="12" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="E428" s="10"/>
       <c r="F428" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G428" s="11" t="s">
-        <v>1029</v>
+        <v>503</v>
       </c>
     </row>
     <row r="429" spans="1:16135">
       <c r="A429" s="11" t="s">
-        <v>1030</v>
+        <v>1039</v>
       </c>
       <c r="B429" s="10"/>
       <c r="C429" s="10"/>
       <c r="D429" s="12" t="s">
-        <v>1031</v>
+        <v>1040</v>
       </c>
       <c r="E429" s="10"/>
       <c r="F429" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G429" s="11" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="430" spans="1:16135">
       <c r="A430" s="11" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="B430" s="10"/>
       <c r="C430" s="10"/>
       <c r="D430" s="12" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="E430" s="10"/>
       <c r="F430" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G430" s="11" t="s">
-        <v>1024</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="431" spans="1:16135">
-      <c r="A431" s="11">
-        <v>1001326</v>
+      <c r="A431" s="11" t="s">
+        <v>1045</v>
       </c>
       <c r="B431" s="10"/>
       <c r="C431" s="10"/>
       <c r="D431" s="12" t="s">
-        <v>1035</v>
+        <v>1046</v>
       </c>
       <c r="E431" s="10"/>
       <c r="F431" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G431" s="11" t="s">
-        <v>1036</v>
+        <v>403</v>
       </c>
     </row>
     <row r="432" spans="1:16135">
-      <c r="A432" s="11">
-        <v>1001327</v>
+      <c r="A432" s="11" t="s">
+        <v>1047</v>
       </c>
       <c r="B432" s="10"/>
       <c r="C432" s="10"/>
       <c r="D432" s="12" t="s">
-        <v>1037</v>
+        <v>1048</v>
       </c>
       <c r="E432" s="10"/>
       <c r="F432" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G432" s="11" t="s">
-        <v>1038</v>
+        <v>400</v>
       </c>
     </row>
     <row r="433" spans="1:16135">
-      <c r="A433" s="11">
-        <v>1001106</v>
+      <c r="A433" s="11" t="s">
+        <v>1049</v>
       </c>
       <c r="B433" s="10"/>
       <c r="C433" s="10"/>
       <c r="D433" s="12" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
       <c r="E433" s="10"/>
       <c r="F433" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G433" s="11" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="434" spans="1:16135">
       <c r="A434" s="11" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
       <c r="B434" s="10"/>
       <c r="C434" s="10"/>
       <c r="D434" s="12" t="s">
-        <v>1042</v>
+        <v>1053</v>
       </c>
       <c r="E434" s="10"/>
       <c r="F434" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G434" s="11" t="s">
-        <v>1043</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="435" spans="1:16135">
       <c r="A435" s="11" t="s">
-        <v>1044</v>
+        <v>1055</v>
       </c>
       <c r="B435" s="10"/>
       <c r="C435" s="10"/>
       <c r="D435" s="12" t="s">
-        <v>1045</v>
+        <v>1056</v>
       </c>
       <c r="E435" s="10"/>
       <c r="F435" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G435" s="11" t="s">
-        <v>1046</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="436" spans="1:16135">
       <c r="A436" s="11" t="s">
-        <v>1047</v>
+        <v>1058</v>
       </c>
       <c r="B436" s="10"/>
       <c r="C436" s="10"/>
       <c r="D436" s="12" t="s">
-        <v>1048</v>
+        <v>1059</v>
       </c>
       <c r="E436" s="10"/>
       <c r="F436" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G436" s="11" t="s">
-        <v>1049</v>
+        <v>530</v>
       </c>
     </row>
     <row r="437" spans="1:16135">
-      <c r="A437" s="11">
-        <v>1001107</v>
+      <c r="A437" s="11" t="s">
+        <v>1060</v>
       </c>
       <c r="B437" s="10"/>
       <c r="C437" s="10"/>
       <c r="D437" s="12" t="s">
-        <v>1050</v>
+        <v>1061</v>
       </c>
       <c r="E437" s="10"/>
       <c r="F437" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G437" s="11" t="s">
-        <v>1051</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="438" spans="1:16135">
-      <c r="A438" s="11">
-        <v>1001329</v>
+      <c r="A438" s="11" t="s">
+        <v>1063</v>
       </c>
       <c r="B438" s="10"/>
       <c r="C438" s="10"/>
       <c r="D438" s="12" t="s">
-        <v>1052</v>
+        <v>1064</v>
       </c>
       <c r="E438" s="10"/>
       <c r="F438" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G438" s="11" t="s">
-        <v>1053</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="439" spans="1:16135">
       <c r="A439" s="11" t="s">
-        <v>1054</v>
+        <v>1066</v>
       </c>
       <c r="B439" s="10"/>
       <c r="C439" s="10"/>
       <c r="D439" s="12" t="s">
-        <v>1055</v>
+        <v>1067</v>
       </c>
       <c r="E439" s="10"/>
       <c r="F439" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G439" s="11" t="s">
-        <v>1056</v>
+        <v>450</v>
       </c>
     </row>
     <row r="440" spans="1:16135">
       <c r="A440" s="11" t="s">
-        <v>1057</v>
+        <v>1068</v>
       </c>
       <c r="B440" s="10"/>
       <c r="C440" s="10"/>
       <c r="D440" s="12" t="s">
-        <v>1058</v>
+        <v>1069</v>
       </c>
       <c r="E440" s="10"/>
       <c r="F440" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G440" s="11" t="s">
-        <v>1059</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="441" spans="1:16135">
       <c r="A441" s="11" t="s">
-        <v>1060</v>
+        <v>1071</v>
       </c>
       <c r="B441" s="10"/>
       <c r="C441" s="10"/>
       <c r="D441" s="12" t="s">
-        <v>1061</v>
+        <v>1072</v>
       </c>
       <c r="E441" s="10"/>
       <c r="F441" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G441" s="11" t="s">
-        <v>1062</v>
-[...11 lines deleted...]
-      <c r="G443" s="8"/>
+        <v>647</v>
+      </c>
+    </row>
+    <row r="442" spans="1:16135">
+      <c r="A442" s="11" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B442" s="10"/>
+      <c r="C442" s="10"/>
+      <c r="D442" s="12" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E442" s="10"/>
+      <c r="F442" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G442" s="11" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="443" spans="1:16135">
+      <c r="A443" s="11" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B443" s="10"/>
+      <c r="C443" s="10"/>
+      <c r="D443" s="12" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E443" s="10"/>
+      <c r="F443" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G443" s="11" t="s">
+        <v>1077</v>
+      </c>
     </row>
     <row r="444" spans="1:16135">
-      <c r="A444" s="11">
-        <v>7611000</v>
+      <c r="A444" s="11" t="s">
+        <v>1078</v>
       </c>
       <c r="B444" s="10"/>
       <c r="C444" s="10"/>
       <c r="D444" s="12" t="s">
-        <v>1064</v>
+        <v>1079</v>
       </c>
       <c r="E444" s="10"/>
       <c r="F444" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G444" s="11" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="445" spans="1:16135">
-      <c r="A445" s="11">
-        <v>815119</v>
+      <c r="A445" s="11" t="s">
+        <v>1080</v>
       </c>
       <c r="B445" s="10"/>
       <c r="C445" s="10"/>
       <c r="D445" s="12" t="s">
-        <v>1066</v>
+        <v>1081</v>
       </c>
       <c r="E445" s="10"/>
       <c r="F445" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G445" s="11" t="s">
-        <v>1067</v>
-[...34 lines deleted...]
-      </c>
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="447" spans="1:16135" customHeight="1" ht="60">
+      <c r="A447" s="2"/>
+      <c r="B447" s="2"/>
+      <c r="C447" s="2"/>
+      <c r="D447" s="9" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E447" s="8"/>
+      <c r="F447" s="8"/>
+      <c r="G447" s="8"/>
     </row>
     <row r="448" spans="1:16135">
-      <c r="A448" s="11">
-        <v>18462</v>
+      <c r="A448" s="11" t="s">
+        <v>1084</v>
       </c>
       <c r="B448" s="10"/>
       <c r="C448" s="10"/>
       <c r="D448" s="12" t="s">
-        <v>1072</v>
+        <v>1085</v>
       </c>
       <c r="E448" s="10"/>
       <c r="F448" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G448" s="11" t="s">
-        <v>1073</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="449" spans="1:16135">
-      <c r="A449" s="11">
-        <v>6307872</v>
+      <c r="A449" s="11" t="s">
+        <v>1087</v>
       </c>
       <c r="B449" s="10"/>
       <c r="C449" s="10"/>
       <c r="D449" s="12" t="s">
-        <v>1074</v>
+        <v>1088</v>
       </c>
       <c r="E449" s="10"/>
       <c r="F449" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G449" s="11" t="s">
-        <v>1075</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="450" spans="1:16135">
       <c r="A450" s="11" t="s">
-        <v>1076</v>
+        <v>1090</v>
       </c>
       <c r="B450" s="10"/>
       <c r="C450" s="10"/>
       <c r="D450" s="12" t="s">
-        <v>1077</v>
+        <v>1091</v>
       </c>
       <c r="E450" s="10"/>
       <c r="F450" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G450" s="11" t="s">
-        <v>1078</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="451" spans="1:16135">
       <c r="A451" s="11" t="s">
-        <v>1079</v>
+        <v>1093</v>
       </c>
       <c r="B451" s="10"/>
       <c r="C451" s="10"/>
       <c r="D451" s="12" t="s">
-        <v>1080</v>
+        <v>1094</v>
       </c>
       <c r="E451" s="10"/>
       <c r="F451" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G451" s="11" t="s">
-        <v>1081</v>
-[...28 lines deleted...]
-      </c>
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="452" spans="1:16135">
+      <c r="A452" s="11" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B452" s="10"/>
+      <c r="C452" s="10"/>
+      <c r="D452" s="12" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E452" s="10"/>
+      <c r="F452" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G452" s="11" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="454" spans="1:16135" customHeight="1" ht="60">
+      <c r="A454" s="2"/>
+      <c r="B454" s="2"/>
+      <c r="C454" s="2"/>
+      <c r="D454" s="9" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E454" s="8"/>
+      <c r="F454" s="8"/>
+      <c r="G454" s="8"/>
     </row>
     <row r="455" spans="1:16135">
       <c r="A455" s="11" t="s">
-        <v>1085</v>
+        <v>1100</v>
       </c>
       <c r="B455" s="10"/>
       <c r="C455" s="10"/>
       <c r="D455" s="12" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="E455" s="10"/>
       <c r="F455" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G455" s="11" t="s">
-        <v>1087</v>
-[...11 lines deleted...]
-      <c r="G457" s="8"/>
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="456" spans="1:16135">
+      <c r="A456" s="11" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B456" s="10"/>
+      <c r="C456" s="10"/>
+      <c r="D456" s="12" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E456" s="10"/>
+      <c r="F456" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G456" s="11" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="457" spans="1:16135">
+      <c r="A457" s="11" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B457" s="10"/>
+      <c r="C457" s="10"/>
+      <c r="D457" s="12" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E457" s="10"/>
+      <c r="F457" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G457" s="11" t="s">
+        <v>1108</v>
+      </c>
     </row>
     <row r="458" spans="1:16135">
-      <c r="A458" s="11"/>
+      <c r="A458" s="11">
+        <v>1001331</v>
+      </c>
       <c r="B458" s="10"/>
       <c r="C458" s="10"/>
       <c r="D458" s="12" t="s">
-        <v>1089</v>
+        <v>1109</v>
       </c>
       <c r="E458" s="10"/>
       <c r="F458" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G458" s="11" t="s">
-        <v>1090</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="459" spans="1:16135">
-      <c r="A459" s="11"/>
+      <c r="A459" s="11" t="s">
+        <v>1111</v>
+      </c>
       <c r="B459" s="10"/>
       <c r="C459" s="10"/>
       <c r="D459" s="12" t="s">
-        <v>1091</v>
+        <v>1112</v>
       </c>
       <c r="E459" s="10"/>
       <c r="F459" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G459" s="11" t="s">
-        <v>1092</v>
-[...11 lines deleted...]
-      <c r="G461" s="8"/>
+        <v>495</v>
+      </c>
+    </row>
+    <row r="460" spans="1:16135">
+      <c r="A460" s="11" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B460" s="10"/>
+      <c r="C460" s="10"/>
+      <c r="D460" s="12" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E460" s="10"/>
+      <c r="F460" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G460" s="11" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="461" spans="1:16135">
+      <c r="A461" s="11" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B461" s="10"/>
+      <c r="C461" s="10"/>
+      <c r="D461" s="12" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E461" s="10"/>
+      <c r="F461" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G461" s="11" t="s">
+        <v>1118</v>
+      </c>
     </row>
     <row r="462" spans="1:16135">
-      <c r="A462" s="11">
-        <v>11666</v>
+      <c r="A462" s="11" t="s">
+        <v>1119</v>
       </c>
       <c r="B462" s="10"/>
       <c r="C462" s="10"/>
       <c r="D462" s="12" t="s">
-        <v>1094</v>
+        <v>1120</v>
       </c>
       <c r="E462" s="10"/>
       <c r="F462" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G462" s="11" t="s">
-        <v>1095</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="463" spans="1:16135">
-      <c r="A463" s="11">
-        <v>11668</v>
+      <c r="A463" s="11" t="s">
+        <v>1122</v>
       </c>
       <c r="B463" s="10"/>
       <c r="C463" s="10"/>
       <c r="D463" s="12" t="s">
-        <v>1096</v>
+        <v>1123</v>
       </c>
       <c r="E463" s="10"/>
       <c r="F463" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G463" s="11" t="s">
-        <v>1095</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="464" spans="1:16135">
-      <c r="A464" s="11">
-        <v>11667</v>
+      <c r="A464" s="11" t="s">
+        <v>1125</v>
       </c>
       <c r="B464" s="10"/>
       <c r="C464" s="10"/>
       <c r="D464" s="12" t="s">
-        <v>1097</v>
+        <v>1126</v>
       </c>
       <c r="E464" s="10"/>
       <c r="F464" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G464" s="11" t="s">
-        <v>1095</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="465" spans="1:16135">
-      <c r="A465" s="11">
-        <v>11664</v>
+      <c r="A465" s="11" t="s">
+        <v>1127</v>
       </c>
       <c r="B465" s="10"/>
       <c r="C465" s="10"/>
       <c r="D465" s="12" t="s">
-        <v>1098</v>
+        <v>1128</v>
       </c>
       <c r="E465" s="10"/>
       <c r="F465" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G465" s="11" t="s">
-        <v>1095</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="466" spans="1:16135">
-      <c r="A466" s="11">
-        <v>11665</v>
+      <c r="A466" s="11" t="s">
+        <v>1130</v>
       </c>
       <c r="B466" s="10"/>
       <c r="C466" s="10"/>
       <c r="D466" s="12" t="s">
-        <v>1099</v>
+        <v>1131</v>
       </c>
       <c r="E466" s="10"/>
       <c r="F466" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G466" s="11" t="s">
-        <v>1095</v>
-[...11 lines deleted...]
-      <c r="G468" s="8"/>
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="467" spans="1:16135">
+      <c r="A467" s="11" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B467" s="10"/>
+      <c r="C467" s="10"/>
+      <c r="D467" s="12" t="s">
+        <v>1134</v>
+      </c>
+      <c r="E467" s="10"/>
+      <c r="F467" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G467" s="11" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="468" spans="1:16135">
+      <c r="A468" s="11" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B468" s="10"/>
+      <c r="C468" s="10"/>
+      <c r="D468" s="12" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E468" s="10"/>
+      <c r="F468" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G468" s="11" t="s">
+        <v>1138</v>
+      </c>
     </row>
     <row r="469" spans="1:16135">
-      <c r="A469" s="11"/>
+      <c r="A469" s="11" t="s">
+        <v>1139</v>
+      </c>
       <c r="B469" s="10"/>
       <c r="C469" s="10"/>
       <c r="D469" s="12" t="s">
-        <v>1100</v>
+        <v>1140</v>
       </c>
       <c r="E469" s="10"/>
       <c r="F469" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G469" s="11" t="s">
-        <v>7</v>
-[...11 lines deleted...]
-      <c r="G471" s="8"/>
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="470" spans="1:16135">
+      <c r="A470" s="11" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B470" s="10"/>
+      <c r="C470" s="10"/>
+      <c r="D470" s="12" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E470" s="10"/>
+      <c r="F470" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G470" s="11" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="471" spans="1:16135">
+      <c r="A471" s="11">
+        <v>1001103</v>
+      </c>
+      <c r="B471" s="10"/>
+      <c r="C471" s="10"/>
+      <c r="D471" s="12" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E471" s="10"/>
+      <c r="F471" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G471" s="11" t="s">
+        <v>424</v>
+      </c>
     </row>
     <row r="472" spans="1:16135">
-      <c r="A472" s="11">
-        <v>11584</v>
+      <c r="A472" s="11" t="s">
+        <v>1145</v>
       </c>
       <c r="B472" s="10"/>
       <c r="C472" s="10"/>
       <c r="D472" s="12" t="s">
-        <v>1102</v>
+        <v>1146</v>
       </c>
       <c r="E472" s="10"/>
       <c r="F472" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G472" s="11" t="s">
-        <v>1103</v>
+        <v>524</v>
       </c>
     </row>
     <row r="473" spans="1:16135">
-      <c r="A473" s="11">
-        <v>11583</v>
+      <c r="A473" s="11" t="s">
+        <v>1147</v>
       </c>
       <c r="B473" s="10"/>
       <c r="C473" s="10"/>
       <c r="D473" s="12" t="s">
-        <v>1104</v>
+        <v>1148</v>
       </c>
       <c r="E473" s="10"/>
       <c r="F473" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G473" s="11" t="s">
-        <v>1105</v>
+        <v>524</v>
       </c>
     </row>
     <row r="474" spans="1:16135">
-      <c r="A474" s="11">
-        <v>12022</v>
+      <c r="A474" s="11" t="s">
+        <v>1149</v>
       </c>
       <c r="B474" s="10"/>
       <c r="C474" s="10"/>
       <c r="D474" s="12" t="s">
-        <v>1106</v>
+        <v>1150</v>
       </c>
       <c r="E474" s="10"/>
       <c r="F474" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G474" s="11" t="s">
-        <v>1107</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="475" spans="1:16135">
       <c r="A475" s="11">
-        <v>12027</v>
+        <v>1001322</v>
       </c>
       <c r="B475" s="10"/>
       <c r="C475" s="10"/>
       <c r="D475" s="12" t="s">
-        <v>1108</v>
+        <v>1152</v>
       </c>
       <c r="E475" s="10"/>
       <c r="F475" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G475" s="11" t="s">
-        <v>1109</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="476" spans="1:16135">
       <c r="A476" s="11">
-        <v>12029</v>
+        <v>1001104</v>
       </c>
       <c r="B476" s="10"/>
       <c r="C476" s="10"/>
       <c r="D476" s="12" t="s">
-        <v>1110</v>
+        <v>1154</v>
       </c>
       <c r="E476" s="10"/>
       <c r="F476" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G476" s="11" t="s">
-        <v>1111</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="477" spans="1:16135">
-      <c r="A477" s="11">
-        <v>11440</v>
+      <c r="A477" s="11" t="s">
+        <v>1156</v>
       </c>
       <c r="B477" s="10"/>
       <c r="C477" s="10"/>
       <c r="D477" s="12" t="s">
-        <v>1112</v>
+        <v>1157</v>
       </c>
       <c r="E477" s="10"/>
       <c r="F477" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G477" s="11" t="s">
-        <v>1113</v>
+        <v>421</v>
       </c>
     </row>
     <row r="478" spans="1:16135">
-      <c r="A478" s="11">
-        <v>12030</v>
+      <c r="A478" s="11" t="s">
+        <v>1158</v>
       </c>
       <c r="B478" s="10"/>
       <c r="C478" s="10"/>
       <c r="D478" s="12" t="s">
-        <v>1114</v>
+        <v>1159</v>
       </c>
       <c r="E478" s="10"/>
       <c r="F478" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G478" s="11" t="s">
-        <v>1115</v>
+        <v>375</v>
       </c>
     </row>
     <row r="479" spans="1:16135">
-      <c r="A479" s="11">
-        <v>12031</v>
+      <c r="A479" s="11" t="s">
+        <v>1160</v>
       </c>
       <c r="B479" s="10"/>
       <c r="C479" s="10"/>
       <c r="D479" s="12" t="s">
-        <v>1116</v>
+        <v>1161</v>
       </c>
       <c r="E479" s="10"/>
       <c r="F479" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G479" s="11" t="s">
-        <v>1117</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="480" spans="1:16135">
       <c r="A480" s="11">
-        <v>11248</v>
+        <v>1001324</v>
       </c>
       <c r="B480" s="10"/>
       <c r="C480" s="10"/>
       <c r="D480" s="12" t="s">
-        <v>1118</v>
+        <v>1163</v>
       </c>
       <c r="E480" s="10"/>
       <c r="F480" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G480" s="11" t="s">
-        <v>1109</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="481" spans="1:16135">
-      <c r="A481" s="11">
-        <v>11577</v>
+      <c r="A481" s="11" t="s">
+        <v>1165</v>
       </c>
       <c r="B481" s="10"/>
       <c r="C481" s="10"/>
       <c r="D481" s="12" t="s">
-        <v>1119</v>
+        <v>1166</v>
       </c>
       <c r="E481" s="10"/>
       <c r="F481" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G481" s="11" t="s">
-        <v>1120</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="482" spans="1:16135">
-      <c r="A482" s="11">
-        <v>12023</v>
+      <c r="A482" s="11" t="s">
+        <v>1168</v>
       </c>
       <c r="B482" s="10"/>
       <c r="C482" s="10"/>
       <c r="D482" s="12" t="s">
-        <v>1121</v>
+        <v>1169</v>
       </c>
       <c r="E482" s="10"/>
       <c r="F482" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G482" s="11" t="s">
-        <v>1122</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="483" spans="1:16135">
-      <c r="A483" s="11">
-        <v>11576</v>
+      <c r="A483" s="11" t="s">
+        <v>1170</v>
       </c>
       <c r="B483" s="10"/>
       <c r="C483" s="10"/>
       <c r="D483" s="12" t="s">
-        <v>1123</v>
+        <v>1171</v>
       </c>
       <c r="E483" s="10"/>
       <c r="F483" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G483" s="11" t="s">
-        <v>1124</v>
+        <v>717</v>
       </c>
     </row>
     <row r="484" spans="1:16135">
-      <c r="A484" s="11">
-        <v>11411</v>
+      <c r="A484" s="11" t="s">
+        <v>1172</v>
       </c>
       <c r="B484" s="10"/>
       <c r="C484" s="10"/>
       <c r="D484" s="12" t="s">
-        <v>1125</v>
+        <v>1173</v>
       </c>
       <c r="E484" s="10"/>
       <c r="F484" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G484" s="11" t="s">
-        <v>1126</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="485" spans="1:16135">
-      <c r="A485" s="11">
-        <v>11438</v>
+      <c r="A485" s="11" t="s">
+        <v>1175</v>
       </c>
       <c r="B485" s="10"/>
       <c r="C485" s="10"/>
       <c r="D485" s="12" t="s">
-        <v>1127</v>
+        <v>1176</v>
       </c>
       <c r="E485" s="10"/>
       <c r="F485" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G485" s="11" t="s">
-        <v>1128</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="486" spans="1:16135">
       <c r="A486" s="11">
-        <v>11436</v>
+        <v>1001326</v>
       </c>
       <c r="B486" s="10"/>
       <c r="C486" s="10"/>
       <c r="D486" s="12" t="s">
-        <v>1129</v>
+        <v>1177</v>
       </c>
       <c r="E486" s="10"/>
       <c r="F486" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G486" s="11" t="s">
-        <v>1130</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="487" spans="1:16135">
       <c r="A487" s="11">
-        <v>11437</v>
+        <v>1001327</v>
       </c>
       <c r="B487" s="10"/>
       <c r="C487" s="10"/>
       <c r="D487" s="12" t="s">
-        <v>1131</v>
+        <v>1179</v>
       </c>
       <c r="E487" s="10"/>
       <c r="F487" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G487" s="11" t="s">
-        <v>1132</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="488" spans="1:16135">
       <c r="A488" s="11">
-        <v>11624</v>
+        <v>1001106</v>
       </c>
       <c r="B488" s="10"/>
       <c r="C488" s="10"/>
       <c r="D488" s="12" t="s">
-        <v>1133</v>
+        <v>1181</v>
       </c>
       <c r="E488" s="10"/>
       <c r="F488" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G488" s="11" t="s">
-        <v>1105</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="489" spans="1:16135">
-      <c r="A489" s="11">
-        <v>11435</v>
+      <c r="A489" s="11" t="s">
+        <v>1183</v>
       </c>
       <c r="B489" s="10"/>
       <c r="C489" s="10"/>
       <c r="D489" s="12" t="s">
-        <v>1134</v>
+        <v>1184</v>
       </c>
       <c r="E489" s="10"/>
       <c r="F489" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G489" s="11" t="s">
-        <v>1135</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="490" spans="1:16135">
-      <c r="A490" s="11">
-        <v>11247</v>
+      <c r="A490" s="11" t="s">
+        <v>1186</v>
       </c>
       <c r="B490" s="10"/>
       <c r="C490" s="10"/>
       <c r="D490" s="12" t="s">
-        <v>1136</v>
+        <v>1187</v>
       </c>
       <c r="E490" s="10"/>
       <c r="F490" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G490" s="11" t="s">
-        <v>1126</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="491" spans="1:16135">
-      <c r="A491" s="11">
-        <v>12036</v>
+      <c r="A491" s="11" t="s">
+        <v>1189</v>
       </c>
       <c r="B491" s="10"/>
       <c r="C491" s="10"/>
       <c r="D491" s="12" t="s">
-        <v>1137</v>
+        <v>1190</v>
       </c>
       <c r="E491" s="10"/>
       <c r="F491" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G491" s="11" t="s">
-        <v>1138</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="492" spans="1:16135">
       <c r="A492" s="11">
-        <v>12018</v>
+        <v>1001107</v>
       </c>
       <c r="B492" s="10"/>
       <c r="C492" s="10"/>
       <c r="D492" s="12" t="s">
-        <v>1139</v>
+        <v>1192</v>
       </c>
       <c r="E492" s="10"/>
       <c r="F492" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G492" s="11" t="s">
-        <v>1140</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="493" spans="1:16135">
       <c r="A493" s="11">
-        <v>12020</v>
+        <v>1001329</v>
       </c>
       <c r="B493" s="10"/>
       <c r="C493" s="10"/>
       <c r="D493" s="12" t="s">
-        <v>1141</v>
+        <v>1194</v>
       </c>
       <c r="E493" s="10"/>
       <c r="F493" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G493" s="11" t="s">
-        <v>1142</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="494" spans="1:16135">
-      <c r="A494" s="11">
-        <v>12017</v>
+      <c r="A494" s="11" t="s">
+        <v>1196</v>
       </c>
       <c r="B494" s="10"/>
       <c r="C494" s="10"/>
       <c r="D494" s="12" t="s">
-        <v>1143</v>
+        <v>1197</v>
       </c>
       <c r="E494" s="10"/>
       <c r="F494" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G494" s="11" t="s">
-        <v>1144</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="495" spans="1:16135">
-      <c r="A495" s="11">
-        <v>11846</v>
+      <c r="A495" s="11" t="s">
+        <v>1199</v>
       </c>
       <c r="B495" s="10"/>
       <c r="C495" s="10"/>
       <c r="D495" s="12" t="s">
-        <v>1145</v>
+        <v>1200</v>
       </c>
       <c r="E495" s="10"/>
       <c r="F495" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G495" s="11" t="s">
-        <v>124</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="496" spans="1:16135">
-      <c r="A496" s="11">
-        <v>11847</v>
+      <c r="A496" s="11" t="s">
+        <v>1202</v>
       </c>
       <c r="B496" s="10"/>
       <c r="C496" s="10"/>
       <c r="D496" s="12" t="s">
-        <v>1146</v>
+        <v>1203</v>
       </c>
       <c r="E496" s="10"/>
       <c r="F496" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G496" s="11" t="s">
-        <v>1147</v>
-[...34 lines deleted...]
-      </c>
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="498" spans="1:16135" customHeight="1" ht="60">
+      <c r="A498" s="2"/>
+      <c r="B498" s="2"/>
+      <c r="C498" s="2"/>
+      <c r="D498" s="9" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E498" s="8"/>
+      <c r="F498" s="8"/>
+      <c r="G498" s="8"/>
     </row>
     <row r="499" spans="1:16135">
       <c r="A499" s="11">
-        <v>11617</v>
+        <v>7611000</v>
       </c>
       <c r="B499" s="10"/>
       <c r="C499" s="10"/>
       <c r="D499" s="12" t="s">
-        <v>1152</v>
+        <v>1206</v>
       </c>
       <c r="E499" s="10"/>
       <c r="F499" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G499" s="11" t="s">
-        <v>1153</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="500" spans="1:16135">
       <c r="A500" s="11">
-        <v>11249</v>
+        <v>815119</v>
       </c>
       <c r="B500" s="10"/>
       <c r="C500" s="10"/>
       <c r="D500" s="12" t="s">
-        <v>1154</v>
+        <v>1208</v>
       </c>
       <c r="E500" s="10"/>
       <c r="F500" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G500" s="11" t="s">
-        <v>1155</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="501" spans="1:16135">
       <c r="A501" s="11">
-        <v>11573</v>
+        <v>26311</v>
       </c>
       <c r="B501" s="10"/>
       <c r="C501" s="10"/>
       <c r="D501" s="12" t="s">
-        <v>1156</v>
+        <v>1210</v>
       </c>
       <c r="E501" s="10"/>
       <c r="F501" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G501" s="11" t="s">
-        <v>1122</v>
-[...11 lines deleted...]
-      <c r="G503" s="8"/>
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="502" spans="1:16135">
+      <c r="A502" s="11">
+        <v>18461</v>
+      </c>
+      <c r="B502" s="10"/>
+      <c r="C502" s="10"/>
+      <c r="D502" s="12" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E502" s="10"/>
+      <c r="F502" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G502" s="11" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="503" spans="1:16135">
+      <c r="A503" s="11">
+        <v>18462</v>
+      </c>
+      <c r="B503" s="10"/>
+      <c r="C503" s="10"/>
+      <c r="D503" s="12" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E503" s="10"/>
+      <c r="F503" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G503" s="11" t="s">
+        <v>1215</v>
+      </c>
     </row>
     <row r="504" spans="1:16135">
-      <c r="A504" s="11"/>
+      <c r="A504" s="11">
+        <v>6307872</v>
+      </c>
       <c r="B504" s="10"/>
       <c r="C504" s="10"/>
       <c r="D504" s="12" t="s">
-        <v>1157</v>
+        <v>1216</v>
       </c>
       <c r="E504" s="10"/>
       <c r="F504" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G504" s="11" t="s">
-        <v>7</v>
-[...45 lines deleted...]
-      </c>
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="505" spans="1:16135">
+      <c r="A505" s="11" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B505" s="10"/>
+      <c r="C505" s="10"/>
+      <c r="D505" s="12" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E505" s="10"/>
+      <c r="F505" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G505" s="11" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="506" spans="1:16135">
+      <c r="A506" s="11" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B506" s="10"/>
+      <c r="C506" s="10"/>
+      <c r="D506" s="12" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E506" s="10"/>
+      <c r="F506" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G506" s="11" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="508" spans="1:16135" customHeight="1" ht="60">
+      <c r="A508" s="2"/>
+      <c r="B508" s="2"/>
+      <c r="C508" s="2"/>
+      <c r="D508" s="9" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E508" s="8"/>
+      <c r="F508" s="8"/>
+      <c r="G508" s="8"/>
     </row>
     <row r="509" spans="1:16135">
       <c r="A509" s="11">
-        <v>11601</v>
+        <v>1018009</v>
       </c>
       <c r="B509" s="10"/>
       <c r="C509" s="10"/>
       <c r="D509" s="12" t="s">
-        <v>1162</v>
+        <v>1225</v>
       </c>
       <c r="E509" s="10"/>
       <c r="F509" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G509" s="11" t="s">
-        <v>1130</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="510" spans="1:16135">
-      <c r="A510" s="11">
-        <v>11606</v>
+      <c r="A510" s="11" t="s">
+        <v>1227</v>
       </c>
       <c r="B510" s="10"/>
       <c r="C510" s="10"/>
       <c r="D510" s="12" t="s">
-        <v>1163</v>
+        <v>1228</v>
       </c>
       <c r="E510" s="10"/>
       <c r="F510" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G510" s="11" t="s">
-        <v>1153</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="512" spans="1:16135" customHeight="1" ht="60">
       <c r="A512" s="2"/>
       <c r="B512" s="2"/>
       <c r="C512" s="2"/>
       <c r="D512" s="9" t="s">
-        <v>1164</v>
+        <v>1230</v>
       </c>
       <c r="E512" s="8"/>
       <c r="F512" s="8"/>
       <c r="G512" s="8"/>
     </row>
     <row r="513" spans="1:16135">
       <c r="A513" s="11"/>
       <c r="B513" s="10"/>
       <c r="C513" s="10"/>
       <c r="D513" s="12" t="s">
-        <v>1164</v>
+        <v>1231</v>
       </c>
       <c r="E513" s="10"/>
       <c r="F513" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G513" s="11" t="s">
-        <v>7</v>
-[...28 lines deleted...]
-      </c>
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="514" spans="1:16135">
+      <c r="A514" s="11"/>
+      <c r="B514" s="10"/>
+      <c r="C514" s="10"/>
+      <c r="D514" s="12" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E514" s="10"/>
+      <c r="F514" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G514" s="11" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="516" spans="1:16135" customHeight="1" ht="60">
+      <c r="A516" s="2"/>
+      <c r="B516" s="2"/>
+      <c r="C516" s="2"/>
+      <c r="D516" s="9" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E516" s="8"/>
+      <c r="F516" s="8"/>
+      <c r="G516" s="8"/>
     </row>
     <row r="517" spans="1:16135">
-      <c r="A517" s="11" t="s">
-        <v>1169</v>
+      <c r="A517" s="11">
+        <v>11666</v>
       </c>
       <c r="B517" s="10"/>
       <c r="C517" s="10"/>
       <c r="D517" s="12" t="s">
-        <v>1170</v>
+        <v>1236</v>
       </c>
       <c r="E517" s="10"/>
       <c r="F517" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G517" s="11" t="s">
-        <v>1171</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="518" spans="1:16135">
-      <c r="A518" s="11" t="s">
-        <v>1172</v>
+      <c r="A518" s="11">
+        <v>11668</v>
       </c>
       <c r="B518" s="10"/>
       <c r="C518" s="10"/>
       <c r="D518" s="12" t="s">
-        <v>1173</v>
+        <v>1238</v>
       </c>
       <c r="E518" s="10"/>
       <c r="F518" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G518" s="11" t="s">
-        <v>1174</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="519" spans="1:16135">
-      <c r="A519" s="11" t="s">
-        <v>1175</v>
+      <c r="A519" s="11">
+        <v>11667</v>
       </c>
       <c r="B519" s="10"/>
       <c r="C519" s="10"/>
       <c r="D519" s="12" t="s">
-        <v>1176</v>
+        <v>1239</v>
       </c>
       <c r="E519" s="10"/>
       <c r="F519" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G519" s="11" t="s">
-        <v>1177</v>
-[...37 lines deleted...]
-      <c r="G524" s="8"/>
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="520" spans="1:16135">
+      <c r="A520" s="11">
+        <v>11664</v>
+      </c>
+      <c r="B520" s="10"/>
+      <c r="C520" s="10"/>
+      <c r="D520" s="12" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E520" s="10"/>
+      <c r="F520" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G520" s="11" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="521" spans="1:16135">
+      <c r="A521" s="11">
+        <v>11665</v>
+      </c>
+      <c r="B521" s="10"/>
+      <c r="C521" s="10"/>
+      <c r="D521" s="12" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E521" s="10"/>
+      <c r="F521" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G521" s="11" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="523" spans="1:16135" customHeight="1" ht="60">
+      <c r="A523" s="2"/>
+      <c r="B523" s="2"/>
+      <c r="C523" s="2"/>
+      <c r="D523" s="9" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E523" s="8"/>
+      <c r="F523" s="8"/>
+      <c r="G523" s="8"/>
+    </row>
+    <row r="524" spans="1:16135">
+      <c r="A524" s="11" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B524" s="10"/>
+      <c r="C524" s="10"/>
+      <c r="D524" s="12" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E524" s="10"/>
+      <c r="F524" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G524" s="11" t="s">
+        <v>1245</v>
+      </c>
     </row>
     <row r="525" spans="1:16135">
-      <c r="A525" s="11"/>
+      <c r="A525" s="11" t="s">
+        <v>1246</v>
+      </c>
       <c r="B525" s="10"/>
       <c r="C525" s="10"/>
       <c r="D525" s="12" t="s">
-        <v>1179</v>
+        <v>1247</v>
       </c>
       <c r="E525" s="10"/>
       <c r="F525" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G525" s="11" t="s">
-        <v>7</v>
-[...45 lines deleted...]
-      </c>
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="526" spans="1:16135">
+      <c r="A526" s="11" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B526" s="10"/>
+      <c r="C526" s="10"/>
+      <c r="D526" s="12" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E526" s="10"/>
+      <c r="F526" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G526" s="11" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="527" spans="1:16135">
+      <c r="A527" s="11" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B527" s="10"/>
+      <c r="C527" s="10"/>
+      <c r="D527" s="12" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E527" s="10"/>
+      <c r="F527" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G527" s="11" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="529" spans="1:16135" customHeight="1" ht="60">
+      <c r="A529" s="2"/>
+      <c r="B529" s="2"/>
+      <c r="C529" s="2"/>
+      <c r="D529" s="9" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E529" s="8"/>
+      <c r="F529" s="8"/>
+      <c r="G529" s="8"/>
     </row>
     <row r="530" spans="1:16135">
-      <c r="A530" s="11">
-        <v>11250</v>
+      <c r="A530" s="11" t="s">
+        <v>1256</v>
       </c>
       <c r="B530" s="10"/>
       <c r="C530" s="10"/>
       <c r="D530" s="12" t="s">
-        <v>1183</v>
+        <v>1257</v>
       </c>
       <c r="E530" s="10"/>
       <c r="F530" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G530" s="11" t="s">
-        <v>1184</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="531" spans="1:16135">
-      <c r="A531" s="11">
-        <v>11590</v>
+      <c r="A531" s="11" t="s">
+        <v>1259</v>
       </c>
       <c r="B531" s="10"/>
       <c r="C531" s="10"/>
       <c r="D531" s="12" t="s">
-        <v>1185</v>
+        <v>1260</v>
       </c>
       <c r="E531" s="10"/>
       <c r="F531" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G531" s="11" t="s">
-        <v>1186</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="532" spans="1:16135">
-      <c r="A532" s="11">
-        <v>11589</v>
+      <c r="A532" s="11" t="s">
+        <v>1262</v>
       </c>
       <c r="B532" s="10"/>
       <c r="C532" s="10"/>
       <c r="D532" s="12" t="s">
-        <v>1187</v>
+        <v>1263</v>
       </c>
       <c r="E532" s="10"/>
       <c r="F532" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G532" s="11" t="s">
-        <v>1155</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="533" spans="1:16135">
-      <c r="A533" s="11">
-        <v>11586</v>
+      <c r="A533" s="11" t="s">
+        <v>1265</v>
       </c>
       <c r="B533" s="10"/>
       <c r="C533" s="10"/>
       <c r="D533" s="12" t="s">
-        <v>1188</v>
+        <v>1266</v>
       </c>
       <c r="E533" s="10"/>
       <c r="F533" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G533" s="11" t="s">
-        <v>1189</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="534" spans="1:16135">
       <c r="A534" s="11">
-        <v>11587</v>
+        <v>10687</v>
       </c>
       <c r="B534" s="10"/>
       <c r="C534" s="10"/>
       <c r="D534" s="12" t="s">
-        <v>1190</v>
+        <v>1268</v>
       </c>
       <c r="E534" s="10"/>
       <c r="F534" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G534" s="11" t="s">
-        <v>1191</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="535" spans="1:16135">
-      <c r="A535" s="11">
-        <v>11594</v>
+      <c r="A535" s="11" t="s">
+        <v>1270</v>
       </c>
       <c r="B535" s="10"/>
       <c r="C535" s="10"/>
       <c r="D535" s="12" t="s">
-        <v>1192</v>
+        <v>1271</v>
       </c>
       <c r="E535" s="10"/>
       <c r="F535" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G535" s="11" t="s">
-        <v>1193</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="536" spans="1:16135">
-      <c r="A536" s="11">
-        <v>11360</v>
+      <c r="A536" s="11" t="s">
+        <v>1273</v>
       </c>
       <c r="B536" s="10"/>
       <c r="C536" s="10"/>
       <c r="D536" s="12" t="s">
-        <v>1194</v>
+        <v>1274</v>
       </c>
       <c r="E536" s="10"/>
       <c r="F536" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G536" s="11" t="s">
-        <v>1111</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="537" spans="1:16135">
-      <c r="A537" s="11">
-        <v>11596</v>
+      <c r="A537" s="11" t="s">
+        <v>1275</v>
       </c>
       <c r="B537" s="10"/>
       <c r="C537" s="10"/>
       <c r="D537" s="12" t="s">
-        <v>1195</v>
+        <v>1276</v>
       </c>
       <c r="E537" s="10"/>
       <c r="F537" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G537" s="11" t="s">
-        <v>1113</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="538" spans="1:16135">
       <c r="A538" s="11">
-        <v>11595</v>
+        <v>6768</v>
       </c>
       <c r="B538" s="10"/>
       <c r="C538" s="10"/>
       <c r="D538" s="12" t="s">
-        <v>1196</v>
+        <v>1277</v>
       </c>
       <c r="E538" s="10"/>
       <c r="F538" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G538" s="11" t="s">
-        <v>1197</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="539" spans="1:16135">
       <c r="A539" s="11">
-        <v>11593</v>
+        <v>6771</v>
       </c>
       <c r="B539" s="10"/>
       <c r="C539" s="10"/>
       <c r="D539" s="12" t="s">
-        <v>1198</v>
+        <v>1279</v>
       </c>
       <c r="E539" s="10"/>
       <c r="F539" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G539" s="11" t="s">
-        <v>1117</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="540" spans="1:16135">
       <c r="A540" s="11">
-        <v>11592</v>
+        <v>8130</v>
       </c>
       <c r="B540" s="10"/>
       <c r="C540" s="10"/>
       <c r="D540" s="12" t="s">
-        <v>1199</v>
+        <v>1281</v>
       </c>
       <c r="E540" s="10"/>
       <c r="F540" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G540" s="11" t="s">
-        <v>1109</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="541" spans="1:16135">
       <c r="A541" s="11">
-        <v>11688</v>
+        <v>6766</v>
       </c>
       <c r="B541" s="10"/>
       <c r="C541" s="10"/>
       <c r="D541" s="12" t="s">
-        <v>1200</v>
+        <v>1283</v>
       </c>
       <c r="E541" s="10"/>
       <c r="F541" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G541" s="11" t="s">
-        <v>1201</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="542" spans="1:16135">
       <c r="A542" s="11">
-        <v>11685</v>
+        <v>11452</v>
       </c>
       <c r="B542" s="10"/>
       <c r="C542" s="10"/>
       <c r="D542" s="12" t="s">
-        <v>1202</v>
+        <v>1285</v>
       </c>
       <c r="E542" s="10"/>
       <c r="F542" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G542" s="11" t="s">
-        <v>1120</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="543" spans="1:16135">
-      <c r="A543" s="11">
-        <v>11689</v>
+      <c r="A543" s="11" t="s">
+        <v>1286</v>
       </c>
       <c r="B543" s="10"/>
       <c r="C543" s="10"/>
       <c r="D543" s="12" t="s">
-        <v>1203</v>
+        <v>1287</v>
       </c>
       <c r="E543" s="10"/>
       <c r="F543" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G543" s="11" t="s">
-        <v>1204</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="544" spans="1:16135">
       <c r="A544" s="11">
-        <v>11686</v>
+        <v>11584</v>
       </c>
       <c r="B544" s="10"/>
       <c r="C544" s="10"/>
       <c r="D544" s="12" t="s">
-        <v>1205</v>
+        <v>1289</v>
       </c>
       <c r="E544" s="10"/>
       <c r="F544" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G544" s="11" t="s">
-        <v>1206</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="545" spans="1:16135">
-      <c r="A545" s="11">
-        <v>11687</v>
+      <c r="A545" s="11" t="s">
+        <v>1291</v>
       </c>
       <c r="B545" s="10"/>
       <c r="C545" s="10"/>
       <c r="D545" s="12" t="s">
-        <v>1207</v>
+        <v>1292</v>
       </c>
       <c r="E545" s="10"/>
       <c r="F545" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G545" s="11" t="s">
-        <v>1208</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="546" spans="1:16135">
       <c r="A546" s="11">
-        <v>11684</v>
+        <v>11583</v>
       </c>
       <c r="B546" s="10"/>
       <c r="C546" s="10"/>
       <c r="D546" s="12" t="s">
-        <v>1209</v>
+        <v>1293</v>
       </c>
       <c r="E546" s="10"/>
       <c r="F546" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G546" s="11" t="s">
-        <v>1124</v>
-[...11 lines deleted...]
-      <c r="G548" s="8"/>
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="547" spans="1:16135">
+      <c r="A547" s="11">
+        <v>12022</v>
+      </c>
+      <c r="B547" s="10"/>
+      <c r="C547" s="10"/>
+      <c r="D547" s="12" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E547" s="10"/>
+      <c r="F547" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G547" s="11" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="548" spans="1:16135">
+      <c r="A548" s="11">
+        <v>12027</v>
+      </c>
+      <c r="B548" s="10"/>
+      <c r="C548" s="10"/>
+      <c r="D548" s="12" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E548" s="10"/>
+      <c r="F548" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G548" s="11" t="s">
+        <v>764</v>
+      </c>
     </row>
     <row r="549" spans="1:16135">
-      <c r="A549" s="11"/>
+      <c r="A549" s="11">
+        <v>12028</v>
+      </c>
       <c r="B549" s="10"/>
       <c r="C549" s="10"/>
       <c r="D549" s="12" t="s">
-        <v>1210</v>
+        <v>1297</v>
       </c>
       <c r="E549" s="10"/>
       <c r="F549" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G549" s="11" t="s">
-        <v>7</v>
-[...11 lines deleted...]
-      <c r="G551" s="8"/>
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="550" spans="1:16135">
+      <c r="A550" s="11" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B550" s="10"/>
+      <c r="C550" s="10"/>
+      <c r="D550" s="12" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E550" s="10"/>
+      <c r="F550" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G550" s="11" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="551" spans="1:16135">
+      <c r="A551" s="11" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B551" s="10"/>
+      <c r="C551" s="10"/>
+      <c r="D551" s="12" t="s">
+        <v>1303</v>
+      </c>
+      <c r="E551" s="10"/>
+      <c r="F551" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G551" s="11" t="s">
+        <v>1304</v>
+      </c>
     </row>
     <row r="552" spans="1:16135">
-      <c r="A552" s="11"/>
+      <c r="A552" s="11" t="s">
+        <v>1305</v>
+      </c>
       <c r="B552" s="10"/>
       <c r="C552" s="10"/>
       <c r="D552" s="12" t="s">
-        <v>1211</v>
+        <v>1306</v>
       </c>
       <c r="E552" s="10"/>
       <c r="F552" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G552" s="11" t="s">
-        <v>7</v>
-[...11 lines deleted...]
-      <c r="G554" s="8"/>
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="553" spans="1:16135">
+      <c r="A553" s="11">
+        <v>12029</v>
+      </c>
+      <c r="B553" s="10"/>
+      <c r="C553" s="10"/>
+      <c r="D553" s="12" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E553" s="10"/>
+      <c r="F553" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G553" s="11" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="554" spans="1:16135">
+      <c r="A554" s="11">
+        <v>11440</v>
+      </c>
+      <c r="B554" s="10"/>
+      <c r="C554" s="10"/>
+      <c r="D554" s="12" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E554" s="10"/>
+      <c r="F554" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G554" s="11" t="s">
+        <v>1310</v>
+      </c>
     </row>
     <row r="555" spans="1:16135">
-      <c r="A555" s="11"/>
+      <c r="A555" s="11">
+        <v>12030</v>
+      </c>
       <c r="B555" s="10"/>
       <c r="C555" s="10"/>
       <c r="D555" s="12" t="s">
-        <v>1212</v>
+        <v>1311</v>
       </c>
       <c r="E555" s="10"/>
       <c r="F555" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G555" s="11" t="s">
-        <v>7</v>
-[...11 lines deleted...]
-      <c r="G557" s="8"/>
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="556" spans="1:16135">
+      <c r="A556" s="11">
+        <v>12031</v>
+      </c>
+      <c r="B556" s="10"/>
+      <c r="C556" s="10"/>
+      <c r="D556" s="12" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E556" s="10"/>
+      <c r="F556" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G556" s="11" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="557" spans="1:16135">
+      <c r="A557" s="11">
+        <v>11248</v>
+      </c>
+      <c r="B557" s="10"/>
+      <c r="C557" s="10"/>
+      <c r="D557" s="12" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E557" s="10"/>
+      <c r="F557" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G557" s="11" t="s">
+        <v>764</v>
+      </c>
     </row>
     <row r="558" spans="1:16135">
-      <c r="A558" s="11" t="s">
-        <v>1214</v>
+      <c r="A558" s="11">
+        <v>11577</v>
       </c>
       <c r="B558" s="10"/>
       <c r="C558" s="10"/>
       <c r="D558" s="12" t="s">
-        <v>1215</v>
+        <v>1316</v>
       </c>
       <c r="E558" s="10"/>
       <c r="F558" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G558" s="11" t="s">
-        <v>1135</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="559" spans="1:16135">
-      <c r="A559" s="11"/>
+      <c r="A559" s="11">
+        <v>12038</v>
+      </c>
       <c r="B559" s="10"/>
       <c r="C559" s="10"/>
       <c r="D559" s="12" t="s">
-        <v>1216</v>
+        <v>1318</v>
       </c>
       <c r="E559" s="10"/>
       <c r="F559" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G559" s="11" t="s">
-        <v>1147</v>
-[...11 lines deleted...]
-      <c r="G561" s="8"/>
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="560" spans="1:16135">
+      <c r="A560" s="11">
+        <v>12023</v>
+      </c>
+      <c r="B560" s="10"/>
+      <c r="C560" s="10"/>
+      <c r="D560" s="12" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E560" s="10"/>
+      <c r="F560" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G560" s="11" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="561" spans="1:16135">
+      <c r="A561" s="11">
+        <v>11578</v>
+      </c>
+      <c r="B561" s="10"/>
+      <c r="C561" s="10"/>
+      <c r="D561" s="12" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E561" s="10"/>
+      <c r="F561" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G561" s="11" t="s">
+        <v>1323</v>
+      </c>
     </row>
     <row r="562" spans="1:16135">
-      <c r="A562" s="11" t="s">
-        <v>1218</v>
+      <c r="A562" s="11">
+        <v>11576</v>
       </c>
       <c r="B562" s="10"/>
       <c r="C562" s="10"/>
       <c r="D562" s="12" t="s">
-        <v>1219</v>
+        <v>1324</v>
       </c>
       <c r="E562" s="10"/>
       <c r="F562" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G562" s="11" t="s">
-        <v>1135</v>
-[...11 lines deleted...]
-      <c r="G564" s="8"/>
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="563" spans="1:16135">
+      <c r="A563" s="11">
+        <v>11411</v>
+      </c>
+      <c r="B563" s="10"/>
+      <c r="C563" s="10"/>
+      <c r="D563" s="12" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E563" s="10"/>
+      <c r="F563" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G563" s="11" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="564" spans="1:16135">
+      <c r="A564" s="11">
+        <v>11438</v>
+      </c>
+      <c r="B564" s="10"/>
+      <c r="C564" s="10"/>
+      <c r="D564" s="12" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E564" s="10"/>
+      <c r="F564" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G564" s="11" t="s">
+        <v>717</v>
+      </c>
     </row>
     <row r="565" spans="1:16135">
-      <c r="A565" s="11" t="s">
-        <v>1221</v>
+      <c r="A565" s="11">
+        <v>12032</v>
       </c>
       <c r="B565" s="10"/>
       <c r="C565" s="10"/>
       <c r="D565" s="12" t="s">
-        <v>1222</v>
+        <v>1329</v>
       </c>
       <c r="E565" s="10"/>
       <c r="F565" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G565" s="11" t="s">
-        <v>1223</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="566" spans="1:16135">
-      <c r="A566" s="11" t="s">
-        <v>1224</v>
+      <c r="A566" s="11">
+        <v>11436</v>
       </c>
       <c r="B566" s="10"/>
       <c r="C566" s="10"/>
       <c r="D566" s="12" t="s">
-        <v>1225</v>
+        <v>1331</v>
       </c>
       <c r="E566" s="10"/>
       <c r="F566" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G566" s="11" t="s">
-        <v>1226</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="567" spans="1:16135">
-      <c r="A567" s="11" t="s">
-        <v>1227</v>
+      <c r="A567" s="11">
+        <v>11437</v>
       </c>
       <c r="B567" s="10"/>
       <c r="C567" s="10"/>
       <c r="D567" s="12" t="s">
-        <v>1228</v>
+        <v>1333</v>
       </c>
       <c r="E567" s="10"/>
       <c r="F567" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G567" s="11" t="s">
-        <v>1229</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="568" spans="1:16135">
-      <c r="A568" s="11" t="s">
-        <v>1230</v>
+      <c r="A568" s="11">
+        <v>11624</v>
       </c>
       <c r="B568" s="10"/>
       <c r="C568" s="10"/>
       <c r="D568" s="12" t="s">
-        <v>1231</v>
+        <v>1335</v>
       </c>
       <c r="E568" s="10"/>
       <c r="F568" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G568" s="11" t="s">
-        <v>1232</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="569" spans="1:16135">
-      <c r="A569" s="11" t="s">
-        <v>1233</v>
+      <c r="A569" s="11">
+        <v>11435</v>
       </c>
       <c r="B569" s="10"/>
       <c r="C569" s="10"/>
       <c r="D569" s="12" t="s">
-        <v>1234</v>
+        <v>1336</v>
       </c>
       <c r="E569" s="10"/>
       <c r="F569" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G569" s="11" t="s">
-        <v>1235</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="570" spans="1:16135">
-      <c r="A570" s="11" t="s">
-        <v>1236</v>
+      <c r="A570" s="11">
+        <v>11247</v>
       </c>
       <c r="B570" s="10"/>
       <c r="C570" s="10"/>
       <c r="D570" s="12" t="s">
-        <v>1237</v>
+        <v>1337</v>
       </c>
       <c r="E570" s="10"/>
       <c r="F570" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G570" s="11" t="s">
-        <v>1238</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="571" spans="1:16135">
-      <c r="A571" s="11" t="s">
-        <v>1239</v>
+      <c r="A571" s="11">
+        <v>12036</v>
       </c>
       <c r="B571" s="10"/>
       <c r="C571" s="10"/>
       <c r="D571" s="12" t="s">
-        <v>1240</v>
+        <v>1338</v>
       </c>
       <c r="E571" s="10"/>
       <c r="F571" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G571" s="11" t="s">
-        <v>1241</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="572" spans="1:16135">
-      <c r="A572" s="11" t="s">
-        <v>1242</v>
+      <c r="A572" s="11">
+        <v>12018</v>
       </c>
       <c r="B572" s="10"/>
       <c r="C572" s="10"/>
       <c r="D572" s="12" t="s">
-        <v>1243</v>
+        <v>1340</v>
       </c>
       <c r="E572" s="10"/>
       <c r="F572" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G572" s="11" t="s">
-        <v>1244</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="573" spans="1:16135">
-      <c r="A573" s="11" t="s">
-        <v>1245</v>
+      <c r="A573" s="11">
+        <v>12020</v>
       </c>
       <c r="B573" s="10"/>
       <c r="C573" s="10"/>
       <c r="D573" s="12" t="s">
-        <v>1246</v>
+        <v>1342</v>
       </c>
       <c r="E573" s="10"/>
       <c r="F573" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G573" s="11" t="s">
-        <v>1247</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="574" spans="1:16135">
-      <c r="A574" s="11" t="s">
-        <v>1248</v>
+      <c r="A574" s="11">
+        <v>12017</v>
       </c>
       <c r="B574" s="10"/>
       <c r="C574" s="10"/>
       <c r="D574" s="12" t="s">
-        <v>1249</v>
+        <v>1344</v>
       </c>
       <c r="E574" s="10"/>
       <c r="F574" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G574" s="11" t="s">
-        <v>1250</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="575" spans="1:16135">
-      <c r="A575" s="11" t="s">
-        <v>1251</v>
+      <c r="A575" s="11">
+        <v>11846</v>
       </c>
       <c r="B575" s="10"/>
       <c r="C575" s="10"/>
       <c r="D575" s="12" t="s">
-        <v>1252</v>
+        <v>1346</v>
       </c>
       <c r="E575" s="10"/>
       <c r="F575" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G575" s="11" t="s">
-        <v>1135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="576" spans="1:16135">
       <c r="A576" s="11" t="s">
-        <v>1253</v>
+        <v>1347</v>
       </c>
       <c r="B576" s="10"/>
       <c r="C576" s="10"/>
       <c r="D576" s="12" t="s">
-        <v>1254</v>
+        <v>1348</v>
       </c>
       <c r="E576" s="10"/>
       <c r="F576" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G576" s="11" t="s">
-        <v>1142</v>
-[...11 lines deleted...]
-      <c r="G578" s="8"/>
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="577" spans="1:16135">
+      <c r="A577" s="11">
+        <v>11847</v>
+      </c>
+      <c r="B577" s="10"/>
+      <c r="C577" s="10"/>
+      <c r="D577" s="12" t="s">
+        <v>1349</v>
+      </c>
+      <c r="E577" s="10"/>
+      <c r="F577" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G577" s="11" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="578" spans="1:16135">
+      <c r="A578" s="11">
+        <v>11845</v>
+      </c>
+      <c r="B578" s="10"/>
+      <c r="C578" s="10"/>
+      <c r="D578" s="12" t="s">
+        <v>1351</v>
+      </c>
+      <c r="E578" s="10"/>
+      <c r="F578" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G578" s="11" t="s">
+        <v>1352</v>
+      </c>
     </row>
     <row r="579" spans="1:16135">
-      <c r="A579" s="11" t="s">
-        <v>1256</v>
+      <c r="A579" s="11">
+        <v>12013</v>
       </c>
       <c r="B579" s="10"/>
       <c r="C579" s="10"/>
       <c r="D579" s="12" t="s">
-        <v>1257</v>
+        <v>1353</v>
       </c>
       <c r="E579" s="10"/>
       <c r="F579" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G579" s="11" t="s">
-        <v>1135</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="580" spans="1:16135">
-      <c r="A580" s="11" t="s">
-        <v>1258</v>
+      <c r="A580" s="11">
+        <v>11617</v>
       </c>
       <c r="B580" s="10"/>
       <c r="C580" s="10"/>
       <c r="D580" s="12" t="s">
-        <v>1259</v>
+        <v>1355</v>
       </c>
       <c r="E580" s="10"/>
       <c r="F580" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G580" s="11" t="s">
-        <v>1260</v>
-[...65 lines deleted...]
-      <c r="G588" s="8"/>
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="581" spans="1:16135">
+      <c r="A581" s="11">
+        <v>11249</v>
+      </c>
+      <c r="B581" s="10"/>
+      <c r="C581" s="10"/>
+      <c r="D581" s="12" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E581" s="10"/>
+      <c r="F581" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G581" s="11" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="582" spans="1:16135">
+      <c r="A582" s="11">
+        <v>11573</v>
+      </c>
+      <c r="B582" s="10"/>
+      <c r="C582" s="10"/>
+      <c r="D582" s="12" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E582" s="10"/>
+      <c r="F582" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G582" s="11" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="584" spans="1:16135" customHeight="1" ht="60">
+      <c r="A584" s="2"/>
+      <c r="B584" s="2"/>
+      <c r="C584" s="2"/>
+      <c r="D584" s="9" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E584" s="8"/>
+      <c r="F584" s="8"/>
+      <c r="G584" s="8"/>
+    </row>
+    <row r="585" spans="1:16135">
+      <c r="A585" s="11"/>
+      <c r="B585" s="10"/>
+      <c r="C585" s="10"/>
+      <c r="D585" s="12" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E585" s="10"/>
+      <c r="F585" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G585" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="587" spans="1:16135" customHeight="1" ht="60">
+      <c r="A587" s="2"/>
+      <c r="B587" s="2"/>
+      <c r="C587" s="2"/>
+      <c r="D587" s="9" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E587" s="8"/>
+      <c r="F587" s="8"/>
+      <c r="G587" s="8"/>
+    </row>
+    <row r="588" spans="1:16135">
+      <c r="A588" s="11">
+        <v>11497</v>
+      </c>
+      <c r="B588" s="10"/>
+      <c r="C588" s="10"/>
+      <c r="D588" s="12" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E588" s="10"/>
+      <c r="F588" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G588" s="11" t="s">
+        <v>764</v>
+      </c>
     </row>
     <row r="589" spans="1:16135">
-      <c r="A589" s="11"/>
+      <c r="A589" s="11">
+        <v>11496</v>
+      </c>
       <c r="B589" s="10"/>
       <c r="C589" s="10"/>
       <c r="D589" s="12" t="s">
-        <v>1266</v>
+        <v>1363</v>
       </c>
       <c r="E589" s="10"/>
       <c r="F589" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G589" s="11" t="s">
-        <v>7</v>
-[...6 lines deleted...]
-      <c r="D591" s="9" t="s">
         <v>1267</v>
       </c>
-      <c r="E591" s="8"/>
-[...1 lines deleted...]
-      <c r="G591" s="8"/>
+    </row>
+    <row r="590" spans="1:16135">
+      <c r="A590" s="11">
+        <v>11614</v>
+      </c>
+      <c r="B590" s="10"/>
+      <c r="C590" s="10"/>
+      <c r="D590" s="12" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E590" s="10"/>
+      <c r="F590" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G590" s="11" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="591" spans="1:16135">
+      <c r="A591" s="11">
+        <v>11600</v>
+      </c>
+      <c r="B591" s="10"/>
+      <c r="C591" s="10"/>
+      <c r="D591" s="12" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E591" s="10"/>
+      <c r="F591" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G591" s="11" t="s">
+        <v>1327</v>
+      </c>
     </row>
     <row r="592" spans="1:16135">
-      <c r="A592" s="11"/>
+      <c r="A592" s="11">
+        <v>11495</v>
+      </c>
       <c r="B592" s="10"/>
       <c r="C592" s="10"/>
       <c r="D592" s="12" t="s">
-        <v>1267</v>
+        <v>1366</v>
       </c>
       <c r="E592" s="10"/>
       <c r="F592" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G592" s="11" t="s">
-        <v>7</v>
-[...11 lines deleted...]
-      <c r="G594" s="8"/>
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="593" spans="1:16135">
+      <c r="A593" s="11">
+        <v>11494</v>
+      </c>
+      <c r="B593" s="10"/>
+      <c r="C593" s="10"/>
+      <c r="D593" s="12" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E593" s="10"/>
+      <c r="F593" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G593" s="11" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="594" spans="1:16135">
+      <c r="A594" s="11">
+        <v>11612</v>
+      </c>
+      <c r="B594" s="10"/>
+      <c r="C594" s="10"/>
+      <c r="D594" s="12" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E594" s="10"/>
+      <c r="F594" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G594" s="11" t="s">
+        <v>1370</v>
+      </c>
     </row>
     <row r="595" spans="1:16135">
-      <c r="A595" s="11"/>
+      <c r="A595" s="11">
+        <v>11610</v>
+      </c>
       <c r="B595" s="10"/>
       <c r="C595" s="10"/>
       <c r="D595" s="12" t="s">
-        <v>1268</v>
+        <v>1371</v>
       </c>
       <c r="E595" s="10"/>
       <c r="F595" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G595" s="11" t="s">
-        <v>7</v>
-[...11 lines deleted...]
-      <c r="G597" s="8"/>
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="596" spans="1:16135">
+      <c r="A596" s="11">
+        <v>11493</v>
+      </c>
+      <c r="B596" s="10"/>
+      <c r="C596" s="10"/>
+      <c r="D596" s="12" t="s">
+        <v>1372</v>
+      </c>
+      <c r="E596" s="10"/>
+      <c r="F596" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G596" s="11" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="597" spans="1:16135">
+      <c r="A597" s="11">
+        <v>11611</v>
+      </c>
+      <c r="B597" s="10"/>
+      <c r="C597" s="10"/>
+      <c r="D597" s="12" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E597" s="10"/>
+      <c r="F597" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G597" s="11" t="s">
+        <v>1284</v>
+      </c>
     </row>
     <row r="598" spans="1:16135">
-      <c r="A598" s="11"/>
+      <c r="A598" s="11">
+        <v>11492</v>
+      </c>
       <c r="B598" s="10"/>
       <c r="C598" s="10"/>
       <c r="D598" s="12" t="s">
-        <v>1269</v>
+        <v>1375</v>
       </c>
       <c r="E598" s="10"/>
       <c r="F598" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G598" s="11" t="s">
-        <v>7</v>
-[...11 lines deleted...]
-      <c r="G600" s="8"/>
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="599" spans="1:16135">
+      <c r="A599" s="11">
+        <v>11581</v>
+      </c>
+      <c r="B599" s="10"/>
+      <c r="C599" s="10"/>
+      <c r="D599" s="12" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E599" s="10"/>
+      <c r="F599" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G599" s="11" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="600" spans="1:16135">
+      <c r="A600" s="11">
+        <v>11579</v>
+      </c>
+      <c r="B600" s="10"/>
+      <c r="C600" s="10"/>
+      <c r="D600" s="12" t="s">
+        <v>1378</v>
+      </c>
+      <c r="E600" s="10"/>
+      <c r="F600" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G600" s="11" t="s">
+        <v>1379</v>
+      </c>
     </row>
     <row r="601" spans="1:16135">
-      <c r="A601" s="11"/>
+      <c r="A601" s="11">
+        <v>12431</v>
+      </c>
       <c r="B601" s="10"/>
       <c r="C601" s="10"/>
       <c r="D601" s="12" t="s">
-        <v>1270</v>
+        <v>1380</v>
       </c>
       <c r="E601" s="10"/>
       <c r="F601" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G601" s="11" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="602" spans="1:16135">
+      <c r="A602" s="11">
+        <v>11580</v>
+      </c>
+      <c r="B602" s="10"/>
+      <c r="C602" s="10"/>
+      <c r="D602" s="12" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E602" s="10"/>
+      <c r="F602" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G602" s="11" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="603" spans="1:16135">
+      <c r="A603" s="11">
+        <v>11605</v>
+      </c>
+      <c r="B603" s="10"/>
+      <c r="C603" s="10"/>
+      <c r="D603" s="12" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E603" s="10"/>
+      <c r="F603" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G603" s="11" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="604" spans="1:16135">
+      <c r="A604" s="11">
+        <v>11603</v>
+      </c>
+      <c r="B604" s="10"/>
+      <c r="C604" s="10"/>
+      <c r="D604" s="12" t="s">
+        <v>1384</v>
+      </c>
+      <c r="E604" s="10"/>
+      <c r="F604" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G604" s="11" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="605" spans="1:16135">
+      <c r="A605" s="11">
+        <v>11604</v>
+      </c>
+      <c r="B605" s="10"/>
+      <c r="C605" s="10"/>
+      <c r="D605" s="12" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E605" s="10"/>
+      <c r="F605" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G605" s="11" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="606" spans="1:16135">
+      <c r="A606" s="11">
+        <v>11601</v>
+      </c>
+      <c r="B606" s="10"/>
+      <c r="C606" s="10"/>
+      <c r="D606" s="12" t="s">
+        <v>1387</v>
+      </c>
+      <c r="E606" s="10"/>
+      <c r="F606" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G606" s="11" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="607" spans="1:16135">
+      <c r="A607" s="11">
+        <v>11606</v>
+      </c>
+      <c r="B607" s="10"/>
+      <c r="C607" s="10"/>
+      <c r="D607" s="12" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E607" s="10"/>
+      <c r="F607" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G607" s="11" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="609" spans="1:16135" customHeight="1" ht="60">
+      <c r="A609" s="2"/>
+      <c r="B609" s="2"/>
+      <c r="C609" s="2"/>
+      <c r="D609" s="9" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E609" s="8"/>
+      <c r="F609" s="8"/>
+      <c r="G609" s="8"/>
+    </row>
+    <row r="610" spans="1:16135">
+      <c r="A610" s="11"/>
+      <c r="B610" s="10"/>
+      <c r="C610" s="10"/>
+      <c r="D610" s="12" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E610" s="10"/>
+      <c r="F610" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G610" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="612" spans="1:16135" customHeight="1" ht="60">
+      <c r="A612" s="2"/>
+      <c r="B612" s="2"/>
+      <c r="C612" s="2"/>
+      <c r="D612" s="9" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E612" s="8"/>
+      <c r="F612" s="8"/>
+      <c r="G612" s="8"/>
+    </row>
+    <row r="613" spans="1:16135">
+      <c r="A613" s="11" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B613" s="10"/>
+      <c r="C613" s="10"/>
+      <c r="D613" s="12" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E613" s="10"/>
+      <c r="F613" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G613" s="11" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="614" spans="1:16135">
+      <c r="A614" s="11" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B614" s="10"/>
+      <c r="C614" s="10"/>
+      <c r="D614" s="12" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E614" s="10"/>
+      <c r="F614" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G614" s="11" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="615" spans="1:16135">
+      <c r="A615" s="11" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B615" s="10"/>
+      <c r="C615" s="10"/>
+      <c r="D615" s="12" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E615" s="10"/>
+      <c r="F615" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G615" s="11" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="616" spans="1:16135">
+      <c r="A616" s="11" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B616" s="10"/>
+      <c r="C616" s="10"/>
+      <c r="D616" s="12" t="s">
+        <v>1401</v>
+      </c>
+      <c r="E616" s="10"/>
+      <c r="F616" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G616" s="11" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="617" spans="1:16135">
+      <c r="A617" s="11" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B617" s="10"/>
+      <c r="C617" s="10"/>
+      <c r="D617" s="12" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E617" s="10"/>
+      <c r="F617" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G617" s="11" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="618" spans="1:16135">
+      <c r="A618" s="11" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B618" s="10"/>
+      <c r="C618" s="10"/>
+      <c r="D618" s="12" t="s">
+        <v>1407</v>
+      </c>
+      <c r="E618" s="10"/>
+      <c r="F618" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G618" s="11" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="619" spans="1:16135">
+      <c r="A619" s="11" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B619" s="10"/>
+      <c r="C619" s="10"/>
+      <c r="D619" s="12" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E619" s="10"/>
+      <c r="F619" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G619" s="11" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="620" spans="1:16135">
+      <c r="A620" s="11" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B620" s="10"/>
+      <c r="C620" s="10"/>
+      <c r="D620" s="12" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E620" s="10"/>
+      <c r="F620" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G620" s="11" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="621" spans="1:16135">
+      <c r="A621" s="11" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B621" s="10"/>
+      <c r="C621" s="10"/>
+      <c r="D621" s="12" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E621" s="10"/>
+      <c r="F621" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G621" s="11" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="622" spans="1:16135">
+      <c r="A622" s="11" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B622" s="10"/>
+      <c r="C622" s="10"/>
+      <c r="D622" s="12" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E622" s="10"/>
+      <c r="F622" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G622" s="11" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="623" spans="1:16135">
+      <c r="A623" s="11" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B623" s="10"/>
+      <c r="C623" s="10"/>
+      <c r="D623" s="12" t="s">
+        <v>1421</v>
+      </c>
+      <c r="E623" s="10"/>
+      <c r="F623" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G623" s="11" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="624" spans="1:16135">
+      <c r="A624" s="11" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B624" s="10"/>
+      <c r="C624" s="10"/>
+      <c r="D624" s="12" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E624" s="10"/>
+      <c r="F624" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G624" s="11" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="625" spans="1:16135">
+      <c r="A625" s="11" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B625" s="10"/>
+      <c r="C625" s="10"/>
+      <c r="D625" s="12" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E625" s="10"/>
+      <c r="F625" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G625" s="11" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="626" spans="1:16135">
+      <c r="A626" s="11" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B626" s="10"/>
+      <c r="C626" s="10"/>
+      <c r="D626" s="12" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E626" s="10"/>
+      <c r="F626" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G626" s="11" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="627" spans="1:16135">
+      <c r="A627" s="11" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B627" s="10"/>
+      <c r="C627" s="10"/>
+      <c r="D627" s="12" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E627" s="10"/>
+      <c r="F627" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G627" s="11" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="629" spans="1:16135" customHeight="1" ht="60">
+      <c r="A629" s="2"/>
+      <c r="B629" s="2"/>
+      <c r="C629" s="2"/>
+      <c r="D629" s="9" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E629" s="8"/>
+      <c r="F629" s="8"/>
+      <c r="G629" s="8"/>
+    </row>
+    <row r="630" spans="1:16135">
+      <c r="A630" s="11"/>
+      <c r="B630" s="10"/>
+      <c r="C630" s="10"/>
+      <c r="D630" s="12" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E630" s="10"/>
+      <c r="F630" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G630" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="632" spans="1:16135" customHeight="1" ht="60">
+      <c r="A632" s="2"/>
+      <c r="B632" s="2"/>
+      <c r="C632" s="2"/>
+      <c r="D632" s="9" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E632" s="8"/>
+      <c r="F632" s="8"/>
+      <c r="G632" s="8"/>
+    </row>
+    <row r="633" spans="1:16135">
+      <c r="A633" s="11"/>
+      <c r="B633" s="10"/>
+      <c r="C633" s="10"/>
+      <c r="D633" s="12" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E633" s="10"/>
+      <c r="F633" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G633" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="635" spans="1:16135" customHeight="1" ht="60">
+      <c r="A635" s="2"/>
+      <c r="B635" s="2"/>
+      <c r="C635" s="2"/>
+      <c r="D635" s="9" t="s">
+        <v>1437</v>
+      </c>
+      <c r="E635" s="8"/>
+      <c r="F635" s="8"/>
+      <c r="G635" s="8"/>
+    </row>
+    <row r="636" spans="1:16135">
+      <c r="A636" s="11">
+        <v>12448</v>
+      </c>
+      <c r="B636" s="10"/>
+      <c r="C636" s="10"/>
+      <c r="D636" s="12" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E636" s="10"/>
+      <c r="F636" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G636" s="11" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="637" spans="1:16135">
+      <c r="A637" s="11">
+        <v>12468</v>
+      </c>
+      <c r="B637" s="10"/>
+      <c r="C637" s="10"/>
+      <c r="D637" s="12" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E637" s="10"/>
+      <c r="F637" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G637" s="11" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="638" spans="1:16135">
+      <c r="A638" s="11" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B638" s="10"/>
+      <c r="C638" s="10"/>
+      <c r="D638" s="12" t="s">
+        <v>1441</v>
+      </c>
+      <c r="E638" s="10"/>
+      <c r="F638" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G638" s="11" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="639" spans="1:16135">
+      <c r="A639" s="11">
+        <v>11588</v>
+      </c>
+      <c r="B639" s="10"/>
+      <c r="C639" s="10"/>
+      <c r="D639" s="12" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E639" s="10"/>
+      <c r="F639" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G639" s="11" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="640" spans="1:16135">
+      <c r="A640" s="11">
+        <v>11344</v>
+      </c>
+      <c r="B640" s="10"/>
+      <c r="C640" s="10"/>
+      <c r="D640" s="12" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E640" s="10"/>
+      <c r="F640" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G640" s="11" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="641" spans="1:16135">
+      <c r="A641" s="11">
+        <v>11250</v>
+      </c>
+      <c r="B641" s="10"/>
+      <c r="C641" s="10"/>
+      <c r="D641" s="12" t="s">
+        <v>1445</v>
+      </c>
+      <c r="E641" s="10"/>
+      <c r="F641" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G641" s="11" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="642" spans="1:16135">
+      <c r="A642" s="11">
+        <v>11590</v>
+      </c>
+      <c r="B642" s="10"/>
+      <c r="C642" s="10"/>
+      <c r="D642" s="12" t="s">
+        <v>1447</v>
+      </c>
+      <c r="E642" s="10"/>
+      <c r="F642" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G642" s="11" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="643" spans="1:16135">
+      <c r="A643" s="11">
+        <v>11589</v>
+      </c>
+      <c r="B643" s="10"/>
+      <c r="C643" s="10"/>
+      <c r="D643" s="12" t="s">
+        <v>1449</v>
+      </c>
+      <c r="E643" s="10"/>
+      <c r="F643" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G643" s="11" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="644" spans="1:16135">
+      <c r="A644" s="11">
+        <v>11586</v>
+      </c>
+      <c r="B644" s="10"/>
+      <c r="C644" s="10"/>
+      <c r="D644" s="12" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E644" s="10"/>
+      <c r="F644" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G644" s="11" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="645" spans="1:16135">
+      <c r="A645" s="11">
+        <v>11587</v>
+      </c>
+      <c r="B645" s="10"/>
+      <c r="C645" s="10"/>
+      <c r="D645" s="12" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E645" s="10"/>
+      <c r="F645" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G645" s="11" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="646" spans="1:16135">
+      <c r="A646" s="11">
+        <v>11594</v>
+      </c>
+      <c r="B646" s="10"/>
+      <c r="C646" s="10"/>
+      <c r="D646" s="12" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E646" s="10"/>
+      <c r="F646" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G646" s="11" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="647" spans="1:16135">
+      <c r="A647" s="11">
+        <v>11360</v>
+      </c>
+      <c r="B647" s="10"/>
+      <c r="C647" s="10"/>
+      <c r="D647" s="12" t="s">
+        <v>1455</v>
+      </c>
+      <c r="E647" s="10"/>
+      <c r="F647" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G647" s="11" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="648" spans="1:16135">
+      <c r="A648" s="11">
+        <v>11596</v>
+      </c>
+      <c r="B648" s="10"/>
+      <c r="C648" s="10"/>
+      <c r="D648" s="12" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E648" s="10"/>
+      <c r="F648" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G648" s="11" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="649" spans="1:16135">
+      <c r="A649" s="11">
+        <v>11595</v>
+      </c>
+      <c r="B649" s="10"/>
+      <c r="C649" s="10"/>
+      <c r="D649" s="12" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E649" s="10"/>
+      <c r="F649" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G649" s="11" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="650" spans="1:16135">
+      <c r="A650" s="11">
+        <v>11593</v>
+      </c>
+      <c r="B650" s="10"/>
+      <c r="C650" s="10"/>
+      <c r="D650" s="12" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E650" s="10"/>
+      <c r="F650" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G650" s="11" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="651" spans="1:16135">
+      <c r="A651" s="11">
+        <v>11592</v>
+      </c>
+      <c r="B651" s="10"/>
+      <c r="C651" s="10"/>
+      <c r="D651" s="12" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E651" s="10"/>
+      <c r="F651" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G651" s="11" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="652" spans="1:16135">
+      <c r="A652" s="11">
+        <v>11688</v>
+      </c>
+      <c r="B652" s="10"/>
+      <c r="C652" s="10"/>
+      <c r="D652" s="12" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E652" s="10"/>
+      <c r="F652" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G652" s="11" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="653" spans="1:16135">
+      <c r="A653" s="11">
+        <v>11685</v>
+      </c>
+      <c r="B653" s="10"/>
+      <c r="C653" s="10"/>
+      <c r="D653" s="12" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E653" s="10"/>
+      <c r="F653" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G653" s="11" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="654" spans="1:16135">
+      <c r="A654" s="11">
+        <v>11689</v>
+      </c>
+      <c r="B654" s="10"/>
+      <c r="C654" s="10"/>
+      <c r="D654" s="12" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E654" s="10"/>
+      <c r="F654" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G654" s="11" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="655" spans="1:16135">
+      <c r="A655" s="11">
+        <v>11686</v>
+      </c>
+      <c r="B655" s="10"/>
+      <c r="C655" s="10"/>
+      <c r="D655" s="12" t="s">
+        <v>1465</v>
+      </c>
+      <c r="E655" s="10"/>
+      <c r="F655" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G655" s="11" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="656" spans="1:16135">
+      <c r="A656" s="11">
+        <v>11687</v>
+      </c>
+      <c r="B656" s="10"/>
+      <c r="C656" s="10"/>
+      <c r="D656" s="12" t="s">
+        <v>1467</v>
+      </c>
+      <c r="E656" s="10"/>
+      <c r="F656" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G656" s="11" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="657" spans="1:16135">
+      <c r="A657" s="11">
+        <v>11684</v>
+      </c>
+      <c r="B657" s="10"/>
+      <c r="C657" s="10"/>
+      <c r="D657" s="12" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E657" s="10"/>
+      <c r="F657" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G657" s="11" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="658" spans="1:16135">
+      <c r="A658" s="11">
+        <v>12447</v>
+      </c>
+      <c r="B658" s="10"/>
+      <c r="C658" s="10"/>
+      <c r="D658" s="12" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E658" s="10"/>
+      <c r="F658" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G658" s="11" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="659" spans="1:16135">
+      <c r="A659" s="11">
+        <v>12460</v>
+      </c>
+      <c r="B659" s="10"/>
+      <c r="C659" s="10"/>
+      <c r="D659" s="12" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E659" s="10"/>
+      <c r="F659" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G659" s="11" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="660" spans="1:16135">
+      <c r="A660" s="11">
+        <v>12461</v>
+      </c>
+      <c r="B660" s="10"/>
+      <c r="C660" s="10"/>
+      <c r="D660" s="12" t="s">
+        <v>1472</v>
+      </c>
+      <c r="E660" s="10"/>
+      <c r="F660" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G660" s="11" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="661" spans="1:16135">
+      <c r="A661" s="11">
+        <v>12463</v>
+      </c>
+      <c r="B661" s="10"/>
+      <c r="C661" s="10"/>
+      <c r="D661" s="12" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E661" s="10"/>
+      <c r="F661" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G661" s="11" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="662" spans="1:16135">
+      <c r="A662" s="11">
+        <v>12459</v>
+      </c>
+      <c r="B662" s="10"/>
+      <c r="C662" s="10"/>
+      <c r="D662" s="12" t="s">
+        <v>1476</v>
+      </c>
+      <c r="E662" s="10"/>
+      <c r="F662" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G662" s="11" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="663" spans="1:16135">
+      <c r="A663" s="11" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B663" s="10"/>
+      <c r="C663" s="10"/>
+      <c r="D663" s="12" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E663" s="10"/>
+      <c r="F663" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G663" s="11" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="664" spans="1:16135">
+      <c r="A664" s="11" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B664" s="10"/>
+      <c r="C664" s="10"/>
+      <c r="D664" s="12" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E664" s="10"/>
+      <c r="F664" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G664" s="11" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="666" spans="1:16135" customHeight="1" ht="60">
+      <c r="A666" s="2"/>
+      <c r="B666" s="2"/>
+      <c r="C666" s="2"/>
+      <c r="D666" s="9" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E666" s="8"/>
+      <c r="F666" s="8"/>
+      <c r="G666" s="8"/>
+    </row>
+    <row r="667" spans="1:16135">
+      <c r="A667" s="11"/>
+      <c r="B667" s="10"/>
+      <c r="C667" s="10"/>
+      <c r="D667" s="12" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E667" s="10"/>
+      <c r="F667" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G667" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="669" spans="1:16135" customHeight="1" ht="60">
+      <c r="A669" s="2"/>
+      <c r="B669" s="2"/>
+      <c r="C669" s="2"/>
+      <c r="D669" s="9" t="s">
+        <v>1483</v>
+      </c>
+      <c r="E669" s="8"/>
+      <c r="F669" s="8"/>
+      <c r="G669" s="8"/>
+    </row>
+    <row r="670" spans="1:16135">
+      <c r="A670" s="11"/>
+      <c r="B670" s="10"/>
+      <c r="C670" s="10"/>
+      <c r="D670" s="12" t="s">
+        <v>1483</v>
+      </c>
+      <c r="E670" s="10"/>
+      <c r="F670" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G670" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="672" spans="1:16135" customHeight="1" ht="60">
+      <c r="A672" s="2"/>
+      <c r="B672" s="2"/>
+      <c r="C672" s="2"/>
+      <c r="D672" s="9" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E672" s="8"/>
+      <c r="F672" s="8"/>
+      <c r="G672" s="8"/>
+    </row>
+    <row r="673" spans="1:16135">
+      <c r="A673" s="11"/>
+      <c r="B673" s="10"/>
+      <c r="C673" s="10"/>
+      <c r="D673" s="12" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E673" s="10"/>
+      <c r="F673" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G673" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="675" spans="1:16135" customHeight="1" ht="60">
+      <c r="A675" s="2"/>
+      <c r="B675" s="2"/>
+      <c r="C675" s="2"/>
+      <c r="D675" s="9" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E675" s="8"/>
+      <c r="F675" s="8"/>
+      <c r="G675" s="8"/>
+    </row>
+    <row r="676" spans="1:16135">
+      <c r="A676" s="11" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B676" s="10"/>
+      <c r="C676" s="10"/>
+      <c r="D676" s="12" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E676" s="10"/>
+      <c r="F676" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G676" s="11" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="677" spans="1:16135">
+      <c r="A677" s="11"/>
+      <c r="B677" s="10"/>
+      <c r="C677" s="10"/>
+      <c r="D677" s="12" t="s">
+        <v>1488</v>
+      </c>
+      <c r="E677" s="10"/>
+      <c r="F677" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G677" s="11" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="679" spans="1:16135" customHeight="1" ht="60">
+      <c r="A679" s="2"/>
+      <c r="B679" s="2"/>
+      <c r="C679" s="2"/>
+      <c r="D679" s="9" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E679" s="8"/>
+      <c r="F679" s="8"/>
+      <c r="G679" s="8"/>
+    </row>
+    <row r="680" spans="1:16135">
+      <c r="A680" s="11">
+        <v>12367</v>
+      </c>
+      <c r="B680" s="10"/>
+      <c r="C680" s="10"/>
+      <c r="D680" s="12" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E680" s="10"/>
+      <c r="F680" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G680" s="11" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="681" spans="1:16135">
+      <c r="A681" s="11">
+        <v>12435</v>
+      </c>
+      <c r="B681" s="10"/>
+      <c r="C681" s="10"/>
+      <c r="D681" s="12" t="s">
+        <v>1492</v>
+      </c>
+      <c r="E681" s="10"/>
+      <c r="F681" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G681" s="11" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="682" spans="1:16135">
+      <c r="A682" s="11" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B682" s="10"/>
+      <c r="C682" s="10"/>
+      <c r="D682" s="12" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E682" s="10"/>
+      <c r="F682" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G682" s="11" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="683" spans="1:16135">
+      <c r="A683" s="11" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B683" s="10"/>
+      <c r="C683" s="10"/>
+      <c r="D683" s="12" t="s">
+        <v>1497</v>
+      </c>
+      <c r="E683" s="10"/>
+      <c r="F683" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G683" s="11" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="685" spans="1:16135" customHeight="1" ht="60">
+      <c r="A685" s="2"/>
+      <c r="B685" s="2"/>
+      <c r="C685" s="2"/>
+      <c r="D685" s="9" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E685" s="8"/>
+      <c r="F685" s="8"/>
+      <c r="G685" s="8"/>
+    </row>
+    <row r="686" spans="1:16135">
+      <c r="A686" s="11" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B686" s="10"/>
+      <c r="C686" s="10"/>
+      <c r="D686" s="12" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E686" s="10"/>
+      <c r="F686" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G686" s="11" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="687" spans="1:16135">
+      <c r="A687" s="11" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B687" s="10"/>
+      <c r="C687" s="10"/>
+      <c r="D687" s="12" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E687" s="10"/>
+      <c r="F687" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G687" s="11" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="688" spans="1:16135">
+      <c r="A688" s="11" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B688" s="10"/>
+      <c r="C688" s="10"/>
+      <c r="D688" s="12" t="s">
+        <v>1506</v>
+      </c>
+      <c r="E688" s="10"/>
+      <c r="F688" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G688" s="11" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="689" spans="1:16135">
+      <c r="A689" s="11" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B689" s="10"/>
+      <c r="C689" s="10"/>
+      <c r="D689" s="12" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E689" s="10"/>
+      <c r="F689" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G689" s="11" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="690" spans="1:16135">
+      <c r="A690" s="11" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B690" s="10"/>
+      <c r="C690" s="10"/>
+      <c r="D690" s="12" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E690" s="10"/>
+      <c r="F690" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G690" s="11" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="691" spans="1:16135">
+      <c r="A691" s="11" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B691" s="10"/>
+      <c r="C691" s="10"/>
+      <c r="D691" s="12" t="s">
+        <v>1515</v>
+      </c>
+      <c r="E691" s="10"/>
+      <c r="F691" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G691" s="11" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="692" spans="1:16135">
+      <c r="A692" s="11" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B692" s="10"/>
+      <c r="C692" s="10"/>
+      <c r="D692" s="12" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E692" s="10"/>
+      <c r="F692" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G692" s="11" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="693" spans="1:16135">
+      <c r="A693" s="11" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B693" s="10"/>
+      <c r="C693" s="10"/>
+      <c r="D693" s="12" t="s">
+        <v>1520</v>
+      </c>
+      <c r="E693" s="10"/>
+      <c r="F693" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G693" s="11" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="694" spans="1:16135">
+      <c r="A694" s="11" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B694" s="10"/>
+      <c r="C694" s="10"/>
+      <c r="D694" s="12" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E694" s="10"/>
+      <c r="F694" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G694" s="11" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="695" spans="1:16135">
+      <c r="A695" s="11" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B695" s="10"/>
+      <c r="C695" s="10"/>
+      <c r="D695" s="12" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E695" s="10"/>
+      <c r="F695" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G695" s="11" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="696" spans="1:16135">
+      <c r="A696" s="11" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B696" s="10"/>
+      <c r="C696" s="10"/>
+      <c r="D696" s="12" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E696" s="10"/>
+      <c r="F696" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G696" s="11" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="697" spans="1:16135">
+      <c r="A697" s="11" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B697" s="10"/>
+      <c r="C697" s="10"/>
+      <c r="D697" s="12" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E697" s="10"/>
+      <c r="F697" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G697" s="11" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="698" spans="1:16135">
+      <c r="A698" s="11" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B698" s="10"/>
+      <c r="C698" s="10"/>
+      <c r="D698" s="12" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E698" s="10"/>
+      <c r="F698" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G698" s="11" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="700" spans="1:16135" customHeight="1" ht="60">
+      <c r="A700" s="2"/>
+      <c r="B700" s="2"/>
+      <c r="C700" s="2"/>
+      <c r="D700" s="9" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E700" s="8"/>
+      <c r="F700" s="8"/>
+      <c r="G700" s="8"/>
+    </row>
+    <row r="701" spans="1:16135">
+      <c r="A701" s="11" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B701" s="10"/>
+      <c r="C701" s="10"/>
+      <c r="D701" s="12" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E701" s="10"/>
+      <c r="F701" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G701" s="11" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="702" spans="1:16135">
+      <c r="A702" s="11" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B702" s="10"/>
+      <c r="C702" s="10"/>
+      <c r="D702" s="12" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E702" s="10"/>
+      <c r="F702" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G702" s="11" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="704" spans="1:16135" customHeight="1" ht="60">
+      <c r="A704" s="2"/>
+      <c r="B704" s="2"/>
+      <c r="C704" s="2"/>
+      <c r="D704" s="9" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E704" s="8"/>
+      <c r="F704" s="8"/>
+      <c r="G704" s="8"/>
+    </row>
+    <row r="705" spans="1:16135">
+      <c r="A705" s="11"/>
+      <c r="B705" s="10"/>
+      <c r="C705" s="10"/>
+      <c r="D705" s="12" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E705" s="10"/>
+      <c r="F705" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G705" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="707" spans="1:16135" customHeight="1" ht="60">
+      <c r="A707" s="2"/>
+      <c r="B707" s="2"/>
+      <c r="C707" s="2"/>
+      <c r="D707" s="9" t="s">
+        <v>1541</v>
+      </c>
+      <c r="E707" s="8"/>
+      <c r="F707" s="8"/>
+      <c r="G707" s="8"/>
+    </row>
+    <row r="708" spans="1:16135">
+      <c r="A708" s="11" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B708" s="10"/>
+      <c r="C708" s="10"/>
+      <c r="D708" s="12" t="s">
+        <v>1543</v>
+      </c>
+      <c r="E708" s="10"/>
+      <c r="F708" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G708" s="11" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="709" spans="1:16135">
+      <c r="A709" s="11" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B709" s="10"/>
+      <c r="C709" s="10"/>
+      <c r="D709" s="12" t="s">
+        <v>1546</v>
+      </c>
+      <c r="E709" s="10"/>
+      <c r="F709" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G709" s="11" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="710" spans="1:16135">
+      <c r="A710" s="11" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B710" s="10"/>
+      <c r="C710" s="10"/>
+      <c r="D710" s="12" t="s">
+        <v>1549</v>
+      </c>
+      <c r="E710" s="10"/>
+      <c r="F710" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G710" s="11" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="712" spans="1:16135" customHeight="1" ht="60">
+      <c r="A712" s="2"/>
+      <c r="B712" s="2"/>
+      <c r="C712" s="2"/>
+      <c r="D712" s="9" t="s">
+        <v>1551</v>
+      </c>
+      <c r="E712" s="8"/>
+      <c r="F712" s="8"/>
+      <c r="G712" s="8"/>
+    </row>
+    <row r="713" spans="1:16135">
+      <c r="A713" s="11"/>
+      <c r="B713" s="10"/>
+      <c r="C713" s="10"/>
+      <c r="D713" s="12" t="s">
+        <v>1551</v>
+      </c>
+      <c r="E713" s="10"/>
+      <c r="F713" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G713" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="715" spans="1:16135" customHeight="1" ht="60">
+      <c r="A715" s="2"/>
+      <c r="B715" s="2"/>
+      <c r="C715" s="2"/>
+      <c r="D715" s="9" t="s">
+        <v>1552</v>
+      </c>
+      <c r="E715" s="8"/>
+      <c r="F715" s="8"/>
+      <c r="G715" s="8"/>
+    </row>
+    <row r="716" spans="1:16135">
+      <c r="A716" s="11"/>
+      <c r="B716" s="10"/>
+      <c r="C716" s="10"/>
+      <c r="D716" s="12" t="s">
+        <v>1552</v>
+      </c>
+      <c r="E716" s="10"/>
+      <c r="F716" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G716" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="718" spans="1:16135" customHeight="1" ht="60">
+      <c r="A718" s="2"/>
+      <c r="B718" s="2"/>
+      <c r="C718" s="2"/>
+      <c r="D718" s="9" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E718" s="8"/>
+      <c r="F718" s="8"/>
+      <c r="G718" s="8"/>
+    </row>
+    <row r="719" spans="1:16135">
+      <c r="A719" s="11"/>
+      <c r="B719" s="10"/>
+      <c r="C719" s="10"/>
+      <c r="D719" s="12" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E719" s="10"/>
+      <c r="F719" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G719" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="721" spans="1:16135" customHeight="1" ht="60">
+      <c r="A721" s="2"/>
+      <c r="B721" s="2"/>
+      <c r="C721" s="2"/>
+      <c r="D721" s="9" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E721" s="8"/>
+      <c r="F721" s="8"/>
+      <c r="G721" s="8"/>
+    </row>
+    <row r="722" spans="1:16135">
+      <c r="A722" s="11"/>
+      <c r="B722" s="10"/>
+      <c r="C722" s="10"/>
+      <c r="D722" s="12" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E722" s="10"/>
+      <c r="F722" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G722" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="724" spans="1:16135" customHeight="1" ht="60">
+      <c r="A724" s="2"/>
+      <c r="B724" s="2"/>
+      <c r="C724" s="2"/>
+      <c r="D724" s="9" t="s">
+        <v>1555</v>
+      </c>
+      <c r="E724" s="8"/>
+      <c r="F724" s="8"/>
+      <c r="G724" s="8"/>
+    </row>
+    <row r="725" spans="1:16135">
+      <c r="A725" s="11"/>
+      <c r="B725" s="10"/>
+      <c r="C725" s="10"/>
+      <c r="D725" s="12" t="s">
+        <v>1555</v>
+      </c>
+      <c r="E725" s="10"/>
+      <c r="F725" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="G725" s="11" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="A8:C8"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="A10:C10"/>
     <mergeCell ref="D10:E10"/>
@@ -31096,76 +34061,76 @@
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="A21:C21"/>
     <mergeCell ref="D21:E21"/>
     <mergeCell ref="A22:C22"/>
     <mergeCell ref="D22:E22"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="D23:E23"/>
     <mergeCell ref="A24:C24"/>
     <mergeCell ref="D24:E24"/>
     <mergeCell ref="A25:C25"/>
     <mergeCell ref="D25:E25"/>
     <mergeCell ref="A26:C26"/>
     <mergeCell ref="D26:E26"/>
     <mergeCell ref="A27:C27"/>
     <mergeCell ref="D27:E27"/>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="D28:E28"/>
     <mergeCell ref="A29:C29"/>
     <mergeCell ref="D29:E29"/>
     <mergeCell ref="A30:C30"/>
     <mergeCell ref="D30:E30"/>
     <mergeCell ref="A31:C31"/>
     <mergeCell ref="D31:E31"/>
     <mergeCell ref="A32:C32"/>
     <mergeCell ref="D32:E32"/>
-    <mergeCell ref="A34:C34"/>
-    <mergeCell ref="D34:G34"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="D33:E33"/>
     <mergeCell ref="A35:C35"/>
-    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="D35:G35"/>
     <mergeCell ref="A36:C36"/>
     <mergeCell ref="D36:E36"/>
     <mergeCell ref="A37:C37"/>
     <mergeCell ref="D37:E37"/>
     <mergeCell ref="A38:C38"/>
     <mergeCell ref="D38:E38"/>
     <mergeCell ref="A39:C39"/>
     <mergeCell ref="D39:E39"/>
     <mergeCell ref="A40:C40"/>
     <mergeCell ref="D40:E40"/>
     <mergeCell ref="A41:C41"/>
     <mergeCell ref="D41:E41"/>
     <mergeCell ref="A42:C42"/>
     <mergeCell ref="D42:E42"/>
     <mergeCell ref="A43:C43"/>
     <mergeCell ref="D43:E43"/>
     <mergeCell ref="A44:C44"/>
     <mergeCell ref="D44:E44"/>
-    <mergeCell ref="A46:C46"/>
-    <mergeCell ref="D46:G46"/>
+    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="D45:E45"/>
     <mergeCell ref="A47:C47"/>
-    <mergeCell ref="D47:E47"/>
+    <mergeCell ref="D47:G47"/>
     <mergeCell ref="A48:C48"/>
     <mergeCell ref="D48:E48"/>
     <mergeCell ref="A49:C49"/>
     <mergeCell ref="D49:E49"/>
     <mergeCell ref="A50:C50"/>
     <mergeCell ref="D50:E50"/>
     <mergeCell ref="A51:C51"/>
     <mergeCell ref="D51:E51"/>
     <mergeCell ref="A52:C52"/>
     <mergeCell ref="D52:E52"/>
     <mergeCell ref="A53:C53"/>
     <mergeCell ref="D53:E53"/>
     <mergeCell ref="A54:C54"/>
     <mergeCell ref="D54:E54"/>
     <mergeCell ref="A55:C55"/>
     <mergeCell ref="D55:E55"/>
     <mergeCell ref="A56:C56"/>
     <mergeCell ref="D56:E56"/>
     <mergeCell ref="A57:C57"/>
     <mergeCell ref="D57:E57"/>
     <mergeCell ref="A58:C58"/>
     <mergeCell ref="D58:E58"/>
     <mergeCell ref="A59:C59"/>
     <mergeCell ref="D59:E59"/>
     <mergeCell ref="A60:C60"/>
@@ -31188,506 +34153,508 @@
     <mergeCell ref="D68:E68"/>
     <mergeCell ref="A69:C69"/>
     <mergeCell ref="D69:E69"/>
     <mergeCell ref="A70:C70"/>
     <mergeCell ref="D70:E70"/>
     <mergeCell ref="A71:C71"/>
     <mergeCell ref="D71:E71"/>
     <mergeCell ref="A72:C72"/>
     <mergeCell ref="D72:E72"/>
     <mergeCell ref="A73:C73"/>
     <mergeCell ref="D73:E73"/>
     <mergeCell ref="A74:C74"/>
     <mergeCell ref="D74:E74"/>
     <mergeCell ref="A75:C75"/>
     <mergeCell ref="D75:E75"/>
     <mergeCell ref="A76:C76"/>
     <mergeCell ref="D76:E76"/>
     <mergeCell ref="A77:C77"/>
     <mergeCell ref="D77:E77"/>
     <mergeCell ref="A78:C78"/>
     <mergeCell ref="D78:E78"/>
     <mergeCell ref="A79:C79"/>
     <mergeCell ref="D79:E79"/>
     <mergeCell ref="A80:C80"/>
     <mergeCell ref="D80:E80"/>
-    <mergeCell ref="A82:C82"/>
-    <mergeCell ref="D82:G82"/>
+    <mergeCell ref="A81:C81"/>
+    <mergeCell ref="D81:E81"/>
     <mergeCell ref="A83:C83"/>
-    <mergeCell ref="D83:E83"/>
+    <mergeCell ref="D83:G83"/>
     <mergeCell ref="A84:C84"/>
     <mergeCell ref="D84:E84"/>
     <mergeCell ref="A85:C85"/>
     <mergeCell ref="D85:E85"/>
     <mergeCell ref="A86:C86"/>
     <mergeCell ref="D86:E86"/>
     <mergeCell ref="A87:C87"/>
     <mergeCell ref="D87:E87"/>
-    <mergeCell ref="A89:C89"/>
-    <mergeCell ref="D89:G89"/>
+    <mergeCell ref="A88:C88"/>
+    <mergeCell ref="D88:E88"/>
     <mergeCell ref="A90:C90"/>
-    <mergeCell ref="D90:E90"/>
-[...1 lines deleted...]
-    <mergeCell ref="D92:G92"/>
+    <mergeCell ref="D90:G90"/>
+    <mergeCell ref="A91:C91"/>
+    <mergeCell ref="D91:E91"/>
     <mergeCell ref="A93:C93"/>
-    <mergeCell ref="D93:E93"/>
+    <mergeCell ref="D93:G93"/>
     <mergeCell ref="A94:C94"/>
     <mergeCell ref="D94:E94"/>
     <mergeCell ref="A95:C95"/>
     <mergeCell ref="D95:E95"/>
     <mergeCell ref="A96:C96"/>
     <mergeCell ref="D96:E96"/>
     <mergeCell ref="A97:C97"/>
     <mergeCell ref="D97:E97"/>
     <mergeCell ref="A98:C98"/>
     <mergeCell ref="D98:E98"/>
     <mergeCell ref="A99:C99"/>
     <mergeCell ref="D99:E99"/>
     <mergeCell ref="A100:C100"/>
     <mergeCell ref="D100:E100"/>
     <mergeCell ref="A101:C101"/>
     <mergeCell ref="D101:E101"/>
     <mergeCell ref="A102:C102"/>
     <mergeCell ref="D102:E102"/>
     <mergeCell ref="A103:C103"/>
     <mergeCell ref="D103:E103"/>
     <mergeCell ref="A104:C104"/>
     <mergeCell ref="D104:E104"/>
     <mergeCell ref="A105:C105"/>
     <mergeCell ref="D105:E105"/>
     <mergeCell ref="A106:C106"/>
     <mergeCell ref="D106:E106"/>
     <mergeCell ref="A107:C107"/>
     <mergeCell ref="D107:E107"/>
     <mergeCell ref="A108:C108"/>
     <mergeCell ref="D108:E108"/>
     <mergeCell ref="A109:C109"/>
     <mergeCell ref="D109:E109"/>
+    <mergeCell ref="A110:C110"/>
+    <mergeCell ref="D110:E110"/>
     <mergeCell ref="A111:C111"/>
-    <mergeCell ref="D111:G111"/>
+    <mergeCell ref="D111:E111"/>
     <mergeCell ref="A112:C112"/>
     <mergeCell ref="D112:E112"/>
+    <mergeCell ref="A113:C113"/>
+    <mergeCell ref="D113:E113"/>
     <mergeCell ref="A114:C114"/>
-    <mergeCell ref="D114:G114"/>
+    <mergeCell ref="D114:E114"/>
     <mergeCell ref="A115:C115"/>
     <mergeCell ref="D115:E115"/>
     <mergeCell ref="A116:C116"/>
     <mergeCell ref="D116:E116"/>
     <mergeCell ref="A117:C117"/>
     <mergeCell ref="D117:E117"/>
     <mergeCell ref="A118:C118"/>
     <mergeCell ref="D118:E118"/>
     <mergeCell ref="A119:C119"/>
     <mergeCell ref="D119:E119"/>
     <mergeCell ref="A120:C120"/>
     <mergeCell ref="D120:E120"/>
     <mergeCell ref="A121:C121"/>
     <mergeCell ref="D121:E121"/>
     <mergeCell ref="A122:C122"/>
     <mergeCell ref="D122:E122"/>
     <mergeCell ref="A123:C123"/>
     <mergeCell ref="D123:E123"/>
     <mergeCell ref="A124:C124"/>
     <mergeCell ref="D124:E124"/>
     <mergeCell ref="A125:C125"/>
     <mergeCell ref="D125:E125"/>
     <mergeCell ref="A126:C126"/>
     <mergeCell ref="D126:E126"/>
     <mergeCell ref="A127:C127"/>
     <mergeCell ref="D127:E127"/>
     <mergeCell ref="A128:C128"/>
     <mergeCell ref="D128:E128"/>
     <mergeCell ref="A129:C129"/>
     <mergeCell ref="D129:E129"/>
     <mergeCell ref="A130:C130"/>
     <mergeCell ref="D130:E130"/>
     <mergeCell ref="A131:C131"/>
     <mergeCell ref="D131:E131"/>
     <mergeCell ref="A132:C132"/>
     <mergeCell ref="D132:E132"/>
     <mergeCell ref="A133:C133"/>
     <mergeCell ref="D133:E133"/>
     <mergeCell ref="A134:C134"/>
     <mergeCell ref="D134:E134"/>
+    <mergeCell ref="A135:C135"/>
+    <mergeCell ref="D135:E135"/>
     <mergeCell ref="A136:C136"/>
-    <mergeCell ref="D136:G136"/>
+    <mergeCell ref="D136:E136"/>
     <mergeCell ref="A137:C137"/>
     <mergeCell ref="D137:E137"/>
     <mergeCell ref="A138:C138"/>
     <mergeCell ref="D138:E138"/>
     <mergeCell ref="A139:C139"/>
     <mergeCell ref="D139:E139"/>
     <mergeCell ref="A140:C140"/>
     <mergeCell ref="D140:E140"/>
     <mergeCell ref="A141:C141"/>
     <mergeCell ref="D141:E141"/>
-    <mergeCell ref="A142:C142"/>
-    <mergeCell ref="D142:E142"/>
     <mergeCell ref="A143:C143"/>
-    <mergeCell ref="D143:E143"/>
+    <mergeCell ref="D143:G143"/>
     <mergeCell ref="A144:C144"/>
     <mergeCell ref="D144:E144"/>
-    <mergeCell ref="A145:C145"/>
-    <mergeCell ref="D145:E145"/>
     <mergeCell ref="A146:C146"/>
-    <mergeCell ref="D146:E146"/>
+    <mergeCell ref="D146:G146"/>
     <mergeCell ref="A147:C147"/>
     <mergeCell ref="D147:E147"/>
     <mergeCell ref="A148:C148"/>
     <mergeCell ref="D148:E148"/>
     <mergeCell ref="A149:C149"/>
     <mergeCell ref="D149:E149"/>
     <mergeCell ref="A150:C150"/>
     <mergeCell ref="D150:E150"/>
+    <mergeCell ref="A151:C151"/>
+    <mergeCell ref="D151:E151"/>
     <mergeCell ref="A152:C152"/>
-    <mergeCell ref="D152:G152"/>
+    <mergeCell ref="D152:E152"/>
     <mergeCell ref="A153:C153"/>
     <mergeCell ref="D153:E153"/>
     <mergeCell ref="A154:C154"/>
     <mergeCell ref="D154:E154"/>
     <mergeCell ref="A155:C155"/>
     <mergeCell ref="D155:E155"/>
     <mergeCell ref="A156:C156"/>
     <mergeCell ref="D156:E156"/>
     <mergeCell ref="A157:C157"/>
     <mergeCell ref="D157:E157"/>
     <mergeCell ref="A158:C158"/>
     <mergeCell ref="D158:E158"/>
     <mergeCell ref="A159:C159"/>
     <mergeCell ref="D159:E159"/>
     <mergeCell ref="A160:C160"/>
     <mergeCell ref="D160:E160"/>
     <mergeCell ref="A161:C161"/>
     <mergeCell ref="D161:E161"/>
     <mergeCell ref="A162:C162"/>
     <mergeCell ref="D162:E162"/>
     <mergeCell ref="A163:C163"/>
     <mergeCell ref="D163:E163"/>
     <mergeCell ref="A164:C164"/>
     <mergeCell ref="D164:E164"/>
     <mergeCell ref="A165:C165"/>
     <mergeCell ref="D165:E165"/>
     <mergeCell ref="A166:C166"/>
     <mergeCell ref="D166:E166"/>
     <mergeCell ref="A167:C167"/>
     <mergeCell ref="D167:E167"/>
     <mergeCell ref="A168:C168"/>
     <mergeCell ref="D168:E168"/>
     <mergeCell ref="A169:C169"/>
     <mergeCell ref="D169:E169"/>
     <mergeCell ref="A170:C170"/>
     <mergeCell ref="D170:E170"/>
+    <mergeCell ref="A171:C171"/>
+    <mergeCell ref="D171:E171"/>
     <mergeCell ref="A172:C172"/>
-    <mergeCell ref="D172:G172"/>
+    <mergeCell ref="D172:E172"/>
     <mergeCell ref="A173:C173"/>
     <mergeCell ref="D173:E173"/>
     <mergeCell ref="A174:C174"/>
     <mergeCell ref="D174:E174"/>
     <mergeCell ref="A175:C175"/>
     <mergeCell ref="D175:E175"/>
-    <mergeCell ref="A176:C176"/>
-    <mergeCell ref="D176:E176"/>
     <mergeCell ref="A177:C177"/>
-    <mergeCell ref="D177:E177"/>
+    <mergeCell ref="D177:G177"/>
     <mergeCell ref="A178:C178"/>
     <mergeCell ref="D178:E178"/>
     <mergeCell ref="A179:C179"/>
     <mergeCell ref="D179:E179"/>
     <mergeCell ref="A180:C180"/>
     <mergeCell ref="D180:E180"/>
     <mergeCell ref="A181:C181"/>
     <mergeCell ref="D181:E181"/>
     <mergeCell ref="A182:C182"/>
     <mergeCell ref="D182:E182"/>
     <mergeCell ref="A183:C183"/>
     <mergeCell ref="D183:E183"/>
     <mergeCell ref="A184:C184"/>
     <mergeCell ref="D184:E184"/>
     <mergeCell ref="A185:C185"/>
     <mergeCell ref="D185:E185"/>
     <mergeCell ref="A186:C186"/>
     <mergeCell ref="D186:E186"/>
     <mergeCell ref="A187:C187"/>
     <mergeCell ref="D187:E187"/>
     <mergeCell ref="A188:C188"/>
     <mergeCell ref="D188:E188"/>
     <mergeCell ref="A189:C189"/>
     <mergeCell ref="D189:E189"/>
     <mergeCell ref="A190:C190"/>
     <mergeCell ref="D190:E190"/>
+    <mergeCell ref="A191:C191"/>
+    <mergeCell ref="D191:E191"/>
     <mergeCell ref="A192:C192"/>
-    <mergeCell ref="D192:G192"/>
+    <mergeCell ref="D192:E192"/>
     <mergeCell ref="A193:C193"/>
     <mergeCell ref="D193:E193"/>
-    <mergeCell ref="A194:C194"/>
-    <mergeCell ref="D194:E194"/>
     <mergeCell ref="A195:C195"/>
-    <mergeCell ref="D195:E195"/>
+    <mergeCell ref="D195:G195"/>
     <mergeCell ref="A196:C196"/>
     <mergeCell ref="D196:E196"/>
     <mergeCell ref="A197:C197"/>
     <mergeCell ref="D197:E197"/>
     <mergeCell ref="A198:C198"/>
     <mergeCell ref="D198:E198"/>
     <mergeCell ref="A199:C199"/>
     <mergeCell ref="D199:E199"/>
     <mergeCell ref="A200:C200"/>
     <mergeCell ref="D200:E200"/>
     <mergeCell ref="A201:C201"/>
     <mergeCell ref="D201:E201"/>
     <mergeCell ref="A202:C202"/>
     <mergeCell ref="D202:E202"/>
     <mergeCell ref="A203:C203"/>
     <mergeCell ref="D203:E203"/>
     <mergeCell ref="A204:C204"/>
     <mergeCell ref="D204:E204"/>
     <mergeCell ref="A205:C205"/>
     <mergeCell ref="D205:E205"/>
     <mergeCell ref="A206:C206"/>
     <mergeCell ref="D206:E206"/>
     <mergeCell ref="A207:C207"/>
     <mergeCell ref="D207:E207"/>
+    <mergeCell ref="A208:C208"/>
+    <mergeCell ref="D208:E208"/>
     <mergeCell ref="A209:C209"/>
-    <mergeCell ref="D209:G209"/>
+    <mergeCell ref="D209:E209"/>
     <mergeCell ref="A210:C210"/>
     <mergeCell ref="D210:E210"/>
     <mergeCell ref="A211:C211"/>
     <mergeCell ref="D211:E211"/>
     <mergeCell ref="A212:C212"/>
     <mergeCell ref="D212:E212"/>
     <mergeCell ref="A213:C213"/>
     <mergeCell ref="D213:E213"/>
     <mergeCell ref="A214:C214"/>
     <mergeCell ref="D214:E214"/>
     <mergeCell ref="A215:C215"/>
     <mergeCell ref="D215:E215"/>
     <mergeCell ref="A216:C216"/>
     <mergeCell ref="D216:E216"/>
-    <mergeCell ref="A217:C217"/>
-    <mergeCell ref="D217:E217"/>
     <mergeCell ref="A218:C218"/>
-    <mergeCell ref="D218:E218"/>
+    <mergeCell ref="D218:G218"/>
     <mergeCell ref="A219:C219"/>
     <mergeCell ref="D219:E219"/>
     <mergeCell ref="A220:C220"/>
     <mergeCell ref="D220:E220"/>
     <mergeCell ref="A221:C221"/>
     <mergeCell ref="D221:E221"/>
     <mergeCell ref="A222:C222"/>
     <mergeCell ref="D222:E222"/>
     <mergeCell ref="A223:C223"/>
     <mergeCell ref="D223:E223"/>
     <mergeCell ref="A224:C224"/>
     <mergeCell ref="D224:E224"/>
     <mergeCell ref="A225:C225"/>
     <mergeCell ref="D225:E225"/>
     <mergeCell ref="A226:C226"/>
     <mergeCell ref="D226:E226"/>
     <mergeCell ref="A227:C227"/>
     <mergeCell ref="D227:E227"/>
     <mergeCell ref="A228:C228"/>
     <mergeCell ref="D228:E228"/>
     <mergeCell ref="A229:C229"/>
     <mergeCell ref="D229:E229"/>
+    <mergeCell ref="A230:C230"/>
+    <mergeCell ref="D230:E230"/>
     <mergeCell ref="A231:C231"/>
-    <mergeCell ref="D231:G231"/>
+    <mergeCell ref="D231:E231"/>
     <mergeCell ref="A232:C232"/>
     <mergeCell ref="D232:E232"/>
     <mergeCell ref="A233:C233"/>
     <mergeCell ref="D233:E233"/>
     <mergeCell ref="A234:C234"/>
     <mergeCell ref="D234:E234"/>
     <mergeCell ref="A235:C235"/>
     <mergeCell ref="D235:E235"/>
     <mergeCell ref="A236:C236"/>
     <mergeCell ref="D236:E236"/>
-    <mergeCell ref="A237:C237"/>
-    <mergeCell ref="D237:E237"/>
     <mergeCell ref="A238:C238"/>
-    <mergeCell ref="D238:E238"/>
+    <mergeCell ref="D238:G238"/>
     <mergeCell ref="A239:C239"/>
     <mergeCell ref="D239:E239"/>
     <mergeCell ref="A240:C240"/>
     <mergeCell ref="D240:E240"/>
     <mergeCell ref="A241:C241"/>
     <mergeCell ref="D241:E241"/>
     <mergeCell ref="A242:C242"/>
     <mergeCell ref="D242:E242"/>
     <mergeCell ref="A243:C243"/>
     <mergeCell ref="D243:E243"/>
     <mergeCell ref="A244:C244"/>
     <mergeCell ref="D244:E244"/>
     <mergeCell ref="A245:C245"/>
     <mergeCell ref="D245:E245"/>
     <mergeCell ref="A246:C246"/>
     <mergeCell ref="D246:E246"/>
     <mergeCell ref="A247:C247"/>
     <mergeCell ref="D247:E247"/>
+    <mergeCell ref="A248:C248"/>
+    <mergeCell ref="D248:E248"/>
     <mergeCell ref="A249:C249"/>
-    <mergeCell ref="D249:G249"/>
+    <mergeCell ref="D249:E249"/>
     <mergeCell ref="A250:C250"/>
     <mergeCell ref="D250:E250"/>
     <mergeCell ref="A251:C251"/>
     <mergeCell ref="D251:E251"/>
     <mergeCell ref="A252:C252"/>
     <mergeCell ref="D252:E252"/>
     <mergeCell ref="A253:C253"/>
     <mergeCell ref="D253:E253"/>
-    <mergeCell ref="A254:C254"/>
-    <mergeCell ref="D254:E254"/>
     <mergeCell ref="A255:C255"/>
-    <mergeCell ref="D255:E255"/>
+    <mergeCell ref="D255:G255"/>
     <mergeCell ref="A256:C256"/>
     <mergeCell ref="D256:E256"/>
     <mergeCell ref="A257:C257"/>
     <mergeCell ref="D257:E257"/>
     <mergeCell ref="A258:C258"/>
     <mergeCell ref="D258:E258"/>
     <mergeCell ref="A259:C259"/>
     <mergeCell ref="D259:E259"/>
     <mergeCell ref="A260:C260"/>
     <mergeCell ref="D260:E260"/>
     <mergeCell ref="A261:C261"/>
     <mergeCell ref="D261:E261"/>
     <mergeCell ref="A262:C262"/>
     <mergeCell ref="D262:E262"/>
     <mergeCell ref="A263:C263"/>
     <mergeCell ref="D263:E263"/>
     <mergeCell ref="A264:C264"/>
     <mergeCell ref="D264:E264"/>
     <mergeCell ref="A265:C265"/>
     <mergeCell ref="D265:E265"/>
     <mergeCell ref="A266:C266"/>
     <mergeCell ref="D266:E266"/>
     <mergeCell ref="A267:C267"/>
     <mergeCell ref="D267:E267"/>
     <mergeCell ref="A268:C268"/>
     <mergeCell ref="D268:E268"/>
     <mergeCell ref="A269:C269"/>
     <mergeCell ref="D269:E269"/>
     <mergeCell ref="A270:C270"/>
     <mergeCell ref="D270:E270"/>
+    <mergeCell ref="A271:C271"/>
+    <mergeCell ref="D271:E271"/>
     <mergeCell ref="A272:C272"/>
-    <mergeCell ref="D272:G272"/>
+    <mergeCell ref="D272:E272"/>
     <mergeCell ref="A273:C273"/>
     <mergeCell ref="D273:E273"/>
     <mergeCell ref="A274:C274"/>
     <mergeCell ref="D274:E274"/>
     <mergeCell ref="A275:C275"/>
     <mergeCell ref="D275:E275"/>
     <mergeCell ref="A276:C276"/>
     <mergeCell ref="D276:E276"/>
-    <mergeCell ref="A277:C277"/>
-    <mergeCell ref="D277:E277"/>
     <mergeCell ref="A278:C278"/>
-    <mergeCell ref="D278:E278"/>
+    <mergeCell ref="D278:G278"/>
     <mergeCell ref="A279:C279"/>
     <mergeCell ref="D279:E279"/>
     <mergeCell ref="A280:C280"/>
     <mergeCell ref="D280:E280"/>
     <mergeCell ref="A281:C281"/>
     <mergeCell ref="D281:E281"/>
     <mergeCell ref="A282:C282"/>
     <mergeCell ref="D282:E282"/>
     <mergeCell ref="A283:C283"/>
     <mergeCell ref="D283:E283"/>
     <mergeCell ref="A284:C284"/>
     <mergeCell ref="D284:E284"/>
     <mergeCell ref="A285:C285"/>
     <mergeCell ref="D285:E285"/>
     <mergeCell ref="A286:C286"/>
     <mergeCell ref="D286:E286"/>
     <mergeCell ref="A287:C287"/>
     <mergeCell ref="D287:E287"/>
     <mergeCell ref="A288:C288"/>
     <mergeCell ref="D288:E288"/>
     <mergeCell ref="A289:C289"/>
     <mergeCell ref="D289:E289"/>
     <mergeCell ref="A290:C290"/>
     <mergeCell ref="D290:E290"/>
     <mergeCell ref="A291:C291"/>
     <mergeCell ref="D291:E291"/>
     <mergeCell ref="A292:C292"/>
     <mergeCell ref="D292:E292"/>
     <mergeCell ref="A293:C293"/>
     <mergeCell ref="D293:E293"/>
     <mergeCell ref="A294:C294"/>
     <mergeCell ref="D294:E294"/>
     <mergeCell ref="A295:C295"/>
     <mergeCell ref="D295:E295"/>
-    <mergeCell ref="A296:C296"/>
-    <mergeCell ref="D296:E296"/>
     <mergeCell ref="A297:C297"/>
-    <mergeCell ref="D297:E297"/>
+    <mergeCell ref="D297:G297"/>
     <mergeCell ref="A298:C298"/>
     <mergeCell ref="D298:E298"/>
     <mergeCell ref="A299:C299"/>
     <mergeCell ref="D299:E299"/>
     <mergeCell ref="A300:C300"/>
     <mergeCell ref="D300:E300"/>
+    <mergeCell ref="A301:C301"/>
+    <mergeCell ref="D301:E301"/>
     <mergeCell ref="A302:C302"/>
-    <mergeCell ref="D302:G302"/>
+    <mergeCell ref="D302:E302"/>
     <mergeCell ref="A303:C303"/>
     <mergeCell ref="D303:E303"/>
     <mergeCell ref="A304:C304"/>
     <mergeCell ref="D304:E304"/>
     <mergeCell ref="A305:C305"/>
     <mergeCell ref="D305:E305"/>
     <mergeCell ref="A306:C306"/>
     <mergeCell ref="D306:E306"/>
     <mergeCell ref="A307:C307"/>
     <mergeCell ref="D307:E307"/>
     <mergeCell ref="A308:C308"/>
     <mergeCell ref="D308:E308"/>
     <mergeCell ref="A309:C309"/>
     <mergeCell ref="D309:E309"/>
     <mergeCell ref="A310:C310"/>
     <mergeCell ref="D310:E310"/>
     <mergeCell ref="A311:C311"/>
     <mergeCell ref="D311:E311"/>
     <mergeCell ref="A312:C312"/>
     <mergeCell ref="D312:E312"/>
     <mergeCell ref="A313:C313"/>
     <mergeCell ref="D313:E313"/>
     <mergeCell ref="A314:C314"/>
     <mergeCell ref="D314:E314"/>
     <mergeCell ref="A315:C315"/>
     <mergeCell ref="D315:E315"/>
     <mergeCell ref="A316:C316"/>
     <mergeCell ref="D316:E316"/>
     <mergeCell ref="A317:C317"/>
     <mergeCell ref="D317:E317"/>
     <mergeCell ref="A318:C318"/>
     <mergeCell ref="D318:E318"/>
     <mergeCell ref="A319:C319"/>
     <mergeCell ref="D319:E319"/>
     <mergeCell ref="A320:C320"/>
     <mergeCell ref="D320:E320"/>
-    <mergeCell ref="A321:C321"/>
-    <mergeCell ref="D321:E321"/>
     <mergeCell ref="A322:C322"/>
-    <mergeCell ref="D322:E322"/>
+    <mergeCell ref="D322:G322"/>
     <mergeCell ref="A323:C323"/>
     <mergeCell ref="D323:E323"/>
     <mergeCell ref="A324:C324"/>
     <mergeCell ref="D324:E324"/>
     <mergeCell ref="A325:C325"/>
     <mergeCell ref="D325:E325"/>
     <mergeCell ref="A326:C326"/>
     <mergeCell ref="D326:E326"/>
     <mergeCell ref="A327:C327"/>
     <mergeCell ref="D327:E327"/>
     <mergeCell ref="A328:C328"/>
     <mergeCell ref="D328:E328"/>
     <mergeCell ref="A329:C329"/>
     <mergeCell ref="D329:E329"/>
     <mergeCell ref="A330:C330"/>
     <mergeCell ref="D330:E330"/>
     <mergeCell ref="A331:C331"/>
     <mergeCell ref="D331:E331"/>
     <mergeCell ref="A332:C332"/>
     <mergeCell ref="D332:E332"/>
     <mergeCell ref="A333:C333"/>
     <mergeCell ref="D333:E333"/>
     <mergeCell ref="A334:C334"/>
     <mergeCell ref="D334:E334"/>
     <mergeCell ref="A335:C335"/>
@@ -31698,64 +34665,66 @@
     <mergeCell ref="D337:E337"/>
     <mergeCell ref="A338:C338"/>
     <mergeCell ref="D338:E338"/>
     <mergeCell ref="A339:C339"/>
     <mergeCell ref="D339:E339"/>
     <mergeCell ref="A340:C340"/>
     <mergeCell ref="D340:E340"/>
     <mergeCell ref="A341:C341"/>
     <mergeCell ref="D341:E341"/>
     <mergeCell ref="A342:C342"/>
     <mergeCell ref="D342:E342"/>
     <mergeCell ref="A343:C343"/>
     <mergeCell ref="D343:E343"/>
     <mergeCell ref="A344:C344"/>
     <mergeCell ref="D344:E344"/>
     <mergeCell ref="A345:C345"/>
     <mergeCell ref="D345:E345"/>
     <mergeCell ref="A346:C346"/>
     <mergeCell ref="D346:E346"/>
     <mergeCell ref="A347:C347"/>
     <mergeCell ref="D347:E347"/>
     <mergeCell ref="A348:C348"/>
     <mergeCell ref="D348:E348"/>
     <mergeCell ref="A349:C349"/>
     <mergeCell ref="D349:E349"/>
+    <mergeCell ref="A350:C350"/>
+    <mergeCell ref="D350:E350"/>
     <mergeCell ref="A351:C351"/>
-    <mergeCell ref="D351:G351"/>
+    <mergeCell ref="D351:E351"/>
     <mergeCell ref="A352:C352"/>
     <mergeCell ref="D352:E352"/>
     <mergeCell ref="A353:C353"/>
     <mergeCell ref="D353:E353"/>
     <mergeCell ref="A354:C354"/>
     <mergeCell ref="D354:E354"/>
+    <mergeCell ref="A355:C355"/>
+    <mergeCell ref="D355:E355"/>
     <mergeCell ref="A356:C356"/>
-    <mergeCell ref="D356:G356"/>
-[...1 lines deleted...]
-    <mergeCell ref="D357:E357"/>
+    <mergeCell ref="D356:E356"/>
     <mergeCell ref="A358:C358"/>
-    <mergeCell ref="D358:E358"/>
+    <mergeCell ref="D358:G358"/>
     <mergeCell ref="A359:C359"/>
     <mergeCell ref="D359:E359"/>
     <mergeCell ref="A360:C360"/>
     <mergeCell ref="D360:E360"/>
     <mergeCell ref="A361:C361"/>
     <mergeCell ref="D361:E361"/>
     <mergeCell ref="A362:C362"/>
     <mergeCell ref="D362:E362"/>
     <mergeCell ref="A363:C363"/>
     <mergeCell ref="D363:E363"/>
     <mergeCell ref="A364:C364"/>
     <mergeCell ref="D364:E364"/>
     <mergeCell ref="A365:C365"/>
     <mergeCell ref="D365:E365"/>
     <mergeCell ref="A366:C366"/>
     <mergeCell ref="D366:E366"/>
     <mergeCell ref="A367:C367"/>
     <mergeCell ref="D367:E367"/>
     <mergeCell ref="A368:C368"/>
     <mergeCell ref="D368:E368"/>
     <mergeCell ref="A369:C369"/>
     <mergeCell ref="D369:E369"/>
     <mergeCell ref="A370:C370"/>
     <mergeCell ref="D370:E370"/>
     <mergeCell ref="A371:C371"/>
@@ -31774,92 +34743,92 @@
     <mergeCell ref="D377:E377"/>
     <mergeCell ref="A378:C378"/>
     <mergeCell ref="D378:E378"/>
     <mergeCell ref="A379:C379"/>
     <mergeCell ref="D379:E379"/>
     <mergeCell ref="A380:C380"/>
     <mergeCell ref="D380:E380"/>
     <mergeCell ref="A381:C381"/>
     <mergeCell ref="D381:E381"/>
     <mergeCell ref="A382:C382"/>
     <mergeCell ref="D382:E382"/>
     <mergeCell ref="A383:C383"/>
     <mergeCell ref="D383:E383"/>
     <mergeCell ref="A384:C384"/>
     <mergeCell ref="D384:E384"/>
     <mergeCell ref="A385:C385"/>
     <mergeCell ref="D385:E385"/>
     <mergeCell ref="A386:C386"/>
     <mergeCell ref="D386:E386"/>
     <mergeCell ref="A387:C387"/>
     <mergeCell ref="D387:E387"/>
     <mergeCell ref="A388:C388"/>
     <mergeCell ref="D388:E388"/>
     <mergeCell ref="A389:C389"/>
     <mergeCell ref="D389:E389"/>
+    <mergeCell ref="A390:C390"/>
+    <mergeCell ref="D390:E390"/>
     <mergeCell ref="A391:C391"/>
-    <mergeCell ref="D391:G391"/>
+    <mergeCell ref="D391:E391"/>
     <mergeCell ref="A392:C392"/>
     <mergeCell ref="D392:E392"/>
     <mergeCell ref="A393:C393"/>
     <mergeCell ref="D393:E393"/>
     <mergeCell ref="A394:C394"/>
     <mergeCell ref="D394:E394"/>
     <mergeCell ref="A395:C395"/>
     <mergeCell ref="D395:E395"/>
     <mergeCell ref="A396:C396"/>
     <mergeCell ref="D396:E396"/>
+    <mergeCell ref="A397:C397"/>
+    <mergeCell ref="D397:E397"/>
     <mergeCell ref="A398:C398"/>
-    <mergeCell ref="D398:G398"/>
+    <mergeCell ref="D398:E398"/>
     <mergeCell ref="A399:C399"/>
     <mergeCell ref="D399:E399"/>
     <mergeCell ref="A400:C400"/>
     <mergeCell ref="D400:E400"/>
     <mergeCell ref="A401:C401"/>
     <mergeCell ref="D401:E401"/>
     <mergeCell ref="A402:C402"/>
     <mergeCell ref="D402:E402"/>
     <mergeCell ref="A403:C403"/>
     <mergeCell ref="D403:E403"/>
     <mergeCell ref="A404:C404"/>
     <mergeCell ref="D404:E404"/>
     <mergeCell ref="A405:C405"/>
     <mergeCell ref="D405:E405"/>
-    <mergeCell ref="A406:C406"/>
-    <mergeCell ref="D406:E406"/>
     <mergeCell ref="A407:C407"/>
-    <mergeCell ref="D407:E407"/>
+    <mergeCell ref="D407:G407"/>
     <mergeCell ref="A408:C408"/>
     <mergeCell ref="D408:E408"/>
     <mergeCell ref="A409:C409"/>
     <mergeCell ref="D409:E409"/>
     <mergeCell ref="A410:C410"/>
     <mergeCell ref="D410:E410"/>
-    <mergeCell ref="A411:C411"/>
-    <mergeCell ref="D411:E411"/>
     <mergeCell ref="A412:C412"/>
-    <mergeCell ref="D412:E412"/>
+    <mergeCell ref="D412:G412"/>
     <mergeCell ref="A413:C413"/>
     <mergeCell ref="D413:E413"/>
     <mergeCell ref="A414:C414"/>
     <mergeCell ref="D414:E414"/>
     <mergeCell ref="A415:C415"/>
     <mergeCell ref="D415:E415"/>
     <mergeCell ref="A416:C416"/>
     <mergeCell ref="D416:E416"/>
     <mergeCell ref="A417:C417"/>
     <mergeCell ref="D417:E417"/>
     <mergeCell ref="A418:C418"/>
     <mergeCell ref="D418:E418"/>
     <mergeCell ref="A419:C419"/>
     <mergeCell ref="D419:E419"/>
     <mergeCell ref="A420:C420"/>
     <mergeCell ref="D420:E420"/>
     <mergeCell ref="A421:C421"/>
     <mergeCell ref="D421:E421"/>
     <mergeCell ref="A422:C422"/>
     <mergeCell ref="D422:E422"/>
     <mergeCell ref="A423:C423"/>
     <mergeCell ref="D423:E423"/>
     <mergeCell ref="A424:C424"/>
     <mergeCell ref="D424:E424"/>
     <mergeCell ref="A425:C425"/>
@@ -31874,316 +34843,560 @@
     <mergeCell ref="D429:E429"/>
     <mergeCell ref="A430:C430"/>
     <mergeCell ref="D430:E430"/>
     <mergeCell ref="A431:C431"/>
     <mergeCell ref="D431:E431"/>
     <mergeCell ref="A432:C432"/>
     <mergeCell ref="D432:E432"/>
     <mergeCell ref="A433:C433"/>
     <mergeCell ref="D433:E433"/>
     <mergeCell ref="A434:C434"/>
     <mergeCell ref="D434:E434"/>
     <mergeCell ref="A435:C435"/>
     <mergeCell ref="D435:E435"/>
     <mergeCell ref="A436:C436"/>
     <mergeCell ref="D436:E436"/>
     <mergeCell ref="A437:C437"/>
     <mergeCell ref="D437:E437"/>
     <mergeCell ref="A438:C438"/>
     <mergeCell ref="D438:E438"/>
     <mergeCell ref="A439:C439"/>
     <mergeCell ref="D439:E439"/>
     <mergeCell ref="A440:C440"/>
     <mergeCell ref="D440:E440"/>
     <mergeCell ref="A441:C441"/>
     <mergeCell ref="D441:E441"/>
+    <mergeCell ref="A442:C442"/>
+    <mergeCell ref="D442:E442"/>
     <mergeCell ref="A443:C443"/>
-    <mergeCell ref="D443:G443"/>
+    <mergeCell ref="D443:E443"/>
     <mergeCell ref="A444:C444"/>
     <mergeCell ref="D444:E444"/>
     <mergeCell ref="A445:C445"/>
     <mergeCell ref="D445:E445"/>
-    <mergeCell ref="A446:C446"/>
-    <mergeCell ref="D446:E446"/>
     <mergeCell ref="A447:C447"/>
-    <mergeCell ref="D447:E447"/>
+    <mergeCell ref="D447:G447"/>
     <mergeCell ref="A448:C448"/>
     <mergeCell ref="D448:E448"/>
     <mergeCell ref="A449:C449"/>
     <mergeCell ref="D449:E449"/>
     <mergeCell ref="A450:C450"/>
     <mergeCell ref="D450:E450"/>
     <mergeCell ref="A451:C451"/>
     <mergeCell ref="D451:E451"/>
-    <mergeCell ref="A453:C453"/>
-    <mergeCell ref="D453:G453"/>
+    <mergeCell ref="A452:C452"/>
+    <mergeCell ref="D452:E452"/>
     <mergeCell ref="A454:C454"/>
-    <mergeCell ref="D454:E454"/>
+    <mergeCell ref="D454:G454"/>
     <mergeCell ref="A455:C455"/>
     <mergeCell ref="D455:E455"/>
+    <mergeCell ref="A456:C456"/>
+    <mergeCell ref="D456:E456"/>
     <mergeCell ref="A457:C457"/>
-    <mergeCell ref="D457:G457"/>
+    <mergeCell ref="D457:E457"/>
     <mergeCell ref="A458:C458"/>
     <mergeCell ref="D458:E458"/>
     <mergeCell ref="A459:C459"/>
     <mergeCell ref="D459:E459"/>
+    <mergeCell ref="A460:C460"/>
+    <mergeCell ref="D460:E460"/>
     <mergeCell ref="A461:C461"/>
-    <mergeCell ref="D461:G461"/>
+    <mergeCell ref="D461:E461"/>
     <mergeCell ref="A462:C462"/>
     <mergeCell ref="D462:E462"/>
     <mergeCell ref="A463:C463"/>
     <mergeCell ref="D463:E463"/>
     <mergeCell ref="A464:C464"/>
     <mergeCell ref="D464:E464"/>
     <mergeCell ref="A465:C465"/>
     <mergeCell ref="D465:E465"/>
     <mergeCell ref="A466:C466"/>
     <mergeCell ref="D466:E466"/>
+    <mergeCell ref="A467:C467"/>
+    <mergeCell ref="D467:E467"/>
     <mergeCell ref="A468:C468"/>
-    <mergeCell ref="D468:G468"/>
+    <mergeCell ref="D468:E468"/>
     <mergeCell ref="A469:C469"/>
     <mergeCell ref="D469:E469"/>
+    <mergeCell ref="A470:C470"/>
+    <mergeCell ref="D470:E470"/>
     <mergeCell ref="A471:C471"/>
-    <mergeCell ref="D471:G471"/>
+    <mergeCell ref="D471:E471"/>
     <mergeCell ref="A472:C472"/>
     <mergeCell ref="D472:E472"/>
     <mergeCell ref="A473:C473"/>
     <mergeCell ref="D473:E473"/>
     <mergeCell ref="A474:C474"/>
     <mergeCell ref="D474:E474"/>
     <mergeCell ref="A475:C475"/>
     <mergeCell ref="D475:E475"/>
     <mergeCell ref="A476:C476"/>
     <mergeCell ref="D476:E476"/>
     <mergeCell ref="A477:C477"/>
     <mergeCell ref="D477:E477"/>
     <mergeCell ref="A478:C478"/>
     <mergeCell ref="D478:E478"/>
     <mergeCell ref="A479:C479"/>
     <mergeCell ref="D479:E479"/>
     <mergeCell ref="A480:C480"/>
     <mergeCell ref="D480:E480"/>
     <mergeCell ref="A481:C481"/>
     <mergeCell ref="D481:E481"/>
     <mergeCell ref="A482:C482"/>
     <mergeCell ref="D482:E482"/>
     <mergeCell ref="A483:C483"/>
     <mergeCell ref="D483:E483"/>
     <mergeCell ref="A484:C484"/>
     <mergeCell ref="D484:E484"/>
     <mergeCell ref="A485:C485"/>
     <mergeCell ref="D485:E485"/>
     <mergeCell ref="A486:C486"/>
     <mergeCell ref="D486:E486"/>
     <mergeCell ref="A487:C487"/>
     <mergeCell ref="D487:E487"/>
     <mergeCell ref="A488:C488"/>
     <mergeCell ref="D488:E488"/>
     <mergeCell ref="A489:C489"/>
     <mergeCell ref="D489:E489"/>
     <mergeCell ref="A490:C490"/>
     <mergeCell ref="D490:E490"/>
     <mergeCell ref="A491:C491"/>
     <mergeCell ref="D491:E491"/>
     <mergeCell ref="A492:C492"/>
     <mergeCell ref="D492:E492"/>
     <mergeCell ref="A493:C493"/>
     <mergeCell ref="D493:E493"/>
     <mergeCell ref="A494:C494"/>
     <mergeCell ref="D494:E494"/>
     <mergeCell ref="A495:C495"/>
     <mergeCell ref="D495:E495"/>
     <mergeCell ref="A496:C496"/>
     <mergeCell ref="D496:E496"/>
-    <mergeCell ref="A497:C497"/>
-    <mergeCell ref="D497:E497"/>
     <mergeCell ref="A498:C498"/>
-    <mergeCell ref="D498:E498"/>
+    <mergeCell ref="D498:G498"/>
     <mergeCell ref="A499:C499"/>
     <mergeCell ref="D499:E499"/>
     <mergeCell ref="A500:C500"/>
     <mergeCell ref="D500:E500"/>
     <mergeCell ref="A501:C501"/>
     <mergeCell ref="D501:E501"/>
+    <mergeCell ref="A502:C502"/>
+    <mergeCell ref="D502:E502"/>
     <mergeCell ref="A503:C503"/>
-    <mergeCell ref="D503:G503"/>
+    <mergeCell ref="D503:E503"/>
     <mergeCell ref="A504:C504"/>
     <mergeCell ref="D504:E504"/>
+    <mergeCell ref="A505:C505"/>
+    <mergeCell ref="D505:E505"/>
     <mergeCell ref="A506:C506"/>
-    <mergeCell ref="D506:G506"/>
-[...1 lines deleted...]
-    <mergeCell ref="D507:E507"/>
+    <mergeCell ref="D506:E506"/>
     <mergeCell ref="A508:C508"/>
-    <mergeCell ref="D508:E508"/>
+    <mergeCell ref="D508:G508"/>
     <mergeCell ref="A509:C509"/>
     <mergeCell ref="D509:E509"/>
     <mergeCell ref="A510:C510"/>
     <mergeCell ref="D510:E510"/>
     <mergeCell ref="A512:C512"/>
     <mergeCell ref="D512:G512"/>
     <mergeCell ref="A513:C513"/>
     <mergeCell ref="D513:E513"/>
-    <mergeCell ref="A515:C515"/>
-    <mergeCell ref="D515:G515"/>
+    <mergeCell ref="A514:C514"/>
+    <mergeCell ref="D514:E514"/>
     <mergeCell ref="A516:C516"/>
-    <mergeCell ref="D516:E516"/>
+    <mergeCell ref="D516:G516"/>
     <mergeCell ref="A517:C517"/>
     <mergeCell ref="D517:E517"/>
     <mergeCell ref="A518:C518"/>
     <mergeCell ref="D518:E518"/>
     <mergeCell ref="A519:C519"/>
     <mergeCell ref="D519:E519"/>
+    <mergeCell ref="A520:C520"/>
+    <mergeCell ref="D520:E520"/>
     <mergeCell ref="A521:C521"/>
-    <mergeCell ref="D521:G521"/>
-[...1 lines deleted...]
-    <mergeCell ref="D522:E522"/>
+    <mergeCell ref="D521:E521"/>
+    <mergeCell ref="A523:C523"/>
+    <mergeCell ref="D523:G523"/>
     <mergeCell ref="A524:C524"/>
-    <mergeCell ref="D524:G524"/>
+    <mergeCell ref="D524:E524"/>
     <mergeCell ref="A525:C525"/>
     <mergeCell ref="D525:E525"/>
+    <mergeCell ref="A526:C526"/>
+    <mergeCell ref="D526:E526"/>
     <mergeCell ref="A527:C527"/>
-    <mergeCell ref="D527:G527"/>
-[...1 lines deleted...]
-    <mergeCell ref="D528:E528"/>
+    <mergeCell ref="D527:E527"/>
     <mergeCell ref="A529:C529"/>
-    <mergeCell ref="D529:E529"/>
+    <mergeCell ref="D529:G529"/>
     <mergeCell ref="A530:C530"/>
     <mergeCell ref="D530:E530"/>
     <mergeCell ref="A531:C531"/>
     <mergeCell ref="D531:E531"/>
     <mergeCell ref="A532:C532"/>
     <mergeCell ref="D532:E532"/>
     <mergeCell ref="A533:C533"/>
     <mergeCell ref="D533:E533"/>
     <mergeCell ref="A534:C534"/>
     <mergeCell ref="D534:E534"/>
     <mergeCell ref="A535:C535"/>
     <mergeCell ref="D535:E535"/>
     <mergeCell ref="A536:C536"/>
     <mergeCell ref="D536:E536"/>
     <mergeCell ref="A537:C537"/>
     <mergeCell ref="D537:E537"/>
     <mergeCell ref="A538:C538"/>
     <mergeCell ref="D538:E538"/>
     <mergeCell ref="A539:C539"/>
     <mergeCell ref="D539:E539"/>
     <mergeCell ref="A540:C540"/>
     <mergeCell ref="D540:E540"/>
     <mergeCell ref="A541:C541"/>
     <mergeCell ref="D541:E541"/>
     <mergeCell ref="A542:C542"/>
     <mergeCell ref="D542:E542"/>
     <mergeCell ref="A543:C543"/>
     <mergeCell ref="D543:E543"/>
     <mergeCell ref="A544:C544"/>
     <mergeCell ref="D544:E544"/>
     <mergeCell ref="A545:C545"/>
     <mergeCell ref="D545:E545"/>
     <mergeCell ref="A546:C546"/>
     <mergeCell ref="D546:E546"/>
+    <mergeCell ref="A547:C547"/>
+    <mergeCell ref="D547:E547"/>
     <mergeCell ref="A548:C548"/>
-    <mergeCell ref="D548:G548"/>
+    <mergeCell ref="D548:E548"/>
     <mergeCell ref="A549:C549"/>
     <mergeCell ref="D549:E549"/>
+    <mergeCell ref="A550:C550"/>
+    <mergeCell ref="D550:E550"/>
     <mergeCell ref="A551:C551"/>
-    <mergeCell ref="D551:G551"/>
+    <mergeCell ref="D551:E551"/>
     <mergeCell ref="A552:C552"/>
     <mergeCell ref="D552:E552"/>
+    <mergeCell ref="A553:C553"/>
+    <mergeCell ref="D553:E553"/>
     <mergeCell ref="A554:C554"/>
-    <mergeCell ref="D554:G554"/>
+    <mergeCell ref="D554:E554"/>
     <mergeCell ref="A555:C555"/>
     <mergeCell ref="D555:E555"/>
+    <mergeCell ref="A556:C556"/>
+    <mergeCell ref="D556:E556"/>
     <mergeCell ref="A557:C557"/>
-    <mergeCell ref="D557:G557"/>
+    <mergeCell ref="D557:E557"/>
     <mergeCell ref="A558:C558"/>
     <mergeCell ref="D558:E558"/>
     <mergeCell ref="A559:C559"/>
     <mergeCell ref="D559:E559"/>
+    <mergeCell ref="A560:C560"/>
+    <mergeCell ref="D560:E560"/>
     <mergeCell ref="A561:C561"/>
-    <mergeCell ref="D561:G561"/>
+    <mergeCell ref="D561:E561"/>
     <mergeCell ref="A562:C562"/>
     <mergeCell ref="D562:E562"/>
+    <mergeCell ref="A563:C563"/>
+    <mergeCell ref="D563:E563"/>
     <mergeCell ref="A564:C564"/>
-    <mergeCell ref="D564:G564"/>
+    <mergeCell ref="D564:E564"/>
     <mergeCell ref="A565:C565"/>
     <mergeCell ref="D565:E565"/>
     <mergeCell ref="A566:C566"/>
     <mergeCell ref="D566:E566"/>
     <mergeCell ref="A567:C567"/>
     <mergeCell ref="D567:E567"/>
     <mergeCell ref="A568:C568"/>
     <mergeCell ref="D568:E568"/>
     <mergeCell ref="A569:C569"/>
     <mergeCell ref="D569:E569"/>
     <mergeCell ref="A570:C570"/>
     <mergeCell ref="D570:E570"/>
     <mergeCell ref="A571:C571"/>
     <mergeCell ref="D571:E571"/>
     <mergeCell ref="A572:C572"/>
     <mergeCell ref="D572:E572"/>
     <mergeCell ref="A573:C573"/>
     <mergeCell ref="D573:E573"/>
     <mergeCell ref="A574:C574"/>
     <mergeCell ref="D574:E574"/>
     <mergeCell ref="A575:C575"/>
     <mergeCell ref="D575:E575"/>
     <mergeCell ref="A576:C576"/>
     <mergeCell ref="D576:E576"/>
+    <mergeCell ref="A577:C577"/>
+    <mergeCell ref="D577:E577"/>
     <mergeCell ref="A578:C578"/>
-    <mergeCell ref="D578:G578"/>
+    <mergeCell ref="D578:E578"/>
     <mergeCell ref="A579:C579"/>
     <mergeCell ref="D579:E579"/>
     <mergeCell ref="A580:C580"/>
     <mergeCell ref="D580:E580"/>
+    <mergeCell ref="A581:C581"/>
+    <mergeCell ref="D581:E581"/>
     <mergeCell ref="A582:C582"/>
-    <mergeCell ref="D582:G582"/>
-[...1 lines deleted...]
-    <mergeCell ref="D583:E583"/>
+    <mergeCell ref="D582:E582"/>
+    <mergeCell ref="A584:C584"/>
+    <mergeCell ref="D584:G584"/>
     <mergeCell ref="A585:C585"/>
-    <mergeCell ref="D585:G585"/>
-[...1 lines deleted...]
-    <mergeCell ref="D586:E586"/>
+    <mergeCell ref="D585:E585"/>
+    <mergeCell ref="A587:C587"/>
+    <mergeCell ref="D587:G587"/>
     <mergeCell ref="A588:C588"/>
-    <mergeCell ref="D588:G588"/>
+    <mergeCell ref="D588:E588"/>
     <mergeCell ref="A589:C589"/>
     <mergeCell ref="D589:E589"/>
+    <mergeCell ref="A590:C590"/>
+    <mergeCell ref="D590:E590"/>
     <mergeCell ref="A591:C591"/>
-    <mergeCell ref="D591:G591"/>
+    <mergeCell ref="D591:E591"/>
     <mergeCell ref="A592:C592"/>
     <mergeCell ref="D592:E592"/>
+    <mergeCell ref="A593:C593"/>
+    <mergeCell ref="D593:E593"/>
     <mergeCell ref="A594:C594"/>
-    <mergeCell ref="D594:G594"/>
+    <mergeCell ref="D594:E594"/>
     <mergeCell ref="A595:C595"/>
     <mergeCell ref="D595:E595"/>
+    <mergeCell ref="A596:C596"/>
+    <mergeCell ref="D596:E596"/>
     <mergeCell ref="A597:C597"/>
-    <mergeCell ref="D597:G597"/>
+    <mergeCell ref="D597:E597"/>
     <mergeCell ref="A598:C598"/>
     <mergeCell ref="D598:E598"/>
+    <mergeCell ref="A599:C599"/>
+    <mergeCell ref="D599:E599"/>
     <mergeCell ref="A600:C600"/>
-    <mergeCell ref="D600:G600"/>
+    <mergeCell ref="D600:E600"/>
     <mergeCell ref="A601:C601"/>
     <mergeCell ref="D601:E601"/>
+    <mergeCell ref="A602:C602"/>
+    <mergeCell ref="D602:E602"/>
+    <mergeCell ref="A603:C603"/>
+    <mergeCell ref="D603:E603"/>
+    <mergeCell ref="A604:C604"/>
+    <mergeCell ref="D604:E604"/>
+    <mergeCell ref="A605:C605"/>
+    <mergeCell ref="D605:E605"/>
+    <mergeCell ref="A606:C606"/>
+    <mergeCell ref="D606:E606"/>
+    <mergeCell ref="A607:C607"/>
+    <mergeCell ref="D607:E607"/>
+    <mergeCell ref="A609:C609"/>
+    <mergeCell ref="D609:G609"/>
+    <mergeCell ref="A610:C610"/>
+    <mergeCell ref="D610:E610"/>
+    <mergeCell ref="A612:C612"/>
+    <mergeCell ref="D612:G612"/>
+    <mergeCell ref="A613:C613"/>
+    <mergeCell ref="D613:E613"/>
+    <mergeCell ref="A614:C614"/>
+    <mergeCell ref="D614:E614"/>
+    <mergeCell ref="A615:C615"/>
+    <mergeCell ref="D615:E615"/>
+    <mergeCell ref="A616:C616"/>
+    <mergeCell ref="D616:E616"/>
+    <mergeCell ref="A617:C617"/>
+    <mergeCell ref="D617:E617"/>
+    <mergeCell ref="A618:C618"/>
+    <mergeCell ref="D618:E618"/>
+    <mergeCell ref="A619:C619"/>
+    <mergeCell ref="D619:E619"/>
+    <mergeCell ref="A620:C620"/>
+    <mergeCell ref="D620:E620"/>
+    <mergeCell ref="A621:C621"/>
+    <mergeCell ref="D621:E621"/>
+    <mergeCell ref="A622:C622"/>
+    <mergeCell ref="D622:E622"/>
+    <mergeCell ref="A623:C623"/>
+    <mergeCell ref="D623:E623"/>
+    <mergeCell ref="A624:C624"/>
+    <mergeCell ref="D624:E624"/>
+    <mergeCell ref="A625:C625"/>
+    <mergeCell ref="D625:E625"/>
+    <mergeCell ref="A626:C626"/>
+    <mergeCell ref="D626:E626"/>
+    <mergeCell ref="A627:C627"/>
+    <mergeCell ref="D627:E627"/>
+    <mergeCell ref="A629:C629"/>
+    <mergeCell ref="D629:G629"/>
+    <mergeCell ref="A630:C630"/>
+    <mergeCell ref="D630:E630"/>
+    <mergeCell ref="A632:C632"/>
+    <mergeCell ref="D632:G632"/>
+    <mergeCell ref="A633:C633"/>
+    <mergeCell ref="D633:E633"/>
+    <mergeCell ref="A635:C635"/>
+    <mergeCell ref="D635:G635"/>
+    <mergeCell ref="A636:C636"/>
+    <mergeCell ref="D636:E636"/>
+    <mergeCell ref="A637:C637"/>
+    <mergeCell ref="D637:E637"/>
+    <mergeCell ref="A638:C638"/>
+    <mergeCell ref="D638:E638"/>
+    <mergeCell ref="A639:C639"/>
+    <mergeCell ref="D639:E639"/>
+    <mergeCell ref="A640:C640"/>
+    <mergeCell ref="D640:E640"/>
+    <mergeCell ref="A641:C641"/>
+    <mergeCell ref="D641:E641"/>
+    <mergeCell ref="A642:C642"/>
+    <mergeCell ref="D642:E642"/>
+    <mergeCell ref="A643:C643"/>
+    <mergeCell ref="D643:E643"/>
+    <mergeCell ref="A644:C644"/>
+    <mergeCell ref="D644:E644"/>
+    <mergeCell ref="A645:C645"/>
+    <mergeCell ref="D645:E645"/>
+    <mergeCell ref="A646:C646"/>
+    <mergeCell ref="D646:E646"/>
+    <mergeCell ref="A647:C647"/>
+    <mergeCell ref="D647:E647"/>
+    <mergeCell ref="A648:C648"/>
+    <mergeCell ref="D648:E648"/>
+    <mergeCell ref="A649:C649"/>
+    <mergeCell ref="D649:E649"/>
+    <mergeCell ref="A650:C650"/>
+    <mergeCell ref="D650:E650"/>
+    <mergeCell ref="A651:C651"/>
+    <mergeCell ref="D651:E651"/>
+    <mergeCell ref="A652:C652"/>
+    <mergeCell ref="D652:E652"/>
+    <mergeCell ref="A653:C653"/>
+    <mergeCell ref="D653:E653"/>
+    <mergeCell ref="A654:C654"/>
+    <mergeCell ref="D654:E654"/>
+    <mergeCell ref="A655:C655"/>
+    <mergeCell ref="D655:E655"/>
+    <mergeCell ref="A656:C656"/>
+    <mergeCell ref="D656:E656"/>
+    <mergeCell ref="A657:C657"/>
+    <mergeCell ref="D657:E657"/>
+    <mergeCell ref="A658:C658"/>
+    <mergeCell ref="D658:E658"/>
+    <mergeCell ref="A659:C659"/>
+    <mergeCell ref="D659:E659"/>
+    <mergeCell ref="A660:C660"/>
+    <mergeCell ref="D660:E660"/>
+    <mergeCell ref="A661:C661"/>
+    <mergeCell ref="D661:E661"/>
+    <mergeCell ref="A662:C662"/>
+    <mergeCell ref="D662:E662"/>
+    <mergeCell ref="A663:C663"/>
+    <mergeCell ref="D663:E663"/>
+    <mergeCell ref="A664:C664"/>
+    <mergeCell ref="D664:E664"/>
+    <mergeCell ref="A666:C666"/>
+    <mergeCell ref="D666:G666"/>
+    <mergeCell ref="A667:C667"/>
+    <mergeCell ref="D667:E667"/>
+    <mergeCell ref="A669:C669"/>
+    <mergeCell ref="D669:G669"/>
+    <mergeCell ref="A670:C670"/>
+    <mergeCell ref="D670:E670"/>
+    <mergeCell ref="A672:C672"/>
+    <mergeCell ref="D672:G672"/>
+    <mergeCell ref="A673:C673"/>
+    <mergeCell ref="D673:E673"/>
+    <mergeCell ref="A675:C675"/>
+    <mergeCell ref="D675:G675"/>
+    <mergeCell ref="A676:C676"/>
+    <mergeCell ref="D676:E676"/>
+    <mergeCell ref="A677:C677"/>
+    <mergeCell ref="D677:E677"/>
+    <mergeCell ref="A679:C679"/>
+    <mergeCell ref="D679:G679"/>
+    <mergeCell ref="A680:C680"/>
+    <mergeCell ref="D680:E680"/>
+    <mergeCell ref="A681:C681"/>
+    <mergeCell ref="D681:E681"/>
+    <mergeCell ref="A682:C682"/>
+    <mergeCell ref="D682:E682"/>
+    <mergeCell ref="A683:C683"/>
+    <mergeCell ref="D683:E683"/>
+    <mergeCell ref="A685:C685"/>
+    <mergeCell ref="D685:G685"/>
+    <mergeCell ref="A686:C686"/>
+    <mergeCell ref="D686:E686"/>
+    <mergeCell ref="A687:C687"/>
+    <mergeCell ref="D687:E687"/>
+    <mergeCell ref="A688:C688"/>
+    <mergeCell ref="D688:E688"/>
+    <mergeCell ref="A689:C689"/>
+    <mergeCell ref="D689:E689"/>
+    <mergeCell ref="A690:C690"/>
+    <mergeCell ref="D690:E690"/>
+    <mergeCell ref="A691:C691"/>
+    <mergeCell ref="D691:E691"/>
+    <mergeCell ref="A692:C692"/>
+    <mergeCell ref="D692:E692"/>
+    <mergeCell ref="A693:C693"/>
+    <mergeCell ref="D693:E693"/>
+    <mergeCell ref="A694:C694"/>
+    <mergeCell ref="D694:E694"/>
+    <mergeCell ref="A695:C695"/>
+    <mergeCell ref="D695:E695"/>
+    <mergeCell ref="A696:C696"/>
+    <mergeCell ref="D696:E696"/>
+    <mergeCell ref="A697:C697"/>
+    <mergeCell ref="D697:E697"/>
+    <mergeCell ref="A698:C698"/>
+    <mergeCell ref="D698:E698"/>
+    <mergeCell ref="A700:C700"/>
+    <mergeCell ref="D700:G700"/>
+    <mergeCell ref="A701:C701"/>
+    <mergeCell ref="D701:E701"/>
+    <mergeCell ref="A702:C702"/>
+    <mergeCell ref="D702:E702"/>
+    <mergeCell ref="A704:C704"/>
+    <mergeCell ref="D704:G704"/>
+    <mergeCell ref="A705:C705"/>
+    <mergeCell ref="D705:E705"/>
+    <mergeCell ref="A707:C707"/>
+    <mergeCell ref="D707:G707"/>
+    <mergeCell ref="A708:C708"/>
+    <mergeCell ref="D708:E708"/>
+    <mergeCell ref="A709:C709"/>
+    <mergeCell ref="D709:E709"/>
+    <mergeCell ref="A710:C710"/>
+    <mergeCell ref="D710:E710"/>
+    <mergeCell ref="A712:C712"/>
+    <mergeCell ref="D712:G712"/>
+    <mergeCell ref="A713:C713"/>
+    <mergeCell ref="D713:E713"/>
+    <mergeCell ref="A715:C715"/>
+    <mergeCell ref="D715:G715"/>
+    <mergeCell ref="A716:C716"/>
+    <mergeCell ref="D716:E716"/>
+    <mergeCell ref="A718:C718"/>
+    <mergeCell ref="D718:G718"/>
+    <mergeCell ref="A719:C719"/>
+    <mergeCell ref="D719:E719"/>
+    <mergeCell ref="A721:C721"/>
+    <mergeCell ref="D721:G721"/>
+    <mergeCell ref="A722:C722"/>
+    <mergeCell ref="D722:E722"/>
+    <mergeCell ref="A724:C724"/>
+    <mergeCell ref="D724:G724"/>
+    <mergeCell ref="A725:C725"/>
+    <mergeCell ref="D725:E725"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>